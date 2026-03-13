--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8849ab5" w14:textId="8849ab5">
+    <w:p w14:paraId="6daff32" w14:textId="6daff32">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,53 +123,57 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы қаулы 01.07.2020 бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -502,127 +506,139 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Ұлттық Банк </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1000,93 +1016,94 @@
         <w:t>8-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2200-шоттары тобының атауы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клиенттер және басқа да кредиторлар алдындағы міндеттемелер";</w:t>
@@ -1206,93 +1223,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1054-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4699"/>
-        <w:gridCol w:w="7601"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7601" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Басқа банктердегі корреспонденттік шоттар мен ипотекалық ұйымдардың ағымдағы шоттары бойынша резервтер (провизиялар)"; </w:t>
@@ -1311,93 +1329,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1257-шоттан кейін мынадай мазмұндағы 1258-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5454"/>
-        <w:gridCol w:w="6846"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5454" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1258</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6846" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктерде орналастырылған жинақ салымдар (бір айдан аспайтын)";</w:t>
@@ -1416,160 +1435,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1267-шоттан кейін мынадай мазмұндағы 1268 және 1269-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5454"/>
-        <w:gridCol w:w="6846"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5454" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1268</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6846" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктерде орналастырылған жинақ салымдар (бір жылдан аспайтын)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5454" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6846" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктерде орналастырылған жинақ салымдар (бір жылдан астам)";</w:t>
@@ -1588,93 +1608,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1463-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4824"/>
-        <w:gridCol w:w="7476"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7476" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалы қағаздармен "кері РЕПО" операциялары бойынша резервтер (провизиялар)";</w:t>
@@ -1693,93 +1714,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1477-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5936"/>
-        <w:gridCol w:w="6364"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5936" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1477</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6364" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реттелген борышқа инвестициялар бойынша резервтер (провизиялар)";</w:t>
@@ -1798,93 +1820,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1486-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5050"/>
-        <w:gridCol w:w="7250"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5050" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1486</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7250" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амортизацияланған құны бойынша есепке алынатын бағалы қағаздар бойынша резервтер (провизиялар)";</w:t>
@@ -1903,93 +1926,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1495-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4699"/>
-        <w:gridCol w:w="7601"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1495</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7601" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амортизацияланған құны бойынша есепке алынатын басқа да қаржы активтері бойынша резервтер (провизиялар)";</w:t>
@@ -2008,93 +2032,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1655-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7454"/>
-        <w:gridCol w:w="4846"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7454" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1655</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4846" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалану құқығы нысанындағы активтер";</w:t>
@@ -2113,93 +2138,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1657-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1657</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалану құқығы нысанындағы активтер бойынша күрделі шығындар";</w:t>
@@ -2218,93 +2244,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1662-шоттан кейін мынадай мазмұндағы 1691-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7065"/>
-        <w:gridCol w:w="5235"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7065" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1691</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5235" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестициялық мүлік бойынша есептелген амортизация";</w:t>
@@ -2323,93 +2350,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1695-шоттың аты мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1695</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалану құқығы нысанындағы активтер бойынша есептелген амортизация";</w:t>
@@ -2428,93 +2456,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1697-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5602"/>
-        <w:gridCol w:w="6698"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1697</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалану құқығы нысанындағы активтер бойынша күрделі шығындар бойынша есептелген амортизация";</w:t>
@@ -2533,93 +2562,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1757-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5174"/>
-        <w:gridCol w:w="7126"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5174" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1757</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7126" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амортизацияланған құны бойынша есепке алынатын басқа да қаржы активтері бойынша есептелген кірістер";</w:t>
@@ -2638,93 +2668,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1845-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5246"/>
-        <w:gridCol w:w="7054"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5246" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1845</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7054" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелген және мерзімі өткен комиссиялық кірістер бойынша резервтер (провизиялар)";</w:t>
@@ -2743,227 +2774,228 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1876, 1877 және 1878-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5246"/>
-        <w:gridCol w:w="7054"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5246" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1876</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7054" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Басқа да банк қызметі бойынша резервтер (провизиялар) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5246" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1877</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7054" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Банк қызметіне байланысты дебиторлық берешек бойынша резервтер (провизиялар) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5246" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1878</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7054" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі емес қызметпен байланысты дебиторлық берешек бойынша резервтер (провизиялар)";</w:t>
@@ -3027,160 +3059,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2034 және 2035-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4081"/>
-        <w:gridCol w:w="8219"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4081" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2034</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8219" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қазақстан Республикасының Үкіметінен, Қазақстан Республикасының жергілікті атқарушы органдарынан және ұлттық басқарушы холдингтен алынған қысқа мерзімді заемдар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4081" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2035</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8219" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қазақстан Республикасының Үкіметінен, Қазақстан Республикасының жергілікті атқарушы органдарынан және ұлттық басқарушы холдингтен алынған заемның құнын оң түзету шоты"; </w:t>
@@ -3199,160 +3232,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2037 және 2038-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4081"/>
-        <w:gridCol w:w="8219"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4081" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2037</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8219" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қазақстан Республикасының Үкіметінен, Қазақстан Республикасының жергілікті атқарушы органдарынан және ұлттық басқарушы холдингтен алынған заемның құнын теріс түзету шоты </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4081" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2038</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8219" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Үкіметінен, Қазақстан Республикасының жергілікті атқарушы органдарынан және ұлттық басқарушы холдингтен алынған заемдар бойынша мерзімі өткен берешек";</w:t>
@@ -3371,160 +3405,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2067 және 2068-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6108"/>
-        <w:gridCol w:w="6192"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6108" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6192" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алынған қаржы лизингі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6108" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6192" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заемдар және қаржы лизингі бойынша мерзімі өткен берешек";</w:t>
@@ -3543,93 +3578,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2131-шоттан кейін мынадай мазмұндағы 2132-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5683"/>
-        <w:gridCol w:w="6617"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5683" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6617" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктердің жинақ салымдары (бір айдан аспайтын)";</w:t>
@@ -3648,93 +3684,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2133-шоттан кейін мынадай мазмұндағы 2134-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5683"/>
-        <w:gridCol w:w="6617"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5683" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6617" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктердің жинақ салымдары (бір жылдан аспайтын)";</w:t>
@@ -3753,160 +3790,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2140-шоттан кейін мынадай мазмұндағы 2141 және 2143-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6108"/>
-        <w:gridCol w:w="6192"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6108" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6192" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Басқа банктердің жинақ салымдары (бір жылдан астам) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6108" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6192" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктердің жинақ салымдары бойынша мерзімі өткен берешек";</w:t>
@@ -3925,93 +3963,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2200-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клиенттер және басқа да кредиторлар алдындағы міндеттемелер";</w:t>
@@ -4030,93 +4069,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2213-шоттан кейін мынадай мазмұндағы 2214-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5683"/>
-        <w:gridCol w:w="6617"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5683" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6617" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлғалардың жинақ салымдары (бір жылдан аспайтын)";</w:t>
@@ -4135,93 +4175,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2217-шоттан кейін мынадай мазмұндағы 2218-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5683"/>
-        <w:gridCol w:w="6617"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5683" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2218</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6617" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды тұлғалардың жинақ салымдары (бір жылдан астам)";</w:t>
@@ -4240,93 +4281,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2219-шоттан кейін мынадай мазмұндағы 2220-шотпен толықтырылсын :</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5683"/>
-        <w:gridCol w:w="6617"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5683" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6617" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды тұлғалардың жинақ салымдары (бір жылдан аспайтын)";</w:t>
@@ -4345,93 +4387,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2227-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7889"/>
-        <w:gridCol w:w="4411"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7889" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4411" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалдау бойынша міндеттемелер";</w:t>
@@ -4450,93 +4493,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2228-шоттан кейін мынадай мазмұндағы 2229-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5683"/>
-        <w:gridCol w:w="6617"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5683" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2229</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6617" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлғалардың жинақ салымдары (бір жылдан астам)";</w:t>
@@ -4555,93 +4599,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2230-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалдау бойынша міндеттемелер бойынша мерзімі өткен берешек";</w:t>
@@ -4660,93 +4705,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2240-шоттан кейін мынадай мазмұндағы 2243-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клинеттердің жинақ салымдары бойынша мерзімі өткен берешек";</w:t>
@@ -4765,93 +4811,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2706-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2706</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заемдар мен қаржы лизингі бойынша есептелген шығыстар";</w:t>
@@ -4870,93 +4917,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2708-шоттан кейін мынадай мазмұндағы 2709-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктердің жинақ салымдары бойынша есептелген шығыстар";</w:t>
@@ -4975,93 +5023,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2723-шоттан кейін мынадай мазмұндағы 2724-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6714"/>
-        <w:gridCol w:w="5586"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6714" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2724</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5586" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клиенттердің жинақ салымдары бойынша есептелген шығыстар";</w:t>
@@ -5080,93 +5129,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2745-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2745</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалдау бойынша міндеттемелер бойынша есептелген пайыздық шығыстар";</w:t>
@@ -5230,93 +5280,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3540-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5602"/>
-        <w:gridCol w:w="6698"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "3540</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі құралдарды және пайдалану құқығы нысанындағы активтерді қайта бағалау резервтері";</w:t>
@@ -5335,93 +5386,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3562-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3780"/>
-        <w:gridCol w:w="8520"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "3562</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8520" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әділ құны бойынша басқа да жиынтық кіріс арқылы есепке алынатын бағалы қағаздар бойынша күтілетін кредиттік зияндарға арналған резервтер (провизиялар)";</w:t>
@@ -5440,93 +5492,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3564-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3888"/>
-        <w:gridCol w:w="8412"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3888" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "3564</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8412" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Әділ құны бойынша басқа да жиынтық кіріс арқылы есепке алынатын заемдар бойынша күтілетін кредиттік зияндарға арналған резервтер (провизиялар)"; </w:t>
@@ -5590,160 +5643,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4257-шоттан кейін мынадай мазмұндағы 4258 және 4259-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4539"/>
-        <w:gridCol w:w="7761"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4539" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4258</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктерде орналастырылған жинақ салымдары бойынша сыйақы алуға байланысты кірістер (бір айдан аспайтын)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4539" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4259</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктерде орналастырылған жинақ салымдары бойынша сыйақы алуға байланысты кірістер (бір жылдан аспайтын)";</w:t>
@@ -5762,160 +5816,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4312-шоттан кейін мынадай мазмұндағы 4313 және 4314-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3578"/>
-        <w:gridCol w:w="8722"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3578" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4313</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8722" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Берілген заемдардың жалпы баланстық құнын оларды модификациялауға байланысты түзету кезінде туындайтын кірістер </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3578" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4314</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8722" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алынған заемдардың баланстық құнын оларды модификациялауға байланысты түзету және (немесе) пайыздың нарықтық емес мөлшерлемесі бойынша алынған заемдарды түзету кезінде туындайтын кірістер";</w:t>
@@ -5934,93 +5989,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4431-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3546"/>
-        <w:gridCol w:w="8754"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3546" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4431</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8754" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Үкіметінен, Қазақстан Республикасының жергілікті атқарушы органдарынан, халықаралық қаржы ұйымдарынан және ұлттық басқарушы холдингтен алынған заемның құнын теріс түзету түріндегі кірістер";</w:t>
@@ -6039,93 +6095,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4435-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4983"/>
-        <w:gridCol w:w="7317"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4983" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4435</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7317" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әділ құны бойынша басқа да жиынтық кіріс арқылы есепке алынатын заемдар бойынша кірістер";</w:t>
@@ -6144,562 +6201,563 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4540, 4560, 4570, 4580, 4590, 4591, 4593 және 4594-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5602"/>
-        <w:gridCol w:w="6698"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4540</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Тазартылған бағалы металдарды сатудан түскен кірістер </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4560</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалы қағаздар бойынша форвард операцияларын қайта бағалаудан болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4570</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетел валютасы бойынша форвард операцияларын қайта бағалаудан болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тазартылған бағалы металдар бойынша форвард операцияларын қайта бағалаудан болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4590</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы фьючерстерін қайта бағалаудан болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4591</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Опцион операцияларын қайта бағалаудан болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4593</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Своп операцияларын қайта бағалаудан болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4594</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да туынды қаржы құралдарымен операцияларды қайта бағалаудан болатын кірістер";</w:t>
@@ -6718,93 +6776,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4704-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тазартылған бағалы металдарды қайта бағалаудан болатын кірістер";</w:t>
@@ -6823,93 +6882,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4709-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4641"/>
-        <w:gridCol w:w="7659"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7659" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әділ құны бойынша пайда немесе зиян арқылы есепке алынатын бағалы қағаздардың құнының өзгеруінен болатын кірістер";</w:t>
@@ -6948,93 +7008,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4711-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4806"/>
-        <w:gridCol w:w="7494"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4806" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4711</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі құралдардың және пайдалану құқығы нысанындағы активтердің құнсыздануынан болатын зиянды қалпына келтіруден болатын кірістер";</w:t>
@@ -7053,93 +7114,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4730-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7454"/>
-        <w:gridCol w:w="4846"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7454" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4846" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қайта бағалаудан болатын кірістер"; </w:t>
@@ -7178,160 +7240,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4733 және 4734-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4937"/>
-        <w:gridCol w:w="7363"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4937" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4733</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әділ құны бойынша басқа да жиынтық кіріс арқылы есепке алынатын бағалы қағаздар құнының өзгеруінен болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4937" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4734</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да қайта бағалаудан болатын кірістер";</w:t>
@@ -7350,93 +7413,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4955-шоттан кейін мынадай мазмұндағы 4956-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4124"/>
-        <w:gridCol w:w="8176"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4124" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4956</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8176" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктердегі корреспонденттік шоттар мен ипотекалық ұйымдардың ағымдағы шоттары бойынша резервтерді (провизияларды) қалпына келтіруден болатын кірістер";</w:t>
@@ -7455,227 +7519,228 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4960-шоттан кейін мынадай мазмұндағы 4961, 4962 және 4963-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4124"/>
-        <w:gridCol w:w="8176"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4124" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4961</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8176" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да банк қызметі бойынша резервтерді (провизияларды) қалпына келтіруден болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4124" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4962</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8176" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реттелген борышқа инвестициялар бойынша резервтерді (провизияларды) қалпына келтіруден болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4124" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4963</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8176" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амортизацияланған құны бойынша есепке алынатын басқа да қаржы активтері бойынша резервтерді (провизияларды) қалпына келтіруден болатын кірістер";</w:t>
@@ -7739,93 +7804,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5063-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5063</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы лизингі бойынша сыйақы төлеуге байланысты шығыстар";</w:t>
@@ -7844,160 +7910,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5070-шоттан кейін мынадай мазмұндағы 5071 және 5072-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3752"/>
-        <w:gridCol w:w="8548"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5071</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8548" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Берілген заемдардың жалпы баланстық құнын оларды модификациялауға байланысты түзету және (немесе) пайыздың нарықтық емес мөлшерлемесі бойынша берілген заемдарды түзету кезінде туындайтын шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5072</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8548" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алынған заемдардың баланстық құнын оларды модификациялауға байланысты түзету кезінде туындайтын шығыстар";</w:t>
@@ -8016,160 +8083,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5130-шоттан кейін мынадай мазмұндағы 5131 және 5132-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4696"/>
-        <w:gridCol w:w="7604"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктердің жинақ салымдары бойынша сыйақы төлеуге байланысты шығыстар (бір айдан аспайтын)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктердің жинақ салымдары бойынша сыйақы төлеуге байланысты шығыстар (бір жылдан аспайтын)";</w:t>
@@ -8188,93 +8256,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5138-шоттан кейін мынадай мазмұндағы 5139-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4696"/>
-        <w:gridCol w:w="7604"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5139</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктердің жинақ салымдары бойынша сыйақы төлеуге байланысты шығыстар (бір жылдан астам)";</w:t>
@@ -8293,93 +8362,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5217-шоттан кейін мынадай мазмұндағы 5218-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4865"/>
-        <w:gridCol w:w="7435"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4865" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5218</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7435" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клиенттердің жинақ салымдары бойынша сыйақы төлеуге байланысты шығыстар (бір жылдан аспайтын)";</w:t>
@@ -8398,93 +8468,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5219-шоттан кейін мынадай мазмұндағы 5220-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4865"/>
-        <w:gridCol w:w="7435"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4865" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7435" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клиенттердің жинақ салымдары бойынша сыйақы төлеуге байланысты шығыстар (бір жылдан астам)";</w:t>
@@ -8503,93 +8574,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5227-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6714"/>
-        <w:gridCol w:w="5586"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6714" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5586" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалдау бойынша міндеттемелер бойынша пайыздық шығыстар";</w:t>
@@ -8608,93 +8680,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5237-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4983"/>
-        <w:gridCol w:w="7317"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4983" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5237</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7317" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әділ құны бойынша басқа да жиынтық кіріс арқылы есепке алынатын заемдар бойынша шығыстар";</w:t>
@@ -8713,361 +8786,362 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5450, 5451, 5452, 5453 және 5455-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4696"/>
-        <w:gridCol w:w="7604"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервтерді (провизияларды) қалыптастыруға арналған шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Басқа банктерде орналастырылған салымдар бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5452</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктерге берілген заемдар мен қаржы лизингі бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5453</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк қызметіне байланысты дебиторлық берешек бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5455</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клиенттерге берілген заемдар мен қаржы лизингі бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар";</w:t>
@@ -9086,93 +9160,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5455-шоттан кейін мынадай мазмұндағы 5456-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4253"/>
-        <w:gridCol w:w="8047"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5456</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8047" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктердегі корреспонденттік шоттар мен ипотекалық ұйымдардың ағымдағы шоттары бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар";</w:t>
@@ -9191,93 +9266,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5457-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4696"/>
-        <w:gridCol w:w="7604"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5457</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелген және мерзімі өткен комиссиялық кірістер бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар";</w:t>
@@ -9296,93 +9372,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5457-шоттан кейін мынадай мазмұндағы 5458-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5047"/>
-        <w:gridCol w:w="7253"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5458</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7253" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да банк қызметі бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар";</w:t>
@@ -9401,93 +9478,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5459-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4696"/>
-        <w:gridCol w:w="7604"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5459</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі емес қызметпен байланысты дебиторлық берешек бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар";</w:t>
@@ -9506,160 +9584,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5459-шоттан кейін мынадай мазмұндағы 5461 және 5462-шоттармен толықтырылсын: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4655"/>
-        <w:gridCol w:w="7645"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4655" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5461</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7645" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амортизацияланған құны бойынша есепке алынатын басқа да қаржы активтері бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4655" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5462</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7645" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реттелген борышқа инвестициялар бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар";</w:t>
@@ -9678,294 +9757,295 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5464, 5465, 5468 және 5469-шоттардың аттары мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4356"/>
-        <w:gridCol w:w="7944"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4356" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5464</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7944" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалы қағаздар бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4356" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5465</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7944" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты міндеттемелер бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4356" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5468</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7944" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалау міндеттемелерін қалыптастыруға арналған шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4356" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5469</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7944" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалы қағаздармен "кері РЕПО" операциялары бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстары";</w:t>
@@ -9984,93 +10064,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5540-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5844"/>
-        <w:gridCol w:w="6456"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5844" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5540</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6456" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тазартылған бағалы металдардың баланстық құнын есептен шығару бойынша шығыстар";</w:t>
@@ -10089,495 +10170,496 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5560, 5570, 5580, 5590, 5591, 5593 және 5594-шоттардың аттары мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5602"/>
-        <w:gridCol w:w="6698"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5560</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалы қағаздар бойынша форвард операцияларын қайта бағалаудан болатын шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5570</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетел валютасындағы форвард операцияларын қайта бағалаудан болатын шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тазартылған бағалы металдар бойынша форвард операцияларын қайта бағалаудан болатын шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5590</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы фьючерстерін қайта бағалаудан болатын шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5591</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Опцион операцияларын қайта бағалаудан болатын шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5593</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Своп операцияларын қайта бағалаудан болатын шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5594</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да туынды қаржы құралдарымен операцияларды қайта бағалаудан болатын шығыстар";</w:t>
@@ -10596,93 +10678,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5704-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6397"/>
-        <w:gridCol w:w="5903"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6397" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тазартылған бағалы металдарды қайта бағалаудан болатын шығыстар";</w:t>
@@ -10701,93 +10784,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5709-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4641"/>
-        <w:gridCol w:w="7659"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7659" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әділ құны бойынша пайда немесе зиян арқылы есепке алынатын бағалы қағаздардың құнын өзгертуден болатын шығыстар";</w:t>
@@ -10826,93 +10910,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5711-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5602"/>
-        <w:gridCol w:w="6698"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5711</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі құралдардың және пайдалану құқығы нысанындағы активтердің құнсыздануынан болатын шығыстар";</w:t>
@@ -10931,93 +11016,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5730-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7065"/>
-        <w:gridCol w:w="5235"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7065" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5235" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Активтерді қайта бағалаудан болатын шығыстар";</w:t>
@@ -11056,160 +11142,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5733 және 5734-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4937"/>
-        <w:gridCol w:w="7363"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4937" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5733</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әділ құны бойынша басқа да жиынтық кіріс арқылы есепке алынатын бағалы қағаздар құнының өзгеруінен болатын шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4937" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5734</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да қайта бағалаудан болатын шығыстар";</w:t>
@@ -11228,629 +11315,630 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5780, 5781, 5782, 5783, 5784, 5785, 5786, 5787 және 5788-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6321"/>
-        <w:gridCol w:w="5979"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6321" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5780</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5979" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амортизация бойынша шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6321" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5781</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5979" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үйлерді және ғимараттарды амортизациялау бойынша шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6321" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5782</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5979" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Компьютер жабдығын амортизациялау бойынша шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6321" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5783</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5979" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да негізгі құралдарды амортизациялау бойынша шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6321" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5784</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5979" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалану құқығы нысанындағы активтерді амортизациялау бойынша шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6321" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5785</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5979" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалға беруге арналған негізгі құралдарды амортизациялау бойынша шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6321" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5786</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5979" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалану құқығы нысанындағы активтер бойынша күрделі шығындарды амортизациялау бойынша шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6321" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5787</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5979" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарын амортизациялау бойынша шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6321" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5979" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық емес активтерді амортизациялау бойынша шығыстар";</w:t>
@@ -11869,93 +11957,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5853-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5174"/>
-        <w:gridCol w:w="7126"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5174" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5853</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7126" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі құралдарды, материалдық емес активтерді және қорларды өтеусіз беруден болатын шығыстар";</w:t>
@@ -12019,93 +12108,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7220-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7889"/>
-        <w:gridCol w:w="4411"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7889" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "7220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4411" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалға алынған активтер";</w:t>
@@ -12124,160 +12214,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7664 және 7665-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6973"/>
-        <w:gridCol w:w="5327"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6973" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "7664</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Активтерді әділ құны бойынша қайта бағалаудан болатын кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6973" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7665</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағамдық айырма бойынша кірістер";</w:t>
@@ -12316,160 +12407,161 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7684 және 7685-шоттардың аттары мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6973"/>
-        <w:gridCol w:w="5327"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6973" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "7684</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Активтерді әділ құны бойынша қайта бағалаудан болатын шығыстар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6973" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5327" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағамдық айырма бойынша шығыстар";</w:t>
@@ -12508,93 +12600,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7888-шоттың аты мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7065"/>
-        <w:gridCol w:w="5235"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7065" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "7888</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5235" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі құралдарды амортизациялау бойынша шығыстар";</w:t>
@@ -31668,107 +31761,179 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша инвестициялық депозит туралы шарт бойынша қабылданған ақша есебінен сатып алынған негізгі құралды амортизациялау бойынша есептелген шғыстар сомалары жазылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша келтірілген шығыстардың сомаларын № 7851 баланстан тыс шотқа есептен шығару жазылады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z403" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z439" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Екінші деңгейдегі банктердегі, ипотекалық ұйымдардағы және "Қазақстан Даму Банкі" акционерлік қоғамындағы бухгалтерлік есептің үлгі шот жоспарын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 31 қаңтардағы № 3 қаулысына өзгерістер мен толықтырулар енгізу және Ислам банктерінің бухгалтерлік есеп жүргізу жөніндегі нұсқаулықты бекіту туралы Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 27 наурыздағы № 46 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15117 тіркелді, 2017 жылғы 1 желтоқсандағы № 232 (29213) "Егемен Қазақстан" газетінде жарияланды) мынадай өзгерістер енгізілсін:</w:t>
+      3. "Екінші деңгейдегі банктердің сенімгерлік операцияларды және кастодиандық қызметті бухгалтерлік есепке алуды жүргізуі жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2007 жылғы 30 қарашадағы № 134 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5089 тіркелді) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z404" w:id="273"/>
+    <w:bookmarkStart w:name="z440" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген қаулымен бекітілген Ислам банктерінің бухгалтерлік есеп жүргізу жөніндегі </w:t>
+      көрсетілген қаулымен бекітілген Екінші деңгейдегі банктердің сенімгерлік операцияларды және кастодиандық қызметті бухгалтерлік есепке алуды жүргізуі жөніндегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нұсқаулықта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
@@ -31791,18132 +31956,3920 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>36-тармақ</w:t>
+        <w:t>10-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z406" w:id="274"/>
-[...15 lines deleted...]
-      "36. Бухгалтерлік есеп мақсатында операциялық жалдау ретінде жасалған лизинг (жалдау) шартын сыныптау кезінде сатып алынған мүлік мынадай бухгалтерлік жазбамен, есеп саясатында көзделген кезеңділікпен амортизацияланады:</w:t>
+    <w:bookmarkStart w:name="z442" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Тазартылған бағалы металдардың әділ құны бойынша қайта бағалау жүргізу кезінде мынадай бухгалтерлік жазбалар жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:tbl>
-[...275 lines deleted...]
-      "46. Банк заемын беру кезінде мынадай бухгалтерлік жазбалар жүзеге асырылады: </w:t>
+    <w:bookmarkStart w:name="z443" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тазартылған бағалы металдардың әділ құны олардың есептік құнынан асып кеткен кезде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="805"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6116"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="805" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5379" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1301</w:t>
+7602</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6116" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктердің корреспонденттік шоттары бойынша овердрафт заемдары"</w:t>
+"Тазартылған бағалы металдар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="805" w:type="dxa"/>
-[...605 lines deleted...]
-            <w:tcW w:w="805" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5379" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1001</w:t>
+7664</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6116" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...202 lines deleted...]
-"Басқа банктердегі корреспонденттік шоттар";</w:t>
+              <w:t xml:space="preserve">
+"Активтерді әділ құны бойынша қайта бағалаудан болатын кірістер"; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z409" w:id="276"/>
-[...15 lines deleted...]
-      әділ құны бойынша заемды тануға байланысты туындаған дисконт сомасына: </w:t>
+    <w:bookmarkStart w:name="z444" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тазартылған бағалы металдардың есептік құны олардың әділ құнынан асып кеткен кезде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="744"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6579"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4977" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1301</w:t>
+7684</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6579" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Басқа банктердің корреспонденттік шоттары бойынша овердрафт заемдары"</w:t>
+              <w:t xml:space="preserve">
+"Активтерді әділ құны бойынша қайта бағалаудан болған шығыстар" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
-[...605 lines deleted...]
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4977" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1312</w:t>
+7602</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6579" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктерге берілген заемдар бойынша дисконт"</w:t>
-[...100 lines deleted...]
-"Клиенттерге берілген заемдар бойынша дисконт".";</w:t>
+"Тазартылған бағалы металдар".";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>50</w:t>
-[...19 lines deleted...]
-        <w:t>51-тармақтар</w:t>
+        <w:t>15-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) және 5) тармақшалары алып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z411" w:id="277"/>
-[...15 lines deleted...]
-      "50. Дисконтты амортизациялау кезінде банктің есеп саясатында белгіленген кезеңділікпен мынадай бухгалтерлік жазба жүзеге асырылады:</w:t>
+    <w:bookmarkStart w:name="z447" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "18. Егер салым шетел валютасымен орналастырылған жағдайда мынадай бухгалтерлік жазбалар жүзеге асырылады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:tbl>
-[...432 lines deleted...]
-      51. Банк заемын өтеу шотына ақша келіп түскен кезде мынадай бухгалтерлік жазба жүзеге асырылады:</w:t>
+    <w:bookmarkStart w:name="z448" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) валюта айырбастаудың нарықтық бағамы көтерілген кезде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="744"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6579"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4977" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1001</w:t>
+7604</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6579" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Кассадағы қолма-қол ақша"</w:t>
+"Орналастырылған салымдар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
-[...201 lines deleted...]
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4977" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1301</w:t>
+7665</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6579" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...37 lines deleted...]
-              </w:rPr>
               <w:t>
-</w:t>
-[...566 lines deleted...]
-"Клиенттерге берілген басқа да заемдар".";</w:t>
+"Бағамдық айырма бойынша кірістер";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...60 lines deleted...]
-      "53. Егер мерзімі басталған кезде заем алушы банк заемы бойынша борышын өтемеген кезде мынадай бухгалтерлік жазба жүзеге асырылады:</w:t>
+    <w:bookmarkStart w:name="z449" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) валюта айырбастаудың нарықтық бағамы төмендеген кезде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="744"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6579"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4977" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1306</w:t>
+7685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6579" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктердің заемдар бойынша мерзімі өткен берешегі"</w:t>
+"Бағамдық айырма бойынша шығыстар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
-[...100 lines deleted...]
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4977" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1301</w:t>
+7604</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6579" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктердің корреспонденттік шоттары бойынша овердрафт заемдары"</w:t>
-[...605 lines deleted...]
-"Клиенттерге берілген басқа да заемдар".";</w:t>
+"Орналастырылған салымдар".";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>56</w:t>
-[...79 lines deleted...]
-        <w:t>60-тармақтар</w:t>
+        <w:t>20-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) және 3) тармақшалары алып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z416" w:id="280"/>
-[...15 lines deleted...]
-      "56. Банктік заем бойынша мерзімі өткен берешекті өтеу шотына ақша түскен кезде мынадай бухгалтерлік жазба жүзеге асырылады:</w:t>
+    <w:bookmarkStart w:name="z452" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "29. Есепті кезең үшін активтерді сенімгерлік басқару нәтижесін айқындау кезінде мынадай бухгалтерлік жазбалар жүзеге асырылады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:tbl>
-[...533 lines deleted...]
-      57. Банктік заемдардың құнсыздануынан болған шығындарды өтеуге резервтер (провизиялар) құру кезінде мынадай бухгалтерлік жазба жүзеге асырылады: </w:t>
+    <w:bookmarkStart w:name="z453" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) клиенттің активтерімен операциялар бойынша есептелген кірістер сомасына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="573"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7896"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5452</w:t>
+7661</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7896" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктерге берілген заемдар мен қаржы лизингі бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар"</w:t>
+"Клиенттен активтердің түсуі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+7662</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5455</w:t>
+"Сыйақы түріндегі кірістер"</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7896" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Клиенттерге берілген заемдар мен қаржы лизингі бойынша резервтерді (провизияларды) қалыптастыруға арналған шығыстар"</w:t>
+7663</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Активтерді сатып алу-сату болатын кірістер"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7664</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Активтерді әділ құны бойынша қайта бағалаудан болатын кірістер"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7665</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бағамдық айырма бойынша кірістер"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7668</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Басқа да кірістер"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1319</w:t>
+7651</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7896" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктерге берілген заемдар мен қаржы лизингі бойынша резервтер (провизиялар)"</w:t>
-[...100 lines deleted...]
-"Клиенттерге берілген заемдар мен қаржы лизингі бойынша резервтер (провизиялар)".</w:t>
+"Капитал";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z418" w:id="282"/>
-[...15 lines deleted...]
-      58. Банктік заемды өтеу немесе кредиттік сапасын жақсарту кезінде бұрын қалыптастырған резервтер (провизиялар) азаяды және мынадай бухгалтерлік жазба жүзеге асырылады:</w:t>
+    <w:bookmarkStart w:name="z454" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиенттің активтерімен операциялар бойынша есептелген шығыстар сомасына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="537"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8171"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1319</w:t>
+7651</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8171" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктерге берілген заемдар мен қаржы лизингі бойынша резервтер (провизиялар)"</w:t>
+"Капитал"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...100 lines deleted...]
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4952</w:t>
+7681</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8171" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктерге берілген заемдар мен қаржы лизингі бойынша құрылған резервтерді (провизияларды) қалпына келтіруден болатын кірістер"</w:t>
+"Клиенттің активтерін алу"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+7682</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4955</w:t>
+"Комиссиялық сыйақылар төлеу бойынша шығыстар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8171" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Клиенттерге берілген заемдар мен қаржы лизингі бойынша құрылған резервтерді (провизияларды) қалпына келтіруден болатын кірістер".</w:t>
+7683</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Активтерді сатып алу-сатудан болатын шығыстар"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7684</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Активтерді әділ құны бойынша қайта бағалаудан болатын шығыстар"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7685</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бағамдық айырма бойынша шығыстар"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7688</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Басқа да шығыстар".";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z419" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      59. Банктің ішкі құжаттарында белгіленген тәртіппен және мерзімде төленбеген мерзімі өткен банктік заемды баланстан есептен шығару туралы банк шешім қабылдаған жағдайда мынадай бухгалтерлік жазбалар жүзеге асырылады: </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) және 2) тармақшалары мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z456" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қолда бар активтер бойынша кірістер сомасына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="637"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7408"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4255" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1319</w:t>
+7661</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктерге берілген заемдар мен қаржы лизингі бойынша резервтер (провизиялар)"</w:t>
+"Клиенттен активтердің түсуі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+7662</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4255" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1428</w:t>
+"Сыйақы түріндегі кірістер"</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Клиенттерге берілген заемдар мен қаржы лизингі бойынша резервтер (провизиялар)"</w:t>
+7663</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Активтерді сатып алу-сату болатын кірістер"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7664</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Активтерді әділ құны бойынша қайта бағалаудан болатын кірістер" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7665</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бағамдық айырма бойынша кірістер"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7668</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Басқа да кірістер"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4255" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1306</w:t>
+7651</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктердің заемдар бойынша мерзімі өткен берешегі"</w:t>
-[...100 lines deleted...]
-"Клиенттердің заемдар бойынша мерзімі өткен берешегі";</w:t>
+"Капитал";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...450 lines deleted...]
-      60. Заем алушы баланстан есептен шығарылған банктік заем бойынша берешекті өтеу кезінде, мынадай бухгалтерлік жазбалар жүзеге асырылады:</w:t>
+    <w:bookmarkStart w:name="z457" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиенттің активтерімен операциялар бойынша есептелген шығыстар сомасына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="510"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8382"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3408" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1001</w:t>
+7651</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8382" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Кассадағы қолма-қол ақша"</w:t>
+"Капитал"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
-[...201 lines deleted...]
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3408" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4952</w:t>
+7683</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8382" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Басқа банктерге берілген заемдар және қаржы лизингі бойынша құрылған резервтерді (провизияларды) қалпына келтіруден болатын кірістер"</w:t>
+"Активтерді сатып алу-сатудан болатын шығыстар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3408" w:type="dxa"/>
-[...6723 lines deleted...]
-            <w:tcW w:w="5139" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7684</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6392" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-"Активтерді әділ құны бойынша қайта бағалаудан болған шығыстар" </w:t>
+              <w:t>
+"Активтерді әділ құны бойынша қайта бағалаудан болатын шығыстар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5139" w:type="dxa"/>
-[...492 lines deleted...]
-            <w:tcW w:w="5717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бағамдық айырма бойынша шығыстар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5717" w:type="dxa"/>
-[...1600 lines deleted...]
-            <w:tcW w:w="5139" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7688</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6392" w:type="dxa"/>
-[...1322 lines deleted...]
-            <w:tcW w:w="6392" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Басқа да шығыстар";".</w:t>
@@ -49973,55 +35926,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>