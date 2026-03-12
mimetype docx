--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c7b86cb" w14:textId="c7b86cb">
+    <w:p w14:paraId="1f3f481" w14:textId="1f3f481">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,93 +85,183 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Екiншi деңгейдегi банктердің, "Қазақстанның Даму Банкі" акционерлік қоғамының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың қарыздар мен шартты міндеттемелер жөніндегі есептілігінің тізбесін, нысандарын және табыс ету мерзімдерін және оларды ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 313 қаулысына өзгерістер мен толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 13 желтоқсандағы № 236 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 27 желтоқсанда № 19781 болып тіркелді.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 13 желтоқсандағы № 236 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 27 желтоқсанда № 19781 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 желтоқсандағы № 103 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Осы қаулының қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1042,127 +1134,139 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы қаулының 1-тармағының төртінші, бесінші, алтыншы және жетінші абзацтары 2020 жылғы 1 сәуірге дейін қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Ұлттық Банк </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1820,4485 +1924,4249 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-кесте. Заңды тұлғалар және бірлескен кәсіпкерлік түріндегі қызметті жүзеге асыратын дара кәсіпкерлер бойынша кредиттік тарих субъектісі туралы есеп көрсеткіштерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3554"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1943"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды тұлғаның немесе бірлескен кәсіпкерлік түріндегі қызметті жүзеге асыратын дара кәсіпкердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дара кәсіпкердің белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдық-құқықтық нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншік нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісінің құжаттары:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру құжаттарының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісінің мекенжайы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мекенжайының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 облысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Офшорлық аймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсіпкерлік субъектісінің санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономикалық қызмет түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитормен ерекше қатынастармен байланысты болу белгілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Компаниялар тобына тиесілілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-кесте. Жеке кәсіпкерлік түріндегі қызметті жүзеге асыратын дара кәсіпкерлерді қоса алғанда, жеке тұлғалар бойынша кредиттік тарих субъектісі туралы есеп көрсеткіштерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3777"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2065"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жынысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісінің құжаттары:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру құжаттарының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісінің мекенжайы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мекенжайының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 облысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Офшорлық аймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсіпкерлік субъектісінің санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономикалық қызмет түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитормен ерекше қатынастармен байланысты болу белгілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы ______________________ Мекенжайы ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8115,8283 +7983,7801 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кесте. Қарыз (шартты міндеттеме) шарты туралы есеп көрсеткіштерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5995"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1049"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісі және кредитордың онымен шарттық қатынастары туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісінің түрі (рөлі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісінің құжаттары:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру құжаттарының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дара кәсіпкер белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз (шартты міндеттеме) түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік желіге тиесілілігі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кредиттік желі шартының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кредиттік желі шартының күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк кепілдігін (кепілдемені) шығару нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк кепілдігін (кепілдемені) шығару күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарызға (шартты міндеттемеге) қызмет көрсететін кредитордың филиалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттың талаптары бойынша қарыз (шартты міндеттеме) мерзімінің аяқталу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарт бойынша валюта түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттың валютасымен қарыз (шартты міндеттеме) сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарт бойынша жылдық сыйақы мөлшерлемесі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.14.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мөлшерлеме түрі (белгіленген, өзгермелі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.14.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өзгермелі индекс атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.14.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы мөлшерлемесінің жылдық пайыздармен мөлшері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 14. 3. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 белгіленген мөлшерлеме (өзгермелі мөлшерлеменің белгіленген спрэды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 14. 3. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өзгермелі индекс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарт бойынша жылдық тиімді сыйақы мөлшерлемесі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.15.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 халықаралық қаржылық есептілік стандарттарының талаптары бойынша бастапқы мөлшерлеме мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.15.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шынайы жылдық тиімді салыстырмалы түрде есептелген сыйақы мөлшерлемесінің мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтеу кестесі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.16.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кесте жасау күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.16.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өтеу валютасының түрі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 16. 2. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 16. 2. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.16.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 төлемдер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 16. 3. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өтеу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 16. 3. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кезекті төлем мөлшері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 16. 3. 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 16. 3. 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 16. 3. 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 келесі өтеу күніне негізгі борыш бойынша берешектің қалдығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздың (шартты міндеттеменің) мақсаты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.17.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кредиттеу мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.17.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кредиттеу объектісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.17.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қарыз (шартты міндеттеме) сомасының үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарызды қаржыландыру көзі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.18.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаржыландыру көзі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.18.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қарыз сомасының үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алушыда валюталық түсімнің және (немесе) хеджирлеу құралдарының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз бойынша талап ету құқығын беру (сату), қабылдау (сатып алу):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 беру (сату), қабылдау (сатып алу) белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 талап ету құқығы берілген не сатылған (қабылданған не сатып алынған) ұйымның түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 талап ету құқығы берілген не сатылған (қабылданған не сатып алынған) ұйымның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 талап ету құқығы берілген не сатылған (қабылданған не сатып алынған) ұйымның құжаттары:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 20. 4. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру құжаттарының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 20. 4. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 беру (сату), қабылдау (сатып алу) күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сату (сатып алу) сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайта қаржыландырылған қарыз бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алдыңғы кредитордың құжаттары:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 21. 1. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру құжаттарының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 21. 1. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алдыңғы қарыз алушының құжаттары:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 21. 2. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру құжаттарының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. 21. 2. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Міндеттемені тоқтату:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.22.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 міндеттемені тоқтату негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.22.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шешім қабылдаған кредитордың уәкілетті органы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.22.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 міндеттемені тоқтатудың нақты күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5995" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1049" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы ______________________ Мекенжайы ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -18792,3643 +18178,3441 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кесте. Қамтамасыз ету туралы есеп көрсеткіштерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4730"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1472"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл шартының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл шартының күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл шартын тоқтату:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл шартын тоқтатудың нақты күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл шартын тоқтату негізі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл беруші (кепілгер, кепіл беруші,сақтандырушы):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 субъект түрі (заңды немесе жеке тұлға)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы (тегі, аты, әкесінің аты (ол бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл берушінің (кепілгердің, кепіл берушінің, сақтандырушының) құжаттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру құжаттарының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қамтамасыз ету түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарт бойынша валюта түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл құны (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нарықтық құны (шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қабылданған қамтамасыз етуді есепке алу шотының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервтерді (провизияларды) есептеу кезінде қосылатын қамтамасыз ету құны (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Келіп мүліктің орналасқан (тіркелген) жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл мүлкі нысанының жеке нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қамтамасыз етуді соңғы бағалау (қайта бағалау) күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалаушы не қамтамасыз ету құнын белгілеген тұлға туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы (тегі, аты, әкесінің аты (ол бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бағалаушының не қамтамасыз ету құнын белгілеген тұлғаның құжаттары:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру құжаттарының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл шарты (шартты міндеттемелер) бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6098" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы ______________________ Мекенжайы ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -24174,7703 +23358,7256 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кесте. Қарызға (шартты міндеттемеге) қызмет көрсету туралы есеп көрсеткіштерінің тізбесі </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4133"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1286"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз (шартты міндеттеме) шарты бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағымдағы талаптар және есепті кезеңдегі қаражат қозғалысы туралы ақпарат:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде есептелген (теңгемен, шарт валютасымен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 айыппұлдар және өсімпұлдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде берілген (теңгемен, шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде нақты беру күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде нақты түскен төлемдер сомасы (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі борыш қалдығы (теңгемен, шарт валютасымен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өтпеген берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өткен берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 баланстан есептен шығарылған берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кешірілген берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі борыш бойынша шот нөмірі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өтпеген берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өткен берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелген сыйақы қалдығы (теңгемен, шарт валютасымен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өтелмеген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өткен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 баланстан есептен шығарылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кешірілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйақы бойынша шот нөмірі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өтпеген берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өткен берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты міндеттеме қалдығы (теңгемен, шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты міндеттеме шотының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелген тұрақсыздық айыбының (айыппұлдың, өсімпұлдың) қалдығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өтелмеген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 баланстан есептен шығарылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кешірілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оң (теріс) түзету (теңгемен, шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оң (теріс) түзету бойынша шот нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт (сыйлықақы) (теңгемен, шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт (сыйлықақы) бойынша шот нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мерзімі өткен берешекті шотқа шығару күні:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мерзімі өткен берешекті өтеу күні:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.17.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.17.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланстан есептен шығарылған күн:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.18.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.18.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біртекті емес кредиттер бойынша резервтердің (провизиялардың) нақты қалыптастырылған сомасы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.19.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 халықаралық қаржылық есептілік стандарттарының талаптары бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.19.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 уәкілетті органның талаптары бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық қаржылық есептілік стандарттарының талаптары бойынша біртекті емес кредиттер бойынша қалыптастырылған резервтер (провизиялар) бойынша шот нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервтеу мөлшерлемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біртекті емес кредиттер бойынша болашақ ақша ағынының дисконтталған құны (алу күтілетін құны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайта құрылымдау:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.23.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қайта құрылымдау белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.23.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қайта құрылымдау жүргізілген күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құнсыздану белгілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық қаржылық есептілік стандарттарының талаптары бойынша портфельдік негізде қалыптастырылған резервтер (провизиялар) туралы ақпарат:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық қаржылық есептілік стандарттарының талаптары бойынша портфельдің атауы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 біртекті активтердің</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құнсыздану белгісі жоқ жеке активтердің</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт (сыйлықақы) (теңгемен, шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт (сыйлықақы) бойынша шот нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық қаржылық есептілік стандарттарының талаптары бойынша портфельдік негізде резервтердің (провизиялардың) нақты қалыптастырылған сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық қаржылық есептілік стандарттарының талаптары бойынша портфельдік негізде қалыптастырылған резервтер (провизиялар) бойынша шот нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6881" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы ______________________ Мекенжайы ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -33482,63 +32219,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -33860,35 +32619,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>