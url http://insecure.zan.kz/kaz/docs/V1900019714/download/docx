--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9fe1267" w14:textId="9fe1267">
+    <w:p w14:paraId="80cd257" w14:textId="80cd257">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2253,51 +2253,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Электрондық тәсілмен микрокредит берілгенге дейін микроқаржылық қызметті жүзеге асыратын ұйым:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z164" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) клиентті Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы заңнамасына және ішкі құжаттарға сәйкес клиентті тиісінше тексеруді жүзеге асырады;</w:t>
+      1) клиентті Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл саласындағы заңнамасына және ішкі құжаттарға сәйкес тиісінше тексеруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z182" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1) "Микрокредит беру туралы шартты жасасу тәртібін, оның ішінде шарттың мазмұнына, ресімделуіне және микрокредиттің толық құны (микрокредит бойынша артық төленетін сома, микрокредит мәні) туралы ақпаратты қамтитын оның бірінші бетіне, микрокредит беру туралы шарттың міндетті шарттарына қойылатын талаптарды, сондай-ақ микрокредитті өтеу кестесінің нысанын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 29 қарашадағы № 232 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2516,71 +2516,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.08.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi); 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z179" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3591,100 +3611,100 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z88" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Микроқаржылық қызметті жүзеге асыратын ұйым қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), және терроризмді қаржыландыруға қарсы іс-қимыл саласында Қазақстан Республикасының заңнамасында және Заңда көзделген негіздер бойынша клиентке микрокредит беруден бас тартады.</w:t>
+      10. Микроқаржылық қызметті жүзеге асыратын ұйым қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл саласында Қазақстан Республикасының заңнамасында және Заңда көзделген негіздер бойынша клиентке микрокредит беруден бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 53</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z89" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5444,55 +5464,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>