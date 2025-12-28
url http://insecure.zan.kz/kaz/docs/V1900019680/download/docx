--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2891ca8" w14:textId="2891ca8">
+    <w:p w14:paraId="c4f8e4c" w14:textId="c4f8e4c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -157,130 +157,110 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Осы қаулы 01.01.2020 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
-[...39 lines deleted...]
-        <w:t>:</w:t>
+      "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкi туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 11) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 28.02.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 19</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2973,131 +2953,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Банктер және банк қызметі туралы заң) Қазақстан Республикасының заңдарына сәйкес әзірленді және екінші деңгейдегі банктерде, Қазақстан Республикасы бейрезидент-банктерінің филиалдарында, Ұлттық пошта операторында (бұдан әрі – банк) және банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларда (бұдан әрі – инкассаторлық ұйымдар) кассалық операцияларды және банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі операцияларды жүзеге асыру тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve">
+      1. Осы Екінші деңгейдегі банктерде, Қазақстан Республикасы бейрезидент-банктерінің филиалдарында, Ұлттық пошта операторында және банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларда кассалық операцияларды және банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі операцияларды жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкi туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігінің екінші абзацы 11) тармақшасына сәйкес әзірленді және екінші деңгейдегі банктерде, Қазақстан Республикасының бейрезидент-банктерінің филиалдарында, Ұлттық пошта операторында (бұдан әрі – банк) және банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларда (бұдан әрі – инкассаторлық ұйымдар) Қазақстан Республикасында автомобильмен инкассаторлық тасымалдауды ұйымдастыруды қоса алғанда, кассалық операцияларды және банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі операцияларды жүзеге асыру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 28.02.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 19</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3331,51 +3291,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолма-қол ақшаның сақталуы үшін жауапты адамдардың санын банк дербес, бірақ екі қызметкерден аз емес етіп айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) құндылықтар - төлем құжаттары, төлем карточкалары, құжаттардың бланкілері, бағалы қағаздар, бағалы металдар және олардан жасалған бұйымдар, материалдық мәдени құндылықтар;</w:t>
+      12) құндылықтар – төлем құжаттары, құжаттардың бланкілері, бағалы қағаздар, бағалы металдар, асыл тастар, бағалы металдардан және асыл тастардан жасалған бұйымдар, қоймалардың (сейф бөлмелерінің), сейф депозитарийлерінің, автоматты режимде жұмыс істейтін құрылғылардың және оларға кассеталардың кілттері (кілттердің телнұсқалары), қорғалатын банктік ақпарат сақталатын электрондық (цифрлық) тасымалдағыштар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) операциялық қызметкер - банктің операциялық бөлімшесінің немесе бухгалтерлік есеп бөлімшесінің жүргізілген кассалық операцияларды тіркеуді және (немесе) кейіннен бақылауды жүзеге асыратын қызметкері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3386,50 +3346,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) сейф бөлмесі - қолма-қол ақша және құндылықтарды сақтауға арналған сейфтер (металл шкафтары) орнатылатын, арнайы жабдықталған үй-жай;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) сөмке - банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыру кезінде банкноттарды, монеталарды және құндылықтарды сақтауға және қауіпсіз тасымалдауға арналған арнайы құрылғы (инкассатор сөмкесі, қапшық, кейс, кассета, контейнер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Кассалық операцияларды жүзеге асыру тәртібі 1-параграф. Кассалық операцияларды жүзеге асыру бойынша жұмысты ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3440,72 +3462,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Банк мынадай кассалық операцияларды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көзделген банктік және өзге операцияларды жүргізу үшін;</w:t>
+        <w:t>
+      1) клиенттен қолма-қол ақша қабылдау, клиентке қолма-қол ақша беру - "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы заңының 30-бабында көзделген банктік және өзге операцияларды жүргізу үшін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қолма-қол ақшаны ауыстыру - бір номиналдағы банкноттарды және (немесе) монеталарды басқа номиналдағы банкноттарға және (немесе) монеталарға ауыстыруды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3570,50 +3572,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қолма-қол ақшаны орау - арнайы орау материалдарын және (немесе) құрылғыларын пайдалана отырып қолма-қол ақшаны сыртқы бүлінулерден қорғауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қолма-қол ақшаны сақтау - банктің қолма-қол ақшаны сақтауды қамтамасыз ету үшін шаралар қабылдауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Кассалық операциялар банктің жұмыс кестесіне сәйкес жұмыс, демалыс күндері, сондай-ақ жұмыс істемейтін мереке күндері (бұдан әрі - жұмыс күні) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
@@ -4068,54 +4132,134 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Көзі көрмейтін мүгедектер болып табылатын, қолтаңбасын механикалық көшіру құралының көмегімен қойылатын факсимильді көшіруді пайдаланатын жеке тұлғалармен кассалық операцияларды касса қызметкері Қазақстан Республикасының мүгедектерді әлеуметтік қорғау туралы заңнамасының талаптарына сәйкес бақылаушы қызметкердің қатысуымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Банк қызметкерінің жеке заттарын, қолма-қол ақшасын және құндылықтарын сақтау кассалық тораптан тыс, банктің ішкі құжаттарында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      12. Банк қызметкерінің жеке заттары, қолма-қол ақшасы және құндылықтары кассалық тораптан тыс, банктің ішкі құжаттарында белгіленген тәртіппен сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк қызметкерлерінің кассалық торапқа дәрілік заттарды, медициналық бұйымдар мен фото және бейне тіркеу функциясы жоқ байланыс құралдарын алып кіруіне болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Банк касса қызметкерлерімен, қолма-қол ақшаның сақталуы үшін жауапты тұлғалармен Қазақстан Республикасының еңбек заңнамасының талаптарына сәйкес толық жеке материалдық жауапкершілік шарттарын және (немесе) ұжымдық (ортақ) материалдық жауапкершілік шарттарын жасауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4532,110 +4676,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қолма-қол ақшаны енгізетін клиентті оның жеке басын куәландыратын құжатпен не цифрлық құжаттар сервисі арқылы алынған, клиенттің жеке басын растайтын (сәйкестендіретін) деректермен көзбен шолып сәйкестендіруді жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...58 lines deleted...]
-      3) клиенттің қолының болуын тексереді, операциялық қызметкердің қолы болған жағдайда, оны қол қою үлгілерімен салыстырып тексереді;</w:t>
+        <w:t>
+      2) парақтап қайта саналған банкноттарды, бір-бірлеп қайта саналған монеталарды Қағидалардың 57 және 58-тармақтарына сәйкес қолма-қол ақшаның түпнұсқалығын және төлемділігін тексере отырып қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) клиенттің қойған қолының бар болуын және операциялық қызметкердің қатысуымен қойған қолының бар болуын тексереді, оларды қол қою үлгілерімен салыстырып тексереді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кассалық кіріс құжатында көрсетілген соманың нақты қабылданған қолма-қол ақшаның жалпы сомасына сәйкес келуін салыстырып тексереді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4693,51 +4797,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 28.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік тоқсан күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік тоқсан күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5105,52 +5229,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Қолма-қол ақшаны клиентке беру бойынша операцияларды жасау үшін касса меңгерушісі немесе касса меңгерушісінің функциясын жүзеге асыратын адам касса қызметкеріне қажетті қолма-қол ақша сомасын береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      29. Қолма-қол ақша беру мынадай кассалық шығыс құжаттары:</w:t>
+        <w:t xml:space="preserve">
+      29. Қолма-қол ақша беру мынадай кассалық шығыс құжаттары: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) чек;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5161,89 +5285,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кассалық шығыс ордері негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қолма-қол ақшаны заңды тұлға клиентке және заңды тұлға құрмастан кәсіпкерлік қызметті жүзеге асыратын жеке тұлға клиентке (бұдан әрі – дара кәсіпкерлер) беру қолма-қол ақша берілгенге дейін бір жұмыс күнінен кешіктірмей заңды тұлға клиент және дара кәсіпкерлер ұсынған қолма-қол ақшаны алуға арналған өтінім бойынша банктің ішкі құжаттарында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      Қолма-қол ақшаны заңды тұлға-клиентке және заңды тұлға құрмастан кәсіпкерлік қызметті жүзеге асыратын жеке тұлға-клиентке (бұдан әрі – дара кәсіпкерлер) беру қолма-қол ақша берілгенге дейін бір жұмыс күнінен кешіктірмей заңды тұлға-клиент және дара кәсіпкерлер ұсынған қолма-қол ақшаны алуға арналған өтінім бойынша банктің ішкі құжаттарында белгіленген тәртіппен жүзеге асырылады. Кассада заңды тұлға-клиентке және дара кәсіпкерге қолма-қол ақша беру үшін қажетті сома болған жағдайда, ақша беру заңды тұлға-клиент және дара кәсіпкер қолма-қол ақша алуға өтінім берместен, өтініш жасаған күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 125</w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5461,51 +5585,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) клиентті жеке басын куәландыратын құжаттың деректері не цифрлық құжаттар сервисі арқылы алынған, клиенттің жеке басын растайтын (сәйкестендіретін) деректер бойынша көзбен шолып сәйкестендіруді жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) клиенттің қолының болуын тексереді, операциялық қызметкердің қолы болған жағдайда, оны қол қою үлгілерімен салыстырып тексереді;</w:t>
+      2) клиенттің қойған қолының бар болуын және операциялық қызметкердің қатысуымен қойған қолының бар болуын тексереді, оларды қол қою үлгілерімен салыстырып тексереді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) берілуге тиіс қолма-қол ақша сомасын дайындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5581,51 +5705,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 28.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік тоқсан күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік тоқсан күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6291,215 +6435,295 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. Банкноттар бар жекелеген түптер бір номиналдағы толық емес бумаларға немесе түрлі номиналдағы бумаларға оралады, бірақ бір бумада он түптен артық болмайды, олар жоғары және төменгі жапсырмалармен жабдықталады. Жоғары жапсырмада банктің атауы, банктік сәйкестендіру коды, әрбір номиналдағы банкноттардың саны мен сомасы, салынған банкноттардың жалпы сомасы, орау күні, банкноттарды қайта санаған, сұрыптаған және ораған касса қызметкерінің мөртабаны немесе коды, сондай-ақ қолы көрсетіледі. Түрлі номиналдағы түбіртектерден немесе парақтардан тұратын бумаларға қосымша "Құрама" мөртабаны қойылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      51. Касса қызметкері номиналдары бойынша қайта саналған және сұрыпталған монеталарды қаптарға, пакеттерге, тюбиктерге орайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пакеттерге немесе тюбиктерге оралған монеталар санын банктер дербес белгілейді. Пакеттер және тюбиктер сыртқы тігісі жоқ және бүлінбеген қаптарға оралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір қапқа оралатын монеталар сомасы номиналы бойынша мынадай санда белгіленеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1 теңге – 4000 (төрт мың) дана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2 теңге – 4000 (төрт мың) дана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5 теңге – 3000 (үш мың) дана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10 теңге – 2500 (екі мың бес жүз) дана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 теңге – 2500 (екі мың бес жүз) дана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50 теңге – 1500 (бір мың бес жүз) дана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      51. Касса қызметкері номиналдары бойынша саналған және сұрыпталған монеталарды қаптарға, пакеттерге, тюбиктерге орайды. </w:t>
-[...162 lines deleted...]
-      100 теңге - 1000 (бір мың) дана.</w:t>
+      100 теңге – 1000 (бір мың) дана; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200 теңге – 750 (жеті жүз елу) дана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 51-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z87" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Қапшықтың аузы жапсырмамен бірге тiгiледi және шпагатпен түйiнсiз және үзiксiз мықтап байланады. Шуда жiптiң шетi шешiлмейтiндей болып түйiледi, оның үстінен пломба салынады және монеталарды қайта санаған, сұрыптаған және ораған касса қызметкерінің (касса қызметкерлерінің бригадасы) кодының бедері бар пломбиратормен пломбаланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z88" w:id="81"/>
     <w:p>
       <w:pPr>
@@ -6534,54 +6758,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Тексеру үшiн қайта санауды жүзеге асыру кезінде қолма-қол ақшаны орау бойынша касса операциялары осы параграфтың талаптарына сәйкес жүзеге асырылады, бұл ретте банкноттар салынған бандерольдерге және жоғарғы жапсырмаларға және монеталар салынған қаптардың жапсырмаларына "Тексеру үшін қайта санау" мөртабаны қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z90" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      55. Қолма-қол ақшаны автоматты режимде жұмыс істейтін құрылғыға жүктеу үшін, қолма-қол ақша парақтап кассетаға салынады, кассеталар кілтке жабылады, оған жапсырма жапсырылады және кассеталарды ораған касса қызметкерінің кодының береді бар пломбиратормен пломбаланады. Жапсырмада банктің атауы, автоматты режимде жұмыс істейтін құрылғының нөмірі, қолма-қол ақшаның сомасы, күні, кассеталарды ораған касса қызметкерінің мөртабаны немесе коды, сондай-ақ қолы көрсетіледі.</w:t>
+      55. Қолма-қол ақшаны автоматты режимде жұмыс істейтін құрылғыларға жүктеу үшін қолма-қол ақша парақтап кассетаға салынады, кассеталар кілтке жабылады және қолма-қол ақшаның сақталуын қамтамасыз ететін және кассеталарды рұқсатсыз ашу мүмкіндігін болдырмайтын тәсілмен пломбаланады. Кассеталарды мөрлеу үшін пломбалардың түрлерін (қағаз пломбалар, пластик нөмірлеу пломбалары, жапсырма пломбалар, бояғыш заттары бар пломбалар және т.б.) банктер дербес таңдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 55-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z91" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Жұмыс күнінің соңында касса қызметкері және бақылаушы қызметкер банктің ішкі құжаттарына сәйкес алынған және берілген қолма-қол ақша сомасын қайта саналған, сұрыпталған және оралған қолма-қол ақша сомасымен салыстырып тексеруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z92" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8051,89 +8337,169 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі операцияларды жүзеге асыруды ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z128" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      86. Банкноттарды, монеталарды және құндылықтарды инкассациялау: </w:t>
+        <w:t>
+      86. Банкноттарды, монеталарды және құндылықтарды инкассациялау:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) клиенттің және банктің немесе инкассаторлық ұйымның;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) клиенттің, банктің және банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің немесе инкассаторлық ұйымның арасында жасалған шарт негізінде жүзеге асырылады. </w:t>
+        <w:t>
+      2) клиенттің, банктің және банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің немесе инкассаторлық ұйымның арасында жасалған шарт негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған шарттың қолданылу мерзімі өткеннен кейін 5 (бес) жыл бойы сақталуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 86-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z129" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Банк Ұлттық Банктен қолма-қол ақшаны қабылдауды және Ұлттық Банкке қолма-қол ақшаны өткізуді жүзеге асырған жағдайда, банкноттарды, монеталарды және құндылықтарды инкассациялауды Қағидалардың 125, 126, 127, 128 және 129-тармақтарына сәйкес банктің инкассация бөлімшелері немесе банкноттар, монеталар және құндылықтар бар банк қызметкерлерінің ілесіп жүруімен инкассаторлық ұйым жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8586,130 +8952,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       91. Банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым ай сайын банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысы бекітетін Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша клиенттердің тізімін жүргізеді.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша клиенттердің тізімін (бұдан әрі – Тізім) жүргізеді. Тізімдер жеке папкаға тігіледі және олардың қолданылу мерзімі аяқталғаннан кейін кемінде 3 (үш) жыл сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 91-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z134" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      92. Банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым ай сайын клиент клиенттердің тізімінде тіркелген нөмірді бере отырып, Қағидаларға </w:t>
+      92. Банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым клиенттің Тізімде тіркелген нөмірін бере отырып, Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша келу карточкасын жасайды. Келу карточкасында қосымша ақпаратты көрсетуге жол беріледі.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша келу карточкасын ай сайын жасайды. Келу карточкасында қосымша ақпаратты көрсетуге болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым келу карточкаларының қолданылу мерзімі аяқталғаннан кейін оларды жасаған күннен бастап 3 (үш) жыл бойы сақталуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 92-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 125</w:t>
+        <w:t xml:space="preserve">      Ескерту. 92-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -8726,342 +9172,536 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі операцияларды жүзеге асыру үшін банкноттардың, монеталардың және құндылықтардың сақталуын қамтамасыз ететін және бөлшек нөмірмен нөмірленетін тұтастықтың бұзылуының көрінетін белгілерінсіз ашылуына жол бермейтін сөмкелер қолданады, мұнда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...54 lines deleted...]
-      Банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған өзге де құрылғыларды (сейф-пакеттер, сондай-ақ арнайы бояумен жарақтандырылған кейстер мен контейнерлер) пайдалану тәртібі банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассаторлық ұйымның ішкі құжаттарымен айқындалады.</w:t>
+        <w:t>
+      алым – Тізімде тіркелген клиенттің нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бөлім – сөмкенің реттік нөмірі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір клиентке арналған сөмкелердің реттік нөмірлері қайталанбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған өзге де құрылғыларды (сейф-пакеттер, кассеталар, кейстер мен контейнерлер, оның ішінде арнайы бояумен жарақтандырылған кейстер мен контейнерлер) пайдалану тәртібі банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассаторлық ұйымның ішкі құжаттарымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 93-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z136" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      94. Клиент банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банкке, инкассаторлық ұйымға пломбаның екі үлгісін ұсынады. Банкноттарды, монеталарды және құндылықтарды банктің инкассация бөлімшесінде, инкассаторлық ұйымда сақтаған жағдайда пломбаның қосымша бір данасын ұсынады. Пломбалардың үлгілері картон парағына банкноттар, монеталар және құндылықтар салынған сөмкелерді пломбалау үшін клиенттің қысқартылған атауы немесе тегі, аты, әкесінің аты (ол бар болса) көрсетілген нақты екі жақты пломбиратордың бедерімен бекітілген.</w:t>
+      94. Клиент банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банкке, инкассаторлық ұйымға пломбаның екі үлгісін ұсынады. Банкноттарды, монеталарды және құндылықтарды банктің инкассация бөлімшесінде, инкассаторлық ұйымда сақтаған жағдайда пломба үлгісінің қосымша бір данасын ұсынады. Пломбалардың үлгілері картон парағына банкноттар, монеталар және құндылықтар салынған сөмкелерді пломбалау үшін клиенттің қысқартылған атауы немесе тегі, аты, әкесінің аты (ол болған жағдайда) көрсетілген нақты екі жақты пломбиратордың бедерімен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z137" w:id="139"/>
-[...15 lines deleted...]
-      95. Банктің инкассация бөлімшесінің басшысы, инкассаторлық ұйым клиенттен алынған пломбалардың үлгілерін тексереді және банктің, инкассаторлық ұйымының пломбасын клиенттің пломбасы үлгісінің астындағы шпагатқа қолдана отырып куәландырады және клиенттердің тізімінде тіркелген оның нөмірін және оларға бекітіліп берілген сөмкелер нөмірін көрсетеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысы клиенттен алынған пломбалардың үлгілерін тексереді және банктің, инкассаторлық ұйымының пломбасын клиенттің пломбасы үлгісінің астындағы шпагатқа салу арқылы оларды куәландырады және Тізімде тіркелген оның нөмірі мен оған бекітіліп берілген сөмкелер нөмірін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пломбаның куәландырылған үлгісінің бір данасы клиентке сөмкелерді алған кезде банктің, инкассациялау ұйымының қызметкеріне ұсыну үшін беріледі. Екінші данасы клиенттің сөмкесін алған кезде пломбаның сәйкестігін тексеру үшін банктің касса қызметкеріне беріледі. Пломба үлгісінің қосымша данасы клиенттің сөмкелерін сақтау кезінде пломбалардың сәйкестігін тексеру үшін банктің инкассация бөлімшесінде, инкассаторлық ұйымда болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банкноттардың, монеталардың және құндылықтардың сақталуын қамтамасыз ететін және тұтастықтың бұзылуының көрінетін белгілерінсіз ашылуына жол бермейтін сөмкелерді жабуға (сүргі салуға) арналған өзге де құрылғыларды пайдалануға болады. Сөмкелерді жабуға (сүргі салуға) арналған өзге де құрылғыларды пайдалану тәртібі банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассаторлық ұйымның ішкі құжаттарымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 94-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">95. Алып тасталды - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Банкноттар, монеталарды және құндылықтарды инкассациялауды банктің инкассация бөлімшесі қызметкерлері бригадасы, инкассаторлық ұйым автомобиль, теміржол және әуе көлігімен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="141"/>
+    <w:bookmarkStart w:name="z139" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       97. Банкноттарды, монеталарды және құндылықтарды автомобиль көлігімен инкассациялау Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19391 болып тіркелген Қазақстан Республикасы Ұлттық Банкінің 2019 жылғы 10 қыркүйектегі № 159 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген, Қазақстан Республикасында автомобильмен инкассаторлық тасымалдауды ұйымдастыру жөніндегі нұсқаулыққа сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z140" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Банктің инкассация бөлімшесінің, инкассаторлық ұйым қызметкерлерінің бригадасы кемінде үш адамнан тұрады. Инкассатор жүргізуші банкноттар, монеталар және құндылықтар салынған сөмкелердің сақталуын қамтамасыз етеді және бригада жетекшісі мен жинаушы инкассатордың жұмысын бақылайды. Жинаушы инкассатор клиенттердің сөмкелерін қабылдауды және тапсыруды жүзеге асырады, бригада жетекшісі автомобиль көлігінен клиентке дейін және кері бағытта тасымалдау және алып жүру кезінде оның қауіпсіздігін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z140" w:id="142"/>
-[...15 lines deleted...]
-      98. Банктің инкассация бөлімшесінің, инкассаторлық ұйым қызметкерлерінің бригадасы кемінде үш адамнан тұрады. Инкассатор жүргізуші банкноттар, монеталар және құндылықтар салынған сөмкелердің сақталуын қамтамасыз етеді және бригада жетекшісі мен жинаушы инкассатордың жұмысын бақылайды. Жинаушы инкассатор клиенттердің сөмкелерін қабылдауды және тапсыруды жүзеге асырады, бригада жетекшісі автомобиль көлігінен клиентке дейін және кері бағытта тасымалдау және алып жүру кезінде оның қауіпсіздігін қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Инкассаторлар бригадасын екі адамнан - жинаушы инкассатор және инкассатор жүргізушіден тұратын құруға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z141" w:id="143"/>
-[...15 lines deleted...]
-      99. Инкассаторлар бригадасын екі адамнан - жинаушы инкассатор және инкассатор жүргізушіден тұратын құруға:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) автокөлікте бейнекамералар болғанда, ондағы жазба банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысы немесе кезекші инкассатордың онлайн режимде қарауы үшін қолжетімді болғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнайы бояумен жабдықталған кейстер мен контейнерлерді пайдаланғанда рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Банкноттарды, монеталарды және құндылықтарды инкассациялау бағыты мен кестесі клиентпен келісу бойынша айқындалады. Банкноттарды, монеталарды және құндылықтарды инкассациялау бағыты мен кестесін айқындау тәртібі банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассациялау ұйымының ішкі құжаттарында реттеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:p>
-[...51 lines deleted...]
-      100. Банкноттарды, монеталарды және құндылықтарды инкассациялау бағыты мен кестесі клиентпен келісу бойынша айқындалады. Банкноттарды, монеталарды және құндылықтарды инкассациялау бағыты мен кестесін айқындау тәртібі банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассациялау ұйымының ішкі құжаттарында реттеледі.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Банктің инкассация бөлімшесінің, инкассация ұйымының басшысы немесе кезекші инкассаторы инкассация бағыты бойынша банктің инкассация бөлімшесінің, инкассация ұйымының қызметкерлері бригадасының шығуы алдында тапсырманы орындау үшін нұсқау жүргізеді және мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z143" w:id="145"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жинаушы инкассаторға:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9220,250 +9860,250 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       банктің инкассация бөлімшесі, инкассаторлық ұйымның қызметкерінің қызметтік куәлігін береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Инкассация бағыты аяқталғаннан кейін банктің инкассация бөлімшесі, инкассаторлық ұйым қызметкерлерінің бригадасы осы тармақта көрсетілген құжаттарды банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысына немесе кезекші инкассаторға қайтарады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="146"/>
+    <w:bookmarkStart w:name="z144" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      102. Банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысы немесе кезекші инкассатор Қағидаларға </w:t>
+      102. Банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысы немесе кезекші инкассаторы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыру кезінде берілген және алынған құжаттар мен қаражатты есепке алуға арналған журналды жүргізеді.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыру кезінде берілген және алынған құжаттар мен қаражатты есепке алуға арналған журналды (бұдан әрі – Берілген және алынған құжаттарды есепке алуға арналған журнал) жүргізеді. Берілген және алынған құжаттарды есепке алуға арналған журналдағы жазбалар ол толығымен пайдаланылғанға дейін жасалады және оны пайдалану аяқталғаннан кейін 3 (үш) жыл бойы сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 102-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Банктің инкассация бөлімшесі, инкассаторлық ұйымның қызметкерлерінің бригадасы керек-жарақпен, жеке қорғаныс құралдарымен, оның ішінде бронежилеттермен, каскалармен (дулыға), сондай-ақ қызметтік қарумен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z146" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының мүшелеріне олардың қызметтік міндеттерін атқару уақыты кезінде қару-жарақ, оған оқ-дәрі ұстауға рұқсат беру, сондай-ақ қызметтік қару-жарақ және оларға оқ-дәріні есепке алу, сақтау және қолдану жекелеген қару-жарақ түрлерінің айналымын мемлекеттік бақылау саласындағы Қазақстан Республикасының заңнамасын сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z147" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...88 lines deleted...]
-      104. Банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының мүшелеріне олардың қызметтік міндеттерін атқару уақыты кезінде қару-жарақ, оған оқ-дәрі ұстауға рұқсат беру, сондай-ақ қызметтік қару-жарақ және оларға оқ-дәріні есепке алу, сақтау және қолдану жекелеген қару-жарақ түрлерінің айналымын мемлекеттік бақылау саласындағы Қазақстан Республикасының заңнамасын сәйкес жүзеге асырылады.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Банкноттар, монеталар және құндылықтарды қабылдау, жинау, жеткізу және өткізуді жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z147" w:id="149"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z148" w:id="150"/>
+    <w:bookmarkStart w:name="z148" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       105. Инкассациялануға тиіс банкноттар, монеталар және құндылықтар жолдама құжат жасалып, сөмкелерге оралады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z149" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Жолдама құжаттың нысанын банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым белгілейді, ол мынадай мәліметтерден тұрады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z149" w:id="151"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жолдама құжаттың нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9471,181 +10111,243 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сөмкені қалыптастыру күні;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) клиенттің атауы немесе тегі, аты, әкесінің аты (ол бар болса);</w:t>
+      3) клиенттің атауы немесе тегі, аты, әкесінің аты (ол болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сөмкені қабылдайтын банктің атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) сөмкедегі банкноттар, монеталар және құндылықтардың жалпы сомасы;</w:t>
-[...17 lines deleted...]
-      6) банкноттар, монеталар және құндылықтардың номиналы, саны және әрбір номиналдың сомасы бойынша тізімдемесі;</w:t>
+      5) сөмкедегі банкноттардың, монеталардың және құндылықтардың жалпы сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) банкноттардың, монеталардың және құндылықтардың номиналы, саны және әрбір номиналдың сомасы бойынша тізімдемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сөмкеге соғылған пломбаның нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) клиенттің тегі, аты, әкесінің аты (ол бар болса), лауазымы және қолы.</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z150" w:id="152"/>
+      8) клиенттің тегі, аты, әкесінің аты (ол болған жағдайда), лауазымы және қолы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жолдама құжат клиент, банк пен жинаушы инкассатор үшін үш данада жасалады. Сөмке жеткізіліп, тапсырылғаннан кейін жинаушы инкассатор жолдама құжатты банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысына немесе кезекші инкассаторына тапсырады, ол жеке папкаға тігіледі және кемінде 1 (бір) жыл сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 106-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       107. Клиенттерден банкноттар, монеталар және құндылықтар қабылдауды жинаушы инкассатор жүзеге асырады, ол мыналарды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) сөмкенің бүтіндігін; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9736,224 +10438,224 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="153"/>
+    <w:bookmarkStart w:name="z151" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108. Банкноттар, монеталар және құндылықтарды жинауды жүзеге асыру мақсатында банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының жетекшісі жинаушы инкассатордан келу карточкасын және банкноттар, монеталар және құндылықтар салынған сөмкені қабылдайды. Банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының жетекшісі Қағидалардың 107-тармағына сәйкес сөмкені тексереді және жинаушы инкассаторға келу карточкасын қайтарады және келесі клиенттің бос сөмкесін береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z152" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Клиенттердің банкноттарын, монеталарын және құндылықтарын жинауды жүзеге асырғаннан кейін банктің инкассация бөлімшесінің, инкассаторлық ұйым қызметкерлерінің бригадасы банкноттар, монеталар және құндылықтарды банкноттарды, монеталарды және құндылықтарды инкассациялау маршруты мен графигіне сәйкес жеткізуді, сондай-ақ жолдама құжаттардың негізінде банкноттар, монеталар және құндылықтарды клиентке өткізуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z152" w:id="154"/>
-[...15 lines deleted...]
-      109. Клиенттердің банкноттарын, монеталарын және құндылықтарын жинауды жүзеге асырғаннан кейін банктің инкассация бөлімшесінің, инкассаторлық ұйым қызметкерлерінің бригадасы банкноттар, монеталар және құндылықтарды банкноттарды, монеталарды және құндылықтарды инкассациялау маршруты мен графигіне сәйкес жеткізуді, сондай-ақ жолдама құжаттардың негізінде банкноттар, монеталар және құндылықтарды клиентке өткізуді жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Банкноттарды, монеталарды және құндылықтарды тасымалдауды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z153" w:id="155"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z154" w:id="156"/>
+    <w:bookmarkStart w:name="z154" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       110. Банкноттар, монеталар және құндылықтарды бір әкімшілік-аумақтық бірліктен екіншісіне жеткізу үшін банкноттар, монеталар және құндылықтарды тасымалдау жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноттар, монеталар және құндылықтарды тасымалдау кезінде банкноттар, монеталар және құндылықтарды инкассациялауды жүзеге асыратын ұйым банкноттарды, монеталарды және құндылықтарды қабылдауды, жеткізуді, тапсыруды және қажет болған жағдайда сақтауды жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="157"/>
+    <w:bookmarkStart w:name="z155" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       111. Банкноттар, монеталар және құндылықтарды тасымалдау банктің инкассация бөлімшесі, инкассаторлық ұйымның қызметкерлері бригадасының жетекшісіне клиентті, цифрмен және жазумен тасымалданатын банкноттардың, монеталардың және құндылықтардың сомасын, банкноттарды, монеталарды және құндылықтарды тасымалдау үшін тағайындалған бригаданың құрамына кіретін инкассаторларды, сенімхаттың қолданыс мерзімін көрсетумен банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассаторлық ұйымның басшысы немесе олардың орнындағы тұлғалар қол қойған сенімхат болған жағдайда жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z156" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Банктің инкассация бөлімшесі, инкассаторлық ұйым қызметкерлерінің банкноттарды, монеталарды және құндылықтарды тасымалдау үшін қабылдауы банкноттар бумалары орамының, монеталар салынған қаптардың бүтіндігін, банкноттардың әрбір бумасындағы түбіртектердің санын, банкноттар бумасындағы жапсырмада және монеталар салынған қаптарға жапсырылған жапсырмада көрсетілген мәліметтердің дұрыстығын, пломбиратор бедерінің, банкноттар бумасының орамындағы клишенің бүтіндігі мен айқындығын тексерумен жөнелтуші клиент қол қойған шығыс кассалық немесе баланстан тыс ордерлердің негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z156" w:id="158"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банктің инкассация бөлімшесі, инкассаторлық ұйым қызметкерлерінің бригадасы оларды тексеру кезінде орамынан және ресімделуінен анықтаған ақаулары бар банкноттар бумалары, монеталар салынған қаптар қабылданбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="159"/>
+    <w:bookmarkStart w:name="z157" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       113. Банкноттарды, монеталарды және құндылықтарды тексергеннен кейін банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері оларды сөмкелерге жөнелтуші клиенттің көзінше орап салады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әрбір сөмкенің ауызы тігіледі және шпагатпен мықтап байланады, шпагаттың ұшына матадан жасалған жапсырма бекітіледі, онда орамның күні және Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9966,204 +10668,284 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша тасымалданатын банкноттардың, монеталардың және құндылықтардың тізімдемесіндегі нөмірге сәйкес сөмкенің реттік нөмірі көрсетіледі, шпагаттың ұшы қатты түйіншектеліп байланады, сөмкеге пломба соғылады және жапсырмасына жөнелтуші клиент қол қояды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банкноттарды, монеталарды және құндылықтарды қабылдағаннан кейін банктің инкассация бөлімшесінің, инкассаторлық ұйым қызметкерлерінің бригадасы жөнелтуші клиенттің шығыс кассалық немесе баланстан тыс ордерлеріне қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="160"/>
-[...34 lines deleted...]
-      1) бірінші данасы конвертке салынып, сүргі соғылады және банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының жетекшісі арқылы алушы клиентке жөнелтіледі; </w:t>
+    <w:bookmarkStart w:name="z158" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Банкноттарды, монеталарды және құндылықтарды тасымалдау үшін жөнелтуші клиент тасымалданатын банкноттардың, монеталардың және құндылықтардың тізімдемесін үш данада жасайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірінші данасы конвертке салынып, сүргі соғылады және банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының жетекшісі арқылы алушы клиентке жөнелтіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) екінші данасы банкноттарды, монеталарды және құндылықтарды қабылдау және өткізу үшін банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасына беріледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) үшінші данасы жөнелтуші клиентте қалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банкноттарды, монеталарды және құндылықтарды қабылдау мен өткізу жүзеге асырылғаннан кейін инкассаторлар бригадасының жетекшісі тасымалданатын банкноттардың, монеталардың және құндылықтардың тізімдемесін банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысына немесе кезекші инкассаторына тапсырады, ол жеке папкаға тігіледі және кемінде 1 (бір) жыл сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 114-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       115. Банкноттарды, монеталарды және құндылықтарды тасымалдау автомобиль және (немесе) теміржол және (немесе) әуе көлігімен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z160" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Банкноттарды, монеталарды және құндылықтарды тасымалдау тапсырманы орындайтын банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының алып жүруімен банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысының немесе кезекші инкассатордың тапсырмасы бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z160" w:id="162"/>
-[...15 lines deleted...]
-      116. Банкноттарды, монеталарды және құндылықтарды тасымалдау тапсырманы орындайтын банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының алып жүруімен банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысының немесе кезекші инкассатордың тапсырмасы бойынша жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. Банкноттарды, монеталарды және құндылықтарды тасымалдау кезіндегі банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының құрамын тасымалданатын банкноттардың, монеталардың және құндылықтардың сомасы мен көлеміне байланысты банктің инкассация бөлімшесі, инкассаторлық ұйым белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z161" w:id="163"/>
-[...15 lines deleted...]
-      117. Банкноттарды, монеталарды және құндылықтарды тасымалдау кезіндегі банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының құрамын тасымалданатын банкноттардың, монеталардың және құндылықтардың сомасы мен көлеміне байланысты банктің инкассация бөлімшесі, инкассаторлық ұйым белгілейді.</w:t>
+    <w:bookmarkStart w:name="z162" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Банкноттарды, монеталарды және құндылықтарды банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының алып жүруінсіз әуе көлігімен тасымалдау мынадай талаптарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z162" w:id="164"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) банкноттар, монеталар және құндылықтарды әуе көлігінің бағалы жүктерге арналған жүк бөлігінің арнайы бөлімінде тасымалдау бойынша авиациялық қызметтерді ұсыну туралы әуе компаниясымен жасалған шарттың болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10210,496 +10992,576 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) банкноттар, монеталар және құндылықтарды әуе көлігінің бортына (бортынан) тиеуді (түсіруді) оның ұшу (отыру) сәтіне дейін банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының қатысуымен жүзеге асыру; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) банкноттар, монеталар және құндылықтарды оларды ашылып кетуден қорғайтын толық герметикалығын қамтамасыз ететін сөмкелерде тасымалдануы жүзеге асырылуы сақтаған кезде рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="165"/>
+    <w:bookmarkStart w:name="z163" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119. Банктің инкассация бөлімшесінің, инкассаторлық ұйым қызметкерлерінің бригадасы теміржол және (немесе) әуе көлігіне автомобиль көлігімен барады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Инкассаторлар бригадасын теміржол және (немесе) әуе көлігінің жүру орнына жеткізген жүргізуші инкассатор отырғызу барысын қадағалайды және теміржол және (немесе) әуе көлігі жүріп кеткеннен кейін кетеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым теміржол және (немесе) әуе көлігі келгеннен кейін банкноттарды, монеталарды және құндылықтарды алушы клиентке жеткізуді қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="166"/>
+    <w:bookmarkStart w:name="z164" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120. Банкноттарды, монеталарды және құндылықтарды өткізген кезде жетіспеу немесе артық шығу анықталған жағдайда бумалар және түбіртектер бойынша еркін нысанда кем немесе артық шығу актісін жасайды, оған алушы клиент және банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері бригадасының мүшелері қол қояды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z165" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. Банкноттар, монеталар және құндылықтарды сақтауды жүзеге асыру тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z165" w:id="167"/>
+    <w:bookmarkStart w:name="z166" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым сақтауға қабылданған банкноттардың, монеталардың және құндылықтардың есепке алынуын, сақталуын, бүтіндігін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банкноттарды, монеталарды және құндылықтарды клиентке немесе банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассаторлық ұйымның қоймасында немесе сейф бөлмесінде сақтауға тапсыру банкноттардың, монеталардың және құндылықтардың тапсырылғанын растайтын құжат негізінде жүзеге асырылады. Банкноттардың, монеталардың және құндылықтардың тапсырылғанын растайтын құжаттың нысаны банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассаторлық ұйымның ішкі құжаттарында бекітіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 121-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Банкноттарды, монеталарды және құндылықтарды банктің инкассация бөлімшесінде, инкассаторлық ұйымда сақтау Үй-жайларды күзетуді және жайластыруды ұйымдастыру қағидаларында белгіленген талаптарға сәйкес келетін қоймаларда немесе сейф бөлмелерінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z168" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      123. Инкассацияланған банкноттар, монеталар және құндылықтармен бірге банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері қоймадағы немесе сейф бөлмесіндегі сейфтердің (металл шкафтардың) бірінде келу карточкасын, сенімхатты, қызметтік куәліктерді орналастырады және құлыпқа жабады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс күні ішінде бірнеше бағыт болған жағдайда, жұмыс күніндегі соңғы бағыт аяқталғаннан кейін банктің инкассация бөлімшесі, инкассаторлық ұйым қызметкерлерінің сенімхатын және қызметтік куәлігін қоймадағы немесе сейф бөлмесіндегі сейфтердің (металл шкафтардың) бірінде орналастырады және жабады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 123-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z169" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Банкноттарды, монеталарды және құндылықтарды сақтауды жүзеге асыру тәртібі банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассаторлық ұйымның ішкі құжаттарымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z170" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-параграф. Банкноттар, монеталар және құндылықтарды сақтауды жүзеге асыру тәртібі</w:t>
-[...159 lines deleted...]
-      124. Банкноттарды, монеталарды және құндылықтарды сақтауды жүзеге асыру тәртібі банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын банктің, инкассаторлық ұйымның ішкі құжаттарымен айқындалады.</w:t>
+        <w:t xml:space="preserve"> 5-параграф. Банкноттары, монеталары және құндылықтары бар клиентті алып жүруді жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z170" w:id="172"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5-параграф. Банкноттары, монеталары және құндылықтары бар клиентті алып жүруді жүзеге асыру тәртібі</w:t>
+    <w:bookmarkStart w:name="z171" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Банкноттары, монеталары және құндылықтары бар клиенттің қызметкерлерін алып жүру банкноттарды, монеталарды және құндылықтарды инкассациялау шартының негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z171" w:id="173"/>
-[...15 lines deleted...]
-      125. Банкноттары, монеталары және құндылықтары бар клиенттің қызметкерлерін алып жүру банкноттарды, монеталарды және құндылықтарды инкассациялау шартының негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z172" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысы банкноттары, монеталары және құндылықтары бар клиенттің қызметкерлерін алып жүруге клиенттің өтінімінің негізінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z172" w:id="174"/>
-[...15 lines deleted...]
-      126. Банктің инкассация бөлімшесінің, инкассаторлық ұйымның басшысы банкноттары, монеталары және құндылықтары бар клиенттің қызметкерлерін алып жүруге клиенттің өтінімінің негізінде:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) банкноттары, монеталары және құндылықтары бар клиенттің қызметкерлерін алып жүру маршрутын және графигін жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) банкноттары, монеталары және құндылықтары бар клиенттің қызметкерлерін алып жүру үшін банктің инкассация бөлімшесі, инкассаторлық ұйым қызметкерлерінің бригадасын қалыптастыруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Бір клиенттің қызметкерлерін алып жүру кезінде банктің инкассация бөлімшесінің, инкассаторлық ұйым қызметкерлерінің бригадасының құрамы кемінде екі қызметкерден тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:p>
-[...55 lines deleted...]
-    <w:bookmarkStart w:name="z174" w:id="176"/>
+    <w:bookmarkStart w:name="z174" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       128. Банкноттары, монеталары және құндылықтары бар клиенттің қызметкерлерін маршрутқа және графикке сәйкес алып жүру аяқталғаннан кейін клиент келу карточкасын толтырады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z175" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. Банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері банкноттары, монеталары және құндылықтары бар клиенттің қызметкерлерін алып жүру кезінде банкноттарды, монеталарды және құндылықтарды қабылдауды, орауды жүргізбейді және сөмкеге салынғанның толықтығы үшін жауап бермейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z175" w:id="177"/>
-[...15 lines deleted...]
-      129. Банктің инкассация бөлімшесінің, инкассаторлық ұйымның қызметкерлері банкноттары, монеталары және құндылықтары бар клиенттің қызметкерлерін алып жүру кезінде банкноттарды, монеталарды және құндылықтарды қабылдауды, орауды жүргізбейді және сөмкеге салынғанның толықтығы үшін жауап бермейді.</w:t>
+    <w:bookmarkStart w:name="z176" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-параграф. Банкноттарды, монеталарды және құндылықтарды қайта санау, сұрыптау, орау, сақтау, сондай-ақ оларды банктерге және банктердің тапсырмасы бойынша олардың клиенттеріне беру жөніндегі инкассаторлық ұйымдардың қызметіне қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z176" w:id="178"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 6-параграф. Банкноттарды, монеталарды және құндылықтарды қайта санау, сұрыптау, орау, сақтау, сондай-ақ оларды банктерге және банктердің тапсырмасы бойынша олардың клиенттеріне беру жөніндегі инкассаторлық ұйымдардың қызметіне қойылатын талаптар</w:t>
+    <w:bookmarkStart w:name="z177" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Инкассаторлық ұйым банкноттар, монеталар және құндылықтарды қайта санау, сұрыптау, орау, сақтау, сондай-ақ оларды банктерге және банктердің тапсырмасы бойынша олардың клиенттеріне беру жөніндегі қызметті жүзеге асыру үшін мынадай үй-жайлардың болуын қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z177" w:id="179"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) қойма және (немесе) сейф бөлмесі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10728,51 +11590,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) банкноттарды, монеталарды және құндылықтарды қайта санау жүргізуге арналған үй-жайлар. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың бірінші бөлігінде көрсетілген үй-жайлардың жайластырылуы Үй-жайларды күзетуді және жайластыруды ұйымдастыру қағидаларының талаптарына сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="180"/>
+    <w:bookmarkStart w:name="z178" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       131. Инкассаторлық ұйым банкноттарды, монеталарды және құндылықтарды қайта санау, сұрыптау, орау бойынша қызметті Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11067,51 +11929,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>56-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банкноттар түбіртектерінің бандерольдерінде номиналы, сомасы, қалыптастыру күні, штампы немесе коды, сондай-ақ банкноттарды қайта санау, сұрыптау, орау жүргізген инкассаторлық ұйым қызметкерінің (қызметкерлер бригадасының) қолы (қолдары) көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11360,51 +12222,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="181"/>
+    <w:bookmarkStart w:name="z179" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       132. Инкассаторлық ұйым банкноттарды, монеталарды және құндылықтарды сақтау бойынша қызметін Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11519,52 +12381,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>80-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген талаптарға сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z180" w:id="182"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z180" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       133. Инкассаторлық ұйым банкноттарды, монеталарды және құндылықтарды банктерге және банктердің тапсырмасы бойынша клиенттерден қабылданған сомалар шегінде олардың клиенттеріне беру бойынша қызметті Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11799,51 +12661,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>40-тармақтарының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29675,77 +30537,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инкассациялау жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>операцияларды жүзеге</w:t>
+              <w:t>операцияларды жүзеге асыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>асыру қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>қағидаларына 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -29756,401 +30605,430 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сенімхат</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 28.02.2022 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 19</w:t>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Осы сенімхат ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (банкноттарды, монеталарды және құндылықтарды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инкассациялауды жүзеге асыратын банк, инкассаторлық ұйым)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда), лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттерден _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аудан, қала, облыс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аумағында әрбір жекелеген жағдайда жеке куәлігін не цифрлық құжаттар сервисі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-               Осы сенімхат ____________________________________________________ </w:t>
-[...311 lines deleted...]
-</w:t>
+      арқылы алынған, жинақтаушы-инкассатордың жеке басын растайтын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (сәйкестендіретін) деректерді, келу карточкасын міндетті түрде көрсете отырып, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      банкноттар, монеталар және құндылықтар салынған пломбаланған сөмкелерді алуға </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ________________________________ куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сенімхат 20___ жылғы "___" ____________ дейінгі мерзімге берілді*.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыратын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктің, инкассаторлық ұйымның басшысы ________ _______________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   (қолы) (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * қолданылу мерзімі өткеннен кейін кемінде 3 (үш) жыл сақталады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -33256,469 +34134,469 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 231 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z187" w:id="183"/>
+    <w:bookmarkStart w:name="z187" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Қазақстан Республикасы Ұлттық Банкі Басқармасының қаулыларының, сондай-ақ Қазақстан Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларының құрылымдық элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z188" w:id="184"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z188" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Банктерде және банк операцияларының жекелеген түрлерiн жүзеге асыратын ұйымдарда кассалық операцияларды және банкноттарды, монеталарды және құндылықтарды инкассациялау бойынша операцияларды жүргізу қағидаларын бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2001 жылғы 3 наурыздағы № 58 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1482 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z189" w:id="185"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z189" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының екінші деңгейдегі банктерінде және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарда касса операцияларын жүргізу ережесін бекіту туралы" 2001 жылғы 3 наурыздағы № 58 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2005 жылғы 12 желтоқсандағы № 156 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4048 болып тіркелген, 2006 жылғы 17 ақпанда "Заң газеті" газетінде № 28-29(835) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z190" w:id="186"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z190" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының Ұлттық Банкі Басқармасының кейбір қаулыларына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық банк басқармасының 2007 жылғы 27 тамыздағы № 90 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4936 болып тіркелген, 2007 жылғы 24 қазанда "Заң газеті" газетінде № 163 (1366) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z191" w:id="187"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z191" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасының Ұлттық Банкі Басқармасының кейбір қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банк Басқармасының 2008 жылғы 28 қарашадағы № 94 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5483 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z192" w:id="188"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z192" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының Ұлттық Банкі Басқармасының кейбір қаулыларына кассалық операцияларды жүргізу кезінде автоматтандырылған кассаны қолдану және екінші деңгейдегі банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың үй-жайларын күзетуді, жайластыруды ұйымдастыру мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2009 жылғы 24 шілдедегі № 65 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5843 болып тіркелген, 2009 жылғы 22 желтоқсанда "Заң газеті" газетінде № 193 (1616) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z193" w:id="189"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z193" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Ұлттық Банкінің сәйкестендіру нөмірлерінің мәселелері жөніндегі кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Ұлттық Банк төрағасының 2010 жылғы 20 тамыздағы № 76 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6534 болып тіркелген, 2010 жылғы 21 қазанда "Егемен Қазақстан" газетінде № 435 (26278) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z194" w:id="190"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z194" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне сәйкестендіру нөмірлерінің мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 1 шілдедегі № 65 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7122 болып тіркелген, 2011 жылғы 15 қыркүйекте "Заң газеті" газетінде № 133 (1949) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z195" w:id="191"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z195" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының екінші деңгейдегі банктерінде және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарда касса операцияларын және банкноталарды, монеталарды және құндылықтарды инкассациялау операцияларын жүргізу ережесін бекіту туралы" 2001 жылғы 3 наурыздағы № 58 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 тамыздағы № 252 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7985 болып тіркелген, 2012 жылғы 28 қарашада "Егемен Қазақстан" газетінде № 778-784 (27855) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z196" w:id="192"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z196" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Банкноттарды, монеталарды және құндылықтарды есепке алу, сақтау, тасымалдау және инкассациялау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 тамыздағы № 254 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7995 болып тіркелген, 2012 жылғы 28 қарашада "Егемен Қазақстан" газетінде № 778-784 (27855) жарияланған). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z197" w:id="193"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z197" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі операцияны жүргізуге арналған Қазақстан Республикасы Ұлттық Банкінің лицензиясы бар ұйымдар жүзеге асыратын банкноттарды, монеталарды және құндылықтарды қайта санау, сұрыптау, орау, сақтау, сондай-ақ оларды банктерге және банктердің тапсырмасы бойынша олардың клиенттеріне беру жөніндегі қызметке қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 тамыздағы № 257 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7956 болып тіркелген, 2012 жылғы 7 қарашада "Егемен Қазақстан" газетінде № 729-734 (27806) жарияланған). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z198" w:id="194"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z198" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2013 жылғы 27 мамырдағы № 128 қаулысымен бекітілген Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне енгізілетін өзгерістер тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33753,265 +34631,265 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8567 болып тіркелген, 2013 жылғы 7 тамызда "Заң газеті" газетінде № 116 (2317) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z199" w:id="195"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z199" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне Қазақстан Республикасында кәсіпкерлік қызмет үшін жағдайды түбегейлі жақсарту мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 25 ақпандағы № 28 қаулысымен бекітілген Қазақстан Республикасында кәсіпкерлік қызмет үшін жағдайды түбегейлі жақсарту мәселелері бойынша Қазақстан Республикасының өзгерістер енгізілетін нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10715 болып тіркелген, 2015 жылғы 6 мамырда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z200" w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z200" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларына Қазақстан Республикасындағы қолма-қол ақша айналысы мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 19 желтоқсандағы № 230 қаулысымен бекітілген Қазақстан Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларына Қазақстан Республикасындағы қолма-қол ақша айналысы мәселелері бойынша Қазақстан Республикасы Ұлттық Банкі Басқармасының өзгерістер енгізілетін қаулылары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13316 болып тіркелген, 2016 жылғы 14 наурызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z201" w:id="197"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z201" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Ұлттық Банкінің кейбір қаулыларына қолма-қол ақша айналысы мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 29 қазандағы № 265 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18173 болып тіркелген, 2019 жылғы 23 қаңтарда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z202" w:id="198"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z202" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасының Ұлттық Банкі Басқармасының кейбір қаулыларына банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың үй-жайларын күзетуді және жайластыруды ұйымдастыру, банкноттарды, монеталарды және құндылықтарды есепке алу, сақтау, тасымалдау және инкассациялау мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 31 қаңтардағы № 18 қаулысымен бекітілген Қазақстан Республикасының Ұлттық Банкі Басқармасының кейбір қаулыларына банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың үй-жайларын күзетуді және жайластыруды ұйымдастыру, банкноттарды, монеталарды және құндылықтарды есепке алу, сақтау, тасымалдау және инкассациялау мәселелері бойынша Қазақстан Республикасы Ұлттық Банкі Басқармасының өзгерістер енгізілетін қаулылары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18297 болып тіркелген, 2019 жылғы 25 ақпанда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34337,31 +35215,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>