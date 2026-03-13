--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a398258" w14:textId="a398258">
+    <w:p w14:paraId="9bc7dd2" w14:textId="9bc7dd2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1804,247 +1804,209 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қабылданған күннен бастап күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      7-2. Мәні үтірден кейін 2 (екі) белгіге дейінгі дәлдікпен 0-ден 1-ге дейінгі аралықта болатын түзету коэффициенті Қазақстан қор биржасында (бұдан әрі – ҚҚБ) ұлттық валютада жасалатын репо операциялары бойынша ашық позициялардың жалпы көлемінде репо операциялары бойынша банктік емес сатып алушылардың күнделікті ашық позицияларының күнтізбелік жылдағы орташа үлес салмағы ретінде айқындалады. Репо операциялары бойынша банктік емес сатып алушыларға репо операцияларын өз атынан және меншікті активтер есебінен жасайтын банктер мен Қазақстан Республикасының Ұлттық Банкін қоспағанда, репо операциялары бойынша барлық сатып алушылар жатады. </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...43 lines deleted...]
-</w:t>
+      Ұлттық валютадағы репо операциялары бойынша түзету коэффициентін ҚҚБ өткен күнтізбелік жылдың қорытындылары бойынша есептейді, ҚҚБ-ның ресми интернет-ресурсында ағымдағы жылғы бірінші айдың оныншы жұмыс күнінен кешіктірмей жарияланады және ағымдағы жылғы алғашқы айқындау кезеңінен бастап ағымдағы жылы қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7-2. Ұлттық валютадағы репо операциялары бойынша түзету коэффициенті 0,7-ге (нөл бүтін оннан жеті) тең деп қабылданады.</w:t>
-[...17 lines deleted...]
-      Шетел валютасындағы репо операциялары бойынша түзету коэффициенті 1 (бірге) тең деп қабылданады.</w:t>
+      Шетел валютасындағы репо операциялары бойынша түзету коэффициенті 1-ге (бір) тең деп қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 7-2-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 25.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қабылданған күннен бастап күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="21"/>
+    <w:bookmarkStart w:name="z80" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-3. Ең төмен резервтік талаптарды есептеу үшін қабылданатын банк міндеттемелерінің үшінші санатына мынадай шарттар сақталған кезде банк шығарған облигациялар бойынша банктің міндеттемелері жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облигациялардың айналыс мерзімі – кемінде 3 (үш) жыл;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2189,90 +2151,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қабылданған күннен бастап күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="22"/>
+    <w:bookmarkStart w:name="z22" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ең төмен резервтік талаптарды есептеу үшін қабылданатын банк міндеттемелерінің әрбір санаты үшін ең төмен резервтік талаптары, есептеу тәртібі Қағидалардың 7-тармағында айқындалған банк міндеттемелерінің әрбір санаты бойынша орташа алынған шамаларын міндеттемелердің тиісті санаттары бойынша ең төмен резервтік талаптардың нормативіне көбейту жолымен есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z23" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z23" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ең төмен резервтік талаптар ең төмен резервтік талаптарды есептеу үшін қабылданатын банк міндеттемелерінің әрбір санаты бойынша ең төмен резервтік талаптардың көрсеткіштерін қосу жолымен есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қолдау қаражаты міндеттемелерінде ескерілген банктер үшін ең төмен резервтік талаптар қайтарылуға тиіс мемлекеттік қолдау қаражаты сомасының (айқындау кезеңінің соңғы күніндегі жағдай бойынша сыйақыны есептемегенде негізгі борыш сомасы) 10 (он) пайызы болатын шамаға ұлғайтылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2345,70 +2307,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қабылданған күннен бастап күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="24"/>
+    <w:bookmarkStart w:name="z24" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ең төмен резервтік талаптар Қазақстан Республикасының Ұлттық Банкіне ұсынылатын мынадай күн сайынғы және ай сайынғы есептер негізінде есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Екінші деңгейдегі банктер есептілігінің тізбесін, нысандарын, мерзімдерін және ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 21 сәуірдегі № 54 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20474 болып тіркелген) (бұдан әрі – № 54 қаулы) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2541,168 +2503,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қабылданған күннен бастап күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="25"/>
+    <w:bookmarkStart w:name="z25" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Ең төмен резервтік талаптарды орындау, ең төмен резервтік талаптарды резервтеу және олардың орындалуын бақылауды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z26" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z26" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Банктің ең төмен резервтік талаптарды орындауы қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган банктік операцияларды жүргізуге лицензия берген күннен бастап жүзеге асырылады және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган банктік операцияларды жүргізуге лицензиядан айырған күні тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z27" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z27" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қалыптастыру кезеңі күнтізбелік жиырма сегіз күнді құрайды, айқындау кезеңі аяқталғаннан кейінгі аптаның бірінші сейсенбісінен басталады және қалыптастырудың жиырма сегіз күндік кезеңінің соңғы дүйсенбісімен аяқталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z28" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z28" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Банк ең төмен резервтік талаптарды орындау үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z76" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z76" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Ұлттық Банкіндегі банктің корреспонденттік шотындағы ұлттық валютамен орташа мәнінің қалдықтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z77" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z77" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) айқындау кезеңіндегі ең төмен резервтік талаптардың 25 (жиырма бес) пайызынан аспайтын көлемдегі банктің кассасындағы ұлттық валютамен қолма-қол ақшаның орташа мәнінің сомасы ретінде қалыптастыру кезеңінде есептелетін резервтік активтерге ақшаны орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2721,90 +2683,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қабылданған күннен бастап күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="31"/>
+    <w:bookmarkStart w:name="z29" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қалыптастыру кезеңіндегі резервтік активтердің орташа шамасы осы кезең үшін есептелген ең төмен резервтік талаптардың мөлшерінен төмен болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z30" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z30" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Ең төменгі резервтік талаптарды орындау мәртебесі банк Қағидалардың 10-тармағында көрсетілген қалыптастыру кезеңінің соңғы жұмыс күні үшін есепті ұсынғаннан кейін "Қазақстан Республикасы Ұлттық Банкінің веб-порталы" ақпараттық жүйесінде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2823,90 +2785,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="33"/>
+    <w:bookmarkStart w:name="z31" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Қазақстан Республикасының Ұлттық Банкі "Қазақстан Республикасы Ұлттық Банкінің веб-порталы" ақпараттық жүйесі арқылы банк ұсынған деректер негізінде қалыптастыру кезеңінің соңғы күнінен кейінгі жетінші жұмыс күні Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ең төмен резервтік талаптардың орындалуы туралы ақпаратты қалыптастыру арқылы ең төмен резервтік талаптардың орындалуын бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3088,68 +3050,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы қағидаларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
+    <w:bookmarkStart w:name="z34" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ең төмен резервтік талаптарды есептеу үшін қабылданатын банк міндеттемелерінің бірінші санаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 25.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10044,68 +10006,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптар туралы қағидаларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ең төмен резервтік талаптарды есептеу үшін қабылданатын банк міндеттемелерінің екінші санаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12094,70 +12056,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Своп операциялары бойынша талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) репо операциялары бойынша міндеттемелерден Қазақстан Республикасының басқа резидент банкі, Қазақстан Республикасының бейрезидент банкі, Қазақстан Республикасының Ұлттық Банкі, шетелдік орталық банк, халықаралық қаржы ұйымы алдындағы міндеттемелер алып тасталады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12295,68 +12257,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптар туралы қағидаларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ең төмен резервтік талаптарды есептеу үшін қабылданатын банк міндеттемелерінің үшінші санаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 25.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13624,68 +13586,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптар туралы қағидаларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ең төмен резервтік талаптарды (бұдан әрі – ЕРТ) орындау туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 25.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33662,402 +33624,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 229 қаулысына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="39"/>
+    <w:bookmarkStart w:name="z66" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларының, сондай-ақ Қазақстан Республикасы Ұлттық Банкі Басқармасының күші жойылды деп танылған кейбір қаулыларының құрылымдық элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z67" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z67" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Банктердің ең төмен резервтік талаптарды есептеу үшін қабылданатын міндеттемелерінің құрылымын қоса алғанда, ең төмен резервтік талаптар туралы қағидаларды, ең төмен резервтік талаптарды есептеу, ең төмен резервтік талаптардың нормативтерін орындау, ең төмен резервтік талаптарды резервтеу және олардың нормативтерінің орындалуын бақылауды жүзеге асыру тәртібін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 20 наурыздағы № 38 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10776 болып тіркелген, 2015 жылғы 15 мамырда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z68" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z68" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Банктердің есеп айырысу үшін қабылдайтын міндеттемелерінің құрылымын, ең төменгі резервтік талаптарды орындау шарттарын, резервке қою тәртібін қоса алғанда, ең төменгі резервтік талаптар туралы қағидаларды бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2015 жылғы 20 наурыздағы № 38 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 12 қазандағы № 180 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12354 болып тіркелген, 2015 жылғы 21 желтоқсанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z69" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z69" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Банктердің есеп айырысу үшін қабылдайтын міндеттемелерінің құрылымын, ең төменгі резервтік талаптарды орындау шарттарын, резервке қою тәртібін қоса алғанда, ең төменгі резервтік талаптар туралы қағидаларды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 20 наурыздағы № 38 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 28 қаңтардағы № 52 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13081 болып тіркелген, 2016 жылғы 5 наурызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z70" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z70" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Банктердің ең төмен резервтік талаптарды есептеу үшін қабылданатын міндеттемелерінің құрылымын қоса алғанда, ең төмен резервтік талаптар туралы қағидаларды, ең төмен резервтік талаптарды есептеу, ең төмен резервтік талаптардың нормативтерін орындау, ең төмен резервтік талаптарды резервтеу және олардың нормативтерінің орындалуын бақылауды жүзеге асыру тәртібін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 20 наурыздағы № 38 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 247 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16259 болып тіркелген, 2018 жылғы 29 қаңтарда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z71" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z71" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне қаржы нарығын реттеу мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 30 шілдедегі № 157 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 30 шілдедегі № 157 қаулысымен бекітілген Қазақстан Республикасының қаржы нарығын реттеу мәселелері бойынша өзгерістер енгізілетін нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17559 болып тіркелген, 2018 жылғы 22 қазанда Нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z72" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z72" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне есептілікті ұсыну мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 30 шілдедегі № 159 қаулысымен бекітілген өзгерістер енгізілетін есептілікті ұсыну мәселелері бойынша Қазақстан Республикасының нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17391 болып тіркелген, 2018 жылғы 2 қазанда Нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z73" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z73" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Банктердің ең төмен резервтік талаптарды есептеу үшін қабылданатын міндеттемелерінің құрылымын қоса алғанда, ең төмен резервтік талаптар туралы қағидаларды, ең төмен резервтік талаптарды есептеу, ең төмен резервтік талаптардың нормативтерін орындау, ең төмен резервтік талаптарды резервтеу және олардың нормативтерінің орындалуын бақылауды жүзеге асыру тәртібін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 20 наурыздағы № 38 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 2 шілдедегі № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19001 болып тіркелген, 2019 жылғы 19 шілдеде Нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>