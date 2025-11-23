--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0eba0a1" w14:textId="0eba0a1">
+    <w:p w14:paraId="17a7f6c" w14:textId="17a7f6c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -169,74 +169,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы қаулы 01.01.2020 бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Микроқаржылық қызмет туралы" 2012 жылғы 26 қарашадағы Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+      "Микроқаржылық қызмет туралы" Қазақстан Республикасы Заңының 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Берілетін микрокредиттер бойынша сыйақының жылдық тиімді мөлшерлемесін есептеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -810,342 +892,466 @@
         <w:t>
       1. Қағидалардың мақсаттары үшін сыйақының жылдық тиімді мөлшерлемесі ретінде микрокредит бойынша дәйекті, жылдық, тиімді, салыстырмалы түрде есептелетін, Қағидаларға сәйкес есептеп шығарылатын сыйақы мөлшерлемесі түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микроқаржы ұйымдары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z32" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) микрокредиттер бойынша сыйақы шамалары туралы ақпаратты тарату, оның ішінде оны жариялау кезінде;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z33" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиентпен жасалатын микрокредит беру туралы шартта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z34" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) микрокредиттерді электрондық тәсілмен ұсынған кезде интернет-ресурста жеке кабинетте, мобильді қосымшада сыйақының жылдық тиімді мөлшерлемесін қаріптері сыйақының басқа мөлшерлемелерімен бірдей көлемдегі және ресімдеу стиліндегі (курсив, жартылай қарайтылған, түспен бояп көрсету) нысанда цифрмен көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиентпен жасалатын микрокредит беру туралы шартта жылдық тиімді сыйақы мөлшерлемесі компьютерлік техника құрылғыларының көмегімен басқа сыйақы мөлшерлемелерімен бір сөйлемде басылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер жалпы талаптар микрокредит беру туралы шартта кесте түрінде көрсетілсе, жылдық тиімді сыйақы мөлшерлемесі басқа мөлшерлемелер көрсетілгеннен кейін келесі жеке жолда (бағанда) көрсетіледі.</w:t>
+      Егер жалпы талаптар микрокредит беру туралы шартта кесте түрінде көрсетілсе, сыйақының жылдық тиімді мөлшерлемесі басқа мөлшерлемелер көрсетілгеннен кейін келесі жеке жолда (бағанда) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроқаржы ұйымдары өзінің интернет-ресурсында (бар болса) микрокредитке байланысты барлық төлемдерді ескере және оның қорытынды мәнін көрсете отырып, қарыз алушылардың жылдық тиімді сыйақы мөлшерлемесін есептеуіне арналған сыйақының жылдық тиімді мөлшерлемесін автоматтандырылған есептеу құралын (калькулятор) орналастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.02.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 7</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkStart w:name="z13" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сыйақының жылдық тиімді мөлшерлемесінің есебі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z35" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) микрокредит беру туралы шарт, микрокредит беру туралы шартқа қосымша келісімдер жасалған күнге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z36" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қарыз алушының ауызша немесе жазбаша талап етуі бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z37" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қарыз алушының ақшалай міндеттемелерінің сомасын (мөлшерін) және (немесе) оларды төлеу мерзімін өзгертуге әкеп соғатын микрокредит беру туралы шартқа өзгерістер мен толықтырулар енгізілген жағдайда жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z38" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қарыз алушы микрокредитке қызмет көрсету кезеңінде осы Қағидалардың 8-1-тармағында көрсетілген және микрокредит беру туралы шарт жасалған күнге жылдық тиімді сыйақы мөлшерлемесінің есебіне енгізілмеген төлемдерді жүзеге асырған жағдайда, қарыз алушыға микрокредит беру туралы шартта көзделген тәртіппен жылдық тиімді сыйақы мөлшерлемесінің мәнінің өзгергені туралы хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Микрокредит беру туралы шарттың талаптары қарыз алушының ақшалай міндеттемелері сомасының (мөлшерінің) және (немесе) оны төлеу мерзімінің өзгеруіне әкеп соғатындай өзгерген кезде сыйақының жылдық тиімді мөлшерлемесінің нақтыланған мәні микрокредит беру туралы шарт қолданыла бастаған мерзімнен бастап қарыз алушы микрокредит бойынша төлеген төлемдерді есептемегенде, талаптарды өзгерту басталған күнгі микрокредитті өтеудің қалған мерзіміне қарай есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z18" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Микрокредит беру туралы шарт бойынша құқықтарды (талап етулерді) беру кезінде Қағидалардың 3-тармағының 2) және 3) тармақшаларында көзделген жағдайларда жылдық тиімді сыйақы мөлшерлемесін есептеуді микрокредит беру туралы шарт бойынша құқықтар (талап етулер) берілген үшінші тұлға жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z19" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Сыйақының жылдық тиімді мөлшерлемесін есептеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z20" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Берілетін микрокредиттер бойынша жылдық тиімді сыйақы мөлшерлемесі мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1368,170 +1574,390 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Pi - қарыз алушының і-ші төлемінің сомасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ti - микрокредит берілген күннен бастап қарыз алушының і-ші төлемі сәтіне дейінгі уақыт кезеңі (күндермен).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Егер сыйақының жылдық тиімді мөлшерлемесін есептеу кезінде алынған санның мәні бір ондық белгіден көп болса, ол былайша ондық бөлшекке дейін дөңгелектенуге тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z22" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер жүздік бөлшек 5-тен көп немесе тең болса, ондық бөлшек 1-ге ұлғайтылады, одан кейінгі барлық белгілер алып тасталады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z23" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер жүздік бөлшек 5-тен аз болса, ондық бөлшек өзгеріссіз қалады, одан кейінгі барлық белгілер алып тасталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z24" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Микрокредит бойынша жылдық тиімді сыйақы мөлшерлемесінің есебіне қарыз алушының оның микрокредит беру туралы шарттың негізгі борышты және (немесе) сыйақыны төлеу бойынша талаптарын сақтамауына байланысты туындаған төлемдерін (айыппұлды, өсімпұлды) қоспағанда, қарыз алушының негізгі борыш пен сыйақы бойынша барлық төлемі, оның ішінде Қағидалардың 8-1-тармағында көрсетілген қарыз алушының үшінші тұлғалардың пайдасына төлейтін өзге де төлемдері кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. Микрокредит бойынша жылдық тиімді сыйақы мөлшерлемесінің есебіне микрокредит беру туралы шарт жасау күніне белгілі үшінші тұлғалардың пайдасына қарыз алушылардың өзге де төлемдер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қарыз алушының сақтандыру (қайта сақтандыру) ұйымының пайдасына кепіл берушінің пайдалануындағы және қарыз алушының міндеттемелерін қамтамасыз ететін кепіл затын сақтандыру шарттарын қоса алғанда, оларды жасасу микрокредит беру (өзгерту) талаптарына әсер ететін не микрокредит талаптарынан туындайтын микрокредит беру кезінде ерікті сақтандыру шарттары шеңберінде жүзеге асырылатын микрокредит сомасы есебінен төленетін төлемдері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) қарыз алушының кепілдік (кепілгерлік) алғаны үшін кепіл болушыға (кепілгерге), бағалаушыға кепілге берілетін мүлікті бағалағаны үшін төлемдер енгізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер микрокредит бойынша жылдық тиімді сыйақы мөлшерлемесін есептеу кезінде осы тармақта көрсетілген төлемдердің мөлшерін микрокредиттеудің бүкіл мерзіміне белгілеу мүмкіндігі болмаса, онда микрокредит бойынша жылдық тиімді сыйақы мөлшерлемесінің есебіне олармен шарттар жасалған күні айқындалған осы тұлғалардың тарифтерін негізге ала отырып, микрокредиттеудің бүкіл мерзімі үшін төлемдер енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микрокредит беру туралы шарт жасалған күні алыну фактісі белгісіз осы тармақта көрсетілген төлемдер қайта есептелген жағдайда нақты төлемнен кейін жылдық тиімді сыйақы мөлшерлемесінің есебінде ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 8-1-тармақпен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Микрокредит беру туралы шартқа өзгерістер мен толықтырулар, оның ішінде қарыз алушының өтініші бойынша енгізілген жағдайда, Қағидалар қолданысқа енгізілгенге дейін қарыз алушымен жасалған микрокредит беру туралы қолданыстағы және сыйақының жылдық тиімді мөлшерлемесінің мәні көрсетілмеген шарт бойынша сыйақының жылдық тиімді мөлшерлемесінің мәні микрокредит беру туралы шартқа қосымша келісімде Қағидалардың 4-тармағында көзделген жағдайларда, микрокредит беру туралы шарт талаптары өзгертіле бастаған күнге, қалған жағдайларда - микрокредит беру туралы шарт жасалған күнге көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z26" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қарыз алушылардың микроқаржы ұйымдарына жүргізілген төлемдері және микроқаржы ұйымдарының қарыз алушыларға төлемдері сыйақының жылдық тиімді мөлшерлемесін есептеу мақсатында олар нақты төленген күнге, болашақтағылары - төлемдер графигі бойынша есепке алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1623,242 +2049,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 208 қаулысына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылатын Қазақстан Республикасы нормативтік құқықтық актілерінің, сондай-ақ Қазақстан Республикасының кейбір нормативтік құқықтық актілерінің құрылымдық элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z29" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Берілетін микрокредиттер бойынша сыйақының жылдық тиімді мөлшерлемесін есептеу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 желтоқсандағы № 378 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8307 болып тіркелген, 2013 жылғы 18 мамырда "Егемен Қазақстан" газетінде № 129 (28068) жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z30" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне банк қызметін және микроқаржы ұйымдарын реттеу мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 30 мамырдағы № 135 қаулысының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13888 болып тіркелген, 2016 жылғы 29 шілдеде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z31" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне коллекторлық қызмет мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 249 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16267 болып тіркелген, 2018 жылғы 5 ақпанда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған) бекітілген Өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының коллекторлық қызмет мәселелері бойынша нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>