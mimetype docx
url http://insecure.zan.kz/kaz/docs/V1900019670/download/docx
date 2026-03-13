--- v0 (2025-11-15)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1380fa5" w14:textId="1380fa5">
+    <w:p w14:paraId="c9c24d3" w14:textId="c9c24d3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1338,52 +1338,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Микроқаржы ұйымы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      қарыз алушыға ашылған кредиттік желі шеңберінде микрокредит (микрокредиттің бір бөлігін) беруді қоспағанда, қарыз алушыға микрокредит беру;</w:t>
+        <w:t xml:space="preserve">
+      қарыз алушыға микрокредит, оның ішінде қарыз алушыға ашылған кредиттік желі шеңберінде микрокредит (микрокредиттің бір бөлігін) беру; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыз алушыға кредиттік желі ашу (кредиттік лимитті белгілеу);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1392,108 +1392,108 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыз алушыға жасалған микрокредит беру туралы шарты (шарттары) шеңберінде қосымша микрокредит беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      Осы тармақтың бірінші бөлігінің талаптары кейіннен мұндай құжаттарды және мәліметтерді талдау нәтижелерін микроқаржы ұйымының бағдарламалық қамтылымында және (немесе) қарыз алушының кредиттік досьесінде сақтай отырып, қарыз алушының кәсіпкерлік қызметін растайтын құжаттарды және (немесе) өзге де мәліметтерді ұсыну жағдайларын қоспағанда, кәсіпкерлік қызметті жүзеге асырумен байланысты мақсаттарға дара кәсіпкерлер болып табылмайтын жеке тұлғаларға берілген қарыздарға қолданылады.</w:t>
+        <w:t>
+      микрокредитті өтеу кестесіне сәйкес осы микрокредит бойынша мерзімді төлемдер мөлшерінің ұлғаюына алып келетін, қарыз алушының ашық кредиттік желісінің және (немесе) микрокредит талаптарының өзгеруі туралы шешімдер қабылданғанға дейін қарыз алушының борыш жүктемесінің коэффициентін есептеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің талаптары кейіннен мұндай құжаттарды және мәліметтерді талдау нәтижелерін микроқаржы ұйымының бағдарламалық қамтылымында және (немесе) қарыз алушының кредиттік досьесінде сақтай отырып, қарыз алушының кәсіпкерлік қызметін растайтын құжаттарды және (немесе) өзге де мәліметтерді ұсыну жағдайларын қоспағанда, кәсіпкерлік қызметті жүзеге асырумен байланысты мақсаттарға дара кәсіпкерлер болып табылмайтын жеке тұлғаларға берілген микрокредиттерге қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 22.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 41</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1796,73 +1796,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4343400" cy="406400"/>
+            <wp:extent cx="4394200" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4343400" cy="406400"/>
+                      <a:ext cx="4394200" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1942,246 +1942,228 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сктом – отбасының кәмелетке толмаған мүшелерінің саны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыз алушының кірісі мына өлшемшарттардың біреуі және (немесе) бірнешеуі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қарыз алушының өтініш жасаған күннің алдындағы 6 (алты) айдағы ресми кірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z57" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қарыз алушының өтініш жасаған күннің алдындағы 6 (алты) айдағы дебеттік карта бойынша шығыстардың орташа айлық сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z58" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қарыз алушының өтініш жасаған күннің алдындағы 6 (алты) айдағы дебеттік картаны толықтырудың орташа айлық сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z59" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қарыз алушының өтініш жасаған күннің алдындағы 6 (алты) айдағы депозиттегі және (немесе) ағымдағы шоттағы қалдықтардың орташа айлық сомасының айларда көрсетілген берілетін кредит мерзіміне қатынасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z60" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қарыз алушының өтініш жасаған күннің алдындағы 6 (алты) ай үшін депозиттерді және (немесе) ағымдағы шоттарды толықтырудың орташа айлық сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z61" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қарыз алушының өтініш жасаған күннің алдындағы 6 (алты) ай үшін депозиттерден және (немесе) ағымдағы шоттардан алынған қаражаттың орташа айлық сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z62" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қарыз алушының өтініш жасаған күннің алдындағы қатарынан күнтізбелік соңғы 6 (алты) айдағы борыш жүктемесі коэффициентінің (0,5) рұқсат етілген ең жоғары мәніне төлем мерзімін өткізусіз жасаған өтелген және (немесе) өтелмеген банктік қарыздар және микрокредиттер бойынша қарыз алушының ай сайынғы төлемдері сомасының орташа мәніне қатынасы ретінде айқындалатын қарыз алушының кірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қарыз алушының өтініш жасаған күннің алдындағы 6 (алты) айдағы жолаушыларды және жүкті таксимен тасымалдаудан орташа айлық кірісі (мұндай кірістер делдал компания арқылы расталған кезде);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) қарыз алушының өтініш жасаған күнінің алдындағы 6 (алты) айдағы жұмыс орнынан түсетін кірістер туралы анықтаманың және (немесе) оқу орнынан алынатын стипендияның мөлшері туралы анықтаманың негізінде есептелген орташа айлық кірісі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...15 lines deleted...]
-       Осы тармақтың екінші бөлігінің 1), 2), 3), 4), 5), 6), 7), 8) және 9) тармақшаларында көрсетілген ақпаратты қарыз алушы тиісті құжаттарды ұсына отырып растайды және (немесе) микроқаржы ұйымы қарыз алушының жазбаша нысанда не қарыз алушының идентификаттау құралы арқылы берген келісімі негізінде сұратады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың екінші бөлігінің 1), 2), 3), 4), 5), 6), 7), 8) және 9) тармақшаларында көрсетілген ақпаратты қарыз алушы тиісті құжаттарды ұсына отырып растайды және (немесе) микроқаржы ұйымы қарыз алушының жазбаша нысанда не қарыз алушының идентификаттау құралы арқылы берген келісімі негізінде сұратады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың екінші бөлігінің 1), 2), 3), 4), 5), 6) және 7) тармақшаларында көрсетілген өлшемшарттар негізінде қарыз алушының кірісін айқындау және қарыз алушының борыш жүктемесінің коэффициентін есептеген кезде қарыз алушының өз шоттары арасында жасаған және банктік қарыздарды және (немесе) микрокредиттерді алуға байланысты операциялары есепке алынбайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2216,148 +2198,166 @@
       Қағидалардың мақсаттары үшін ойын бизнесіне белсенді тартылған адамның белгісі бар қарыз алушы деп соңғы аяқталған 6 (алты) ай ішінде ойын бизнесін ұйымдастырушының пайдасына 300 000 (үш жүз мың) теңгеден астам жалпы сомаға 6 (алты) және одан көп төлемдер жасаған жеке тұлға түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыз алушының ойын бизнесін ұйымдастырушының пайдасына жүргізген төлемдердің күні мен сомасы туралы ақпаратты микроқаржы ұйымы кредиттік бюродан алынған қарыз алушының кредиттік есебінің негізінде айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарыз алушы жиырма бір жасқа толмаған жағдайда, кірісті бағалау осы тармақтың екінші бөлігінің 1), 8) және 9) тармақшаларында көрсетілген кірістер негізінде анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 22.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 41</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қарыз алушының борыш жүктемесінің коэффициенті қарыз алушының барлық өтелмеген микрокредиттері, банктік қарыздары бойынша мерзімі өткен төлемдер сомасын қоса алғанда, барлық өтелмеген қарыз алушының микрокредиттері, банктік қарыздары бойынша ай сайынғы төлем мен Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда туындайтын қарыз алушының жаңа берешегі бойынша ай сайынғы орташа төлем сомасының қарыз алушының соңғы 6 (алты) айдағы орташа ай сайынғы кірісіне қатынасы ретінде былайша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3336,70 +3336,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қарыз алушының жаңа берешегі бойынша ай сайынғы орташа төлемі өтеу кестесіне сәйкес есептелген, негізгі борыш бойынша төлемдер мен сыйақы сомасының айлармен көрсетілген осы микрокредит мерзіміне қатынасы ретінде есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыз алушының талаптарында кредиттік лимит шеңберінде қарыз алушыға кредит беру көзделген кредит желісі бойынша міндеттеме болып табылатын жаңа берешегі бойынша ай сайынғы орташа төлемді есептеу Қағидалардың 8-тармағының жетінші және сегізінші бөліктеріне сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3436,494 +3436,504 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қарыз алушының ай сайынғы орташа кірісі Қағидалардың 6-тармағының екінші бөлігінің 1), 2), 3), 4), 5), 6), 7), 8) және 9) тармақшаларында көрсетілген бір немесе бірнеше өлшемшарттар негізінде айқындалған қарыз алушы жүгінген күннің алдындағы қатарынан 6 (алты) айдағы кірісі мөлшерінің алтыға қатынасы ретінде есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микроқаржы ұйымы қарыз алушының ай сайынғы орташа кірісінің есебіне алатын кірістер түрлері қарыз алушының өтініш жасау алдындағы қатарынан 6 (алты) ай ішіндегі кем дегенде екі кез келген айға алынуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микроқаржы ұйымдары Қағидалардың 6-тармағының екінші бөлігінің 1) тармақшасында көрсетілген қарыз алушының ресми кірісінің негізінде атаулы әлеуметтік көмек алушы қарыз алушының және (немесе) ойын бизнесіне белсенді тартылған адамның белгілері бар қарыз алушының және (немесе) кредиттік тарихында соңғы он екі айда банктік қарыз және (немесе) микрокредит бойынша күнтізбелік тоқсан күннен астам мерзімі өткен берешек туралы ақпарат бар қарыз алушының орташа айлық кірісін есептеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроқаржы ұйымдары жиырма бір жасқа толмаған қарыз алушының ай сайынғы орташа кірісін Қағидалардың 6-тармағы екінші бөлігінің 1), 8) және 9) тармақшаларында көрсетілген кірістер негізінде есептеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 22.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 41</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Микроқаржы ұйымы қарыз алушыға микрокредит, оның ішінде қарыз алушыға ашылған кредит желі шеңберінде микрокредит (микрокредиттің бір бөлігін) беру, қарыз алушыға кредит желісін ашу (кредиттік лимит белгілеу), жасалған микрокредит беру туралы шарт (шарттар) шеңберінде қосымша қарыз беру, қарызды өтеу кестесіне сәйкес осы микрокредит бойынша мерзімді төлемдер мөлшерінің ұлғаюына әкеліп соғатын қарыз алушының ашық кредиттік желісінің және (немесе) микрокредитінің талаптарын өзгерту туралы оң шешімдерді, егер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидалардың 6-тармағында көрсетілген бір немесе бірнеше өлшемшарттардың негізінде айқындалатын кіріс мөлшері Бюджет туралы заңмен тиісті қаржы жылына белгіленетін ең төмен күнкөріс деңгейінің мөлшерінен және отбасының кәмелетке толмаған әрбір мүшесіне ең төмен күнкөріс деңгейінің жарты сомасынан кем болса,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз алушының борыш жүктемесі коэффициентінің мәні осы қаулының 1-тармағының 2) және 3) тармақшасында белгіленген шекті мәндерден асып кеткен жағдайда,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз алушыда банктік қарыздар бойынша негізгі борыш және (немесе) сыйақы бойынша күнтізбелік 30 (отыз) күннен астам және (немесе) микроқаржы ұйымдары және кредиттік серіктестіктер берген микрокредиттер бойынша 1 (бір) күннен астам мерзімі өткен берешегі болған,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз алушыда соңғы 36 (отыз алты) айда банктік қарыз және (немесе) микрокредит бойынша негізгі борыш және (немесе) сыйақы бойынша толық кешірілген берешегі болған,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кепілсіз тұтынушылық қарыз бойынша мерзім 5 (бес) жылдан асатын,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз алушының бір немесе бірнеше банктік қарыздары немесе микрокредиттері бойынша соңғы 12 (он екі) ай ішінде қарыз алушының өз міндеттемелерін тиісінше орындауына ықпал етпеген қайта құрылымдау жүргізілген жағдайда, қабылдамайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағидалардың 6-тармағында көрсетілген бір немесе бірнеше өлшемшарттардың негізінде айқындалатын кіріс мөлшері Бюджет туралы заңмен тиісті қаржы жылына белгіленетін ең төмен күнкөріс деңгейінің мөлшерінен және отбасының кәмелетке толмаған әрбір мүшесіне ең төмен күнкөріс деңгейінің жарты сомасынан кем болса, </w:t>
-[...107 lines deleted...]
-      Банктік қарыз және (немесе) микрокредит бойынша негізгі борыш және (немесе) сыйақы бойынша толығымен кешірілген берешек туралы ақпаратты микроқаржы ұйымы қарыз алушының кредиттік бюродан алған кредиттік есебі негізінде айқындайды.</w:t>
+      Осы тармақтың бірінші бөлігінің бесінші абзацының мақсаттары үшін 2025 жылғы 1 шілдеден бастап банктік қарыз және (немесе) микрокредит бойынша негізгі борыш және (немесе) сыйақы бойынша толық кешірілген берешек ескеріледі және ол қарыз алушының кредиттік бюродан алынған кредиттік есебі негізінде микроқаржы ұйымы айқындайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың мақсаттары үшін қарыз алушының міндеттемелерді тиісінше орындауына ықпал етпеген қайта құрылымдау деп бұрын жасалған банктік қарыздың немесе микрокредиттің бір немесе бірнеше талаптарының қайта құрылымдау күнінен кейін бір немесе бірнеше мынадай критерийлерге сәйкестігі түсініледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) банктік қарыз немесе микрокредит шарты бойынша негізгі борыш пен сыйақы бойынша берешек сомасы қайта құрылымдау сәтінен бастап қатарынан 6 (алты) ай ішінде 5 (бес) пайызға және одан артық пайызға төмендеген жоқ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) банктік қарыз немесе микрокредит бойынша мерзімі өткен берешегі бар және соңғы 12 (он екі) айда 2 (екі) және одан да көп қайта құрылымдау жүргізілді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қайта құрылымдалған банктік қарыз бойынша сыйақының негізгі борышқа қатынасы 20 (жиырма) пайыздан асады;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) негізгі борыш пен сыйақы бойынша мерзімі өткен берешекті жабатын жаңа банктік қарыз немесе микрокредит беру жолымен банктік қарыз немесе микрокредит бойынша мерзімі өткен берешекті ішкі немесе сыртқы қайта қаржыландыру жүргізілді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 22.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 41</w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="41"/>
+    <w:bookmarkStart w:name="z46" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Микроқаржы ұйымы Қағидалардың 5-10-тармақтарының талаптарына сәйкес қарыз алушының борыш жүктемесін қарыз алушының кредит төлеу қабілеттілігін өздігінен айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4011,55 +4021,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>