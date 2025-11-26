--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fb52ac2" w14:textId="fb52ac2">
+    <w:p w14:paraId="a63359e" w14:textId="a63359e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -168,141 +168,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы қаулы 01.01.2020 бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...50 lines deleted...]
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t xml:space="preserve">
+      "Микроқаржылық қызмет туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінің 3) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 30.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 20</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -944,92 +914,154 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Пруденциялық нормативтер және микроқаржылық қызметті жүзеге асыратын ұйымның сақтауы міндетті өзге де нормалар мен лимиттер, оларды есептеу әдістемесі (бұдан әрі – Нормативтер) "Микроқаржылық қызмет туралы" 2012 жылғы 26 қарашадағы Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес әзірленді және пруденциялық нормативтерді және микроқаржылық қызметті жүзеге асыратын ұйымның сақтауы міндетті өзге де нормалар мен лимиттерді, оларды есептеу әдістемесін белгілейді.</w:t>
+      1. Осы Пруденциялық нормативтер және микроқаржылық қызметті жүзеге асыратын ұйымның сақтауы міндетті өзге де нормалар мен лимиттер, оларды есептеу әдістемесі (бұдан әрі – Нормативтер) "Микроқаржылық қызмет туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінің 3) тармақшасына сәйкес әзірленді және пруденциялық нормативтерді және микроқаржылық қызметті жүзеге асыратын ұйымның сақтауы міндетті өзге де нормалар мен лимиттерді, оларды есептеу әдістемесін белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нормативтердің мақсаттары үшін микроқаржылық қызметті жүзеге асыратын ұйымдар ретінде микрокредиттер беру жөніндегі қызметті жүзеге асыратын микроқаржы ұйымдары, кредиттік серіктестіктер және ломбардтар түсініледі.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пруденциялық нормативтердің және микроқаржылық қызметті жүзеге асыратын ұйымның сақтауы міндетті өзге де нормалар мен лимиттердің құрамына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1147,171 +1179,209 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыз алушының кірісіне қатысты борыш коэффициенті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) кредиттік серіктестік үшін:</w:t>
+      қарыз алушының борыш жүктемесі коэффициенті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жарғылық капиталдың ең төменгі мөлшері;</w:t>
+      2) кредиттік серіктестік үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      меншікті капиталдың ең төменгі мөлшері;</w:t>
+      жарғылық капиталдың ең төменгі мөлшері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      левередж коэффициенті;</w:t>
+      меншікті капиталдың ең төменгі мөлшері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      левередж коэффициенті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       3) ломбард үшін – жарғылық капиталдың ең төменгі мөлшері кіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (20.08.2024 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (20.08.2024 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2622,88 +2692,109 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z50" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1. K1 нормативін орындаудың міндетті шарты несие портфелінің жалпы сомасында күнтізбелік 90 (тоқсан) күннен асатын негізгі борыш, есептелген сыйақы бойынша мерзімі өткен берешектің үлесіне лимиттің (бұдан әрі – лимит) сақталуы болып табылады.</w:t>
+      5-1. k1 нормативін орындаудың міндетті шарты несие портфелінің жалпы сомасында күнтізбелік 90 (тоқсан) күннен асатын негізгі борыш, есептелген сыйақы бойынша мерзімі өткен берешектің үлесіне лимиттің (бұдан әрі – лимит) сақталуы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лимитті есептеу мынадай формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Л = </w:t>
+        <w:t>
+      Л =</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="546100" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -2839,260 +2930,454 @@
       НП – есепті кезеңнің соңындағы жағдай бойынша несие портфелі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НП көрсеткіші микроқаржы ұйымы баланстық шоттарда есепке алатын және баланстан тыс есепке есептен шығарылған Активтер мен шартты міндеттемелерді жіктеуді жүзеге асыру қағидаларына сәйкес қалыптастырылған провизияларды (резервтерді) есептемегенде, негізгі борыштың, есептелген сыйақының сомасын қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лимиттің мәні 20 (жиырма) пайыздан аспайды.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-1-тармақтың оныншы абзацы жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-1-тармақтың оныншы абзацы 01.01.2026 дейін қолданыста болады  - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Есепті күнгі лимиттен асып кету k1 нормативін бұзуға әкеп соғады.</w:t>
+      Лимиттің мәні 15 (он бес) пайыздан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Микроқаржы ұйымы лимиттен асып кету орын алған есепті кезеңнен кейінгі 1 (бір) жұмыс күнінен кешіктірмей негізгі борыш, есептелген сыйақы, бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешекті реттеу жөніндегі іс-шаралар жоспарын (бұдан әрі - Іс-шаралар жоспары) әзірлейді және оны мақұлдау үшін уәкілетті органға ұсынады.</w:t>
+      Есепті күнгі лимиттен асып кету k1 нормативін бұзуға әкеп соғады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Іс-шаралар жоспары кемінде 3 (үш) ай мерзімге әзірленеді және төмендегілермен шектелмей, мынадай ақпаратты қамтиды:</w:t>
+      Микроқаржы ұйымы лимиттен асып кету орын алған есепті кезеңнен кейінгі 1 (бір) жұмыс күнінен кешіктірмей негізгі борыш, есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешекті реттеу жөніндегі іс-шаралар жоспарын (бұдан әрі - Іс-шаралар жоспары) әзірлейді және оны мақұлдау үшін уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі борыш және (немесе) есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешекті несие портфелінің 20%-нан кем немесе оған тең деңгейге дейін төмендету жөніндегі шаралар;</w:t>
+      Іс-шаралар жоспары кемінде 3 (үш) ай мерзімге әзірленеді және төмендегілермен шектелмей, мыналарды көздейді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Іс-шаралар жоспарында көзделген шараларды іске асыру тәртібі және мерзімдері;</w:t>
+      негізгі борыш және (немесе) есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешекті лимиттің талап етілетін мәнінен кем немесе оған тең деңгейге дейін төмендету жөніндегі шаралар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Іс-шаралар жоспарын орындауға жауапты басшы қызметкерлердің тізбесі (Іс-шаралар жоспарының әрбір тармағы бойынша орындауға жауапты басшы қызметкерлерді көрсете отырып).</w:t>
+      Іс-шаралар жоспарында көзделген шараларды іске асыру тәртібі және мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уәкілетті орган микроқаржы ұйымы ұсынған Іс-шаралар жоспарын қарайды және оны қарау нәтижелерін микроқаржы ұйымына Іс-шаралар жоспары уәкілетті органға келіп түскен күннен бастап 3 (үш) жұмыс күнінен аспайтын мерзімде жібереді.</w:t>
+      Іс-шаралар жоспарын орындауға жауапты басшы қызметкерлердің тізбесі (Іс-шаралар жоспарының әрбір тармағы бойынша орындауға жауапты басшы қызметкерлерді көрсете отырып).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уәкілетті орган Іс-шаралар жоспарын жазбаша нысанда мақұлдайды. Іс-шаралар жоспарын мақұлдамаған кезде, жазбаша нысанда ескертулер ұсынады.</w:t>
+      Уәкілетті орган микроқаржы ұйымы ұсынған Іс-шаралар жоспарын қарайды және оны қарау нәтижелерін микроқаржы ұйымына Іс-шаралар жоспары уәкілетті органға келіп түскен күннен бастап 3 (үш) жұмыс күнінен аспайтын мерзімде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Микроқаржы ұйымы уәкілетті органның ескертулерін ескере отырып Іс-шаралар жоспарын мақұлдайда немесе олармен келіспеген жағдайда, наразылық танытады.</w:t>
+      Уәкілетті орган Іс-шаралар жоспарын жазбаша нысанда мақұлдайды. Іс-шаралар жоспарын мақұлдамаған кезде, жазбаша нысанда ескертулер ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте уәкілетті органның Іс-шаралар жоспарын мақұлдауы үшін мерзім есепті күннен кейінгі күннен бастап 5 (бес) жұмыс күнінен аспайды.</w:t>
+      Микроқаржы ұйымы уәкілетті органның ескертулерін ескере отырып Іс-шаралар жоспарын мақұлдайда немесе олармен келіспеген жағдайда, наразылық танытады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Негізгі борыш, есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешек несие портфелінің 20%-нан кем немесе оған тең деңгейге дейін төмендетілген кезде, микроқаржы ұйымы мерзімі өткен берешектің нақты төмендеуі орын алған есепті кезеңнен кейінгі 1 (бір) күннен кешіктірмей уәкілетті органға хабарлама жібереді.</w:t>
+      Бұл ретте уәкілетті органның Іс-шаралар жоспарын мақұлдауы үшін мерзім есепті күннен кейінгі күннен бастап 5 (бес) жұмыс күнінен аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Негізгі борыш, есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешек лимиттің талап етілетін мәнінен кем немесе оған тең деңгейге дейін төмендетілген кезде, микроқаржы ұйымы мерзімі өткен берешектің нақты төмендеуі орын алған есепті кезеңнен кейінгі 1 (бір) күннен кешіктірмей уәкілетті органға хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -3126,51 +3411,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) қаулысымен.</w:t>
+        <w:t xml:space="preserve">); жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3727,87 +4032,125 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z61" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Микроқаржы ұйымы қарыз алушысының кірісіне қатысты борыш коэффициенті</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Микроқаржылық қызметті жүзеге асыратын ұйым қарыз алушысының кірісіне қатысты борыш коэффициенті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      Ескерту. 4-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       Ескерту. Қағидалар 4-тараумен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (20.08.2024 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z62" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Микроқаржы ұйымы (кредиттік серіктестік пен ломбардты қоспағанда):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
@@ -4027,50 +4370,144 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ҚЖЖТ – қарыз алушының жылдық жиынтық табысы қарыз алушының өтініш берген күнінің алдындағы соңғы 6 (алты) айдағы, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19670 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 28 қарашадағы № 215 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Микроқаржылық қызметті жүзеге асыратын ұйым қарыз алушысының борыштық жүктемесінің коэффициентін есептеу қағидаларын және шекті мәнінің 6-тармағының екінші бөлігінде көрсетілген өлшемшарттар негізінде айқындалған қарыз алушының жалақысының және (немесе) табыстарының өзге де түрлерінің орташа айлық сомасын 12-ге көбейтіп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Микроқаржылық қызметті жүзеге асыратын ұйым қарыз алушысының борыш жүктемесі коэффициенті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Әдістеме 5-тараумен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Қарыз алушының борыш жүктемесінің коэффициентін есептеу қағидалары және шекті мәні "Микроқаржылық қызметті жүзеге асыратын ұйым қарыз алушысының борыштық жүктемесінің коэффициентін есептеу қағидаларын және шекті мәнін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 28 қарашадағы № 215 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19670 болып тіркелген) белгіленген.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4190,68 +4627,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оларды есептеу әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген микроқаржы ұйымы активтерінің кестесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Әдістеме қосымшамен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 07.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18193,296 +18630,296 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымы активтерінің кестесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="39"/>
+    <w:bookmarkStart w:name="z66" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге тиісті микроқаржы ұйымы активтерінің есебіне түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z67" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z67" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №16858 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 27 наурыздағы № 62 қаулысында бекітілген Берілген микрокредиттер бойынша активтер мен шартты міндеттемелерді сыныптауды жүзеге асыру, берілген микрокредиттер бойынша активтерді күмәнді және үмітсізге жатқызу, сондай-ақ оларға қарсы провизиялар (резервтер) құру қағидаларына сәйкес қалыптастырылған провизияларды (резервтерді) шегере отырып, салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге жататын активтер микроқаржы ұйымының балансы бойынша енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z68" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z68" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, микроқаржы ұйымында түзетілген құны аталған активтер көлемінің 50 (елу) пайызынан кем емес қамтамасыз етуі бар қарыздар (Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген микроқаржы ұйымының активтері кестесінің (бұдан әрі – Кесте) 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 және 11-жолдарында көрсетілген активтер түріндегі) осы тармаққа сәйкес микроқаржы ұйымында түзетілген қамтамасыз ету құнын анықтауға мүмкіндік беретін барабар есепке алу жүйесі болған кезде түзетілген қамтамасыз ету құнын шегергендегі салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген активтер есебіне енгізіледі.</w:t>
-      </w:r>
-[...108 lines deleted...]
-      3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырған) салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар борышкердің тәуекел дәрежесі бойынша салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген (салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың кепілдік берілген (сақтандырылған) сомасын шегере отырып) активтердің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың кепілдік берілген (сақтандырылған) сомасы тиісті кепілгердің (сақтандырушының) дебиторлық берешегінің тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
+      Түзетілген қамтамасыз ету құны (Кестенің 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 және 11-жолдарында көрсетілген активтер түріндегі) мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Егер бағалы қағаз шығарылымының арнайы борыштық рейтингі болса, онда салымдардың кредиттік тәуекел дәрежесі бойынша микроқаржы ұйымының активтерін мөлшерлеу кезінде бағалы қағаз рейтингін ескеру қажет.</w:t>
+      қамтамасыз ету ретінде берілген салымдар сомасының 100 (жүз) пайызына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z71" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Кестенің 54-тармағында көрсетілген активтер тұтынушылық микрокредиттерді, оның ішінде берілген микрокредит сомасын толық өтейтін автокөлік құралы кепілімен қамтамасыз етілген тұтынушылық микрокредиттерді қоспағанда, микрокредит сомасын толық өтейтін, кепілмен қамтамасыз етілген "Микрокредит беру туралы шартты жасасу тәртібін, оның ішінде шарттың мазмұнына, ресімделуіне және микрокредиттің толық құны (микрокредит бойынша артық төленетін сома, микрокредит мәні) туралы ақпаратты қамтитын оның бірінші бетіне, микрокредит беру туралы шарттың міндетті шарттарына қойылатын талаптарды, сондай-ақ микрокредитті өтеу кестесінің нысанын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 29 қарашадағы № 232 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19697 болып тіркелген) 2-қосымшаның 4-1-тармағына сәйкес талаптарда берілген микрокредиттерді қамтиды.</w:t>
+      қамтамасыз етуге берілген бағалы қағаздардың нарықтық құнының 95 (тоқсан бес) пайызына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z72" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Кестенің 55-тармағында көрсетілген активтер "Микрокредит беру туралы шартты жасасу тәртібін, оның ішінде шарттың мазмұнына, ресімделуіне және микрокредиттің толық құны (микрокредит бойынша артық төленетін сома, микрокредит мәні) туралы ақпаратты қамтитын оның бірінші бетіне, микрокредит беру туралы шарттың міндетті шарттарына қойылатын талаптарды, сондай-ақ микрокредитті өтеу кестесінің нысанын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 29 қарашадағы № 232 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19697 болып тіркелген) 4-1-тармағына сәйкес талаптарда берілген кепілсіз микрокредиттер микрокредиттерді қоспағанда, кепілсіз тұтынушылық микрокредиттерді қамтиды.</w:t>
+      қамтамасыз етуге берілген тазартылған бағалы металдардың нарықтық құнының 85 (сексен бес) пайызына тең болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоғарыда көрсетілген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың қамтамасыз етілмеген бөлігі салымдарға, дебиторлық берешекке, сатып алынған бағалы қағаздарға сәйкес келетін тәуекел дәрежесі бойынша Кестеге сай мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырған) салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар борышкердің тәуекел дәрежесі бойынша салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген (салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың кепілдік берілген (сақтандырылған) сомасын шегере отырып) активтердің есебіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың кепілдік берілген (сақтандырылған) сомасы тиісті кепілгердің (сақтандырушының) дебиторлық берешегінің тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Егер бағалы қағаз шығарылымының арнайы борыштық рейтингі болса, онда салымдардың кредиттік тәуекел дәрежесі бойынша микроқаржы ұйымының активтерін мөлшерлеу кезінде бағалы қағаз рейтингін ескеру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z71" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Кестенің 54-тармағында көрсетілген активтер тұтынушылық микрокредиттерді, оның ішінде берілген микрокредит сомасын толық өтейтін автокөлік құралы кепілімен қамтамасыз етілген тұтынушылық микрокредиттерді қоспағанда, микрокредит сомасын толық өтейтін, кепілмен қамтамасыз етілген "Микрокредит беру туралы шартты жасасу тәртібін, оның ішінде шарттың мазмұнына, ресімделуіне және микрокредиттің толық құны (микрокредит бойынша артық төленетін сома, микрокредит мәні) туралы ақпаратты қамтитын оның бірінші бетіне, микрокредит беру туралы шарттың міндетті шарттарына қойылатын талаптарды, сондай-ақ микрокредитті өтеу кестесінің нысанын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 29 қарашадағы № 232 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19697 болып тіркелген) 2-қосымшаның 4-1-тармағына сәйкес талаптарда берілген микрокредиттерді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z72" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Кестенің 55-тармағында көрсетілген активтер "Микрокредит беру туралы шартты жасасу тәртібін, оның ішінде шарттың мазмұнына, ресімделуіне және микрокредиттің толық құны (микрокредит бойынша артық төленетін сома, микрокредит мәні) туралы ақпаратты қамтитын оның бірінші бетіне, микрокредит беру туралы шарттың міндетті шарттарына қойылатын талаптарды, сондай-ақ микрокредитті өтеу кестесінің нысанын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 29 қарашадағы № 232 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19697 болып тіркелген) 4-1-тармағына сәйкес талаптарда берілген кепілсіз микрокредиттер микрокредиттерді қоспағанда, кепілсіз тұтынушылық микрокредиттерді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -18520,55 +18957,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>