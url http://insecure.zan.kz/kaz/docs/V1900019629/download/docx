--- v1 (2025-11-26)
+++ v2 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a63359e" w14:textId="a63359e">
+    <w:p w14:paraId="b73ecc7" w14:textId="b73ecc7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2930,453 +2930,259 @@
       НП – есепті кезеңнің соңындағы жағдай бойынша несие портфелі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НП көрсеткіші микроқаржы ұйымы баланстық шоттарда есепке алатын және баланстан тыс есепке есептен шығарылған Активтер мен шартты міндеттемелерді жіктеуді жүзеге асыру қағидаларына сәйкес қалыптастырылған провизияларды (резервтерді) есептемегенде, негізгі борыштың, есептелген сыйақының сомасын қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...175 lines deleted...]
-</w:t>
+      Лимиттің мәні 10 (он) пайыздан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лимиттің мәні 15 (он бес) пайыздан аспайды.</w:t>
+      Есепті күнгі лимиттен асып кету k1 нормативін бұзуға әкеп соғады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Есепті күнгі лимиттен асып кету k1 нормативін бұзуға әкеп соғады.</w:t>
+      Микроқаржы ұйымы лимиттен асып кету орын алған есепті кезеңнен кейінгі 1 (бір) жұмыс күнінен кешіктірмей негізгі борыш, есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешекті реттеу жөніндегі іс-шаралар жоспарын (бұдан әрі - Іс-шаралар жоспары) әзірлейді және оны мақұлдау үшін уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Микроқаржы ұйымы лимиттен асып кету орын алған есепті кезеңнен кейінгі 1 (бір) жұмыс күнінен кешіктірмей негізгі борыш, есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешекті реттеу жөніндегі іс-шаралар жоспарын (бұдан әрі - Іс-шаралар жоспары) әзірлейді және оны мақұлдау үшін уәкілетті органға ұсынады.</w:t>
+      Іс-шаралар жоспары кемінде 3 (үш) ай мерзімге әзірленеді және төмендегілермен шектелмей, мыналарды көздейді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Іс-шаралар жоспары кемінде 3 (үш) ай мерзімге әзірленеді және төмендегілермен шектелмей, мыналарды көздейді:</w:t>
+      негізгі борыш және (немесе) есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешекті лимиттің талап етілетін мәнінен кем немесе оған тең деңгейге дейін төмендету жөніндегі шаралар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі борыш және (немесе) есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешекті лимиттің талап етілетін мәнінен кем немесе оған тең деңгейге дейін төмендету жөніндегі шаралар;</w:t>
+      Іс-шаралар жоспарында көзделген шараларды іске асыру тәртібі және мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Іс-шаралар жоспарында көзделген шараларды іске асыру тәртібі және мерзімдері;</w:t>
+      Іс-шаралар жоспарын орындауға жауапты басшы қызметкерлердің тізбесі (Іс-шаралар жоспарының әрбір тармағы бойынша орындауға жауапты басшы қызметкерлерді көрсете отырып).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Іс-шаралар жоспарын орындауға жауапты басшы қызметкерлердің тізбесі (Іс-шаралар жоспарының әрбір тармағы бойынша орындауға жауапты басшы қызметкерлерді көрсете отырып).</w:t>
+      Уәкілетті орган микроқаржы ұйымы ұсынған Іс-шаралар жоспарын қарайды және оны қарау нәтижелерін микроқаржы ұйымына Іс-шаралар жоспары уәкілетті органға келіп түскен күннен бастап 3 (үш) жұмыс күнінен аспайтын мерзімде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уәкілетті орган микроқаржы ұйымы ұсынған Іс-шаралар жоспарын қарайды және оны қарау нәтижелерін микроқаржы ұйымына Іс-шаралар жоспары уәкілетті органға келіп түскен күннен бастап 3 (үш) жұмыс күнінен аспайтын мерзімде жібереді.</w:t>
+      Уәкілетті орган Іс-шаралар жоспарын жазбаша нысанда мақұлдайды. Іс-шаралар жоспарын мақұлдамаған кезде, жазбаша нысанда ескертулер ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уәкілетті орган Іс-шаралар жоспарын жазбаша нысанда мақұлдайды. Іс-шаралар жоспарын мақұлдамаған кезде, жазбаша нысанда ескертулер ұсынады.</w:t>
+      Микроқаржы ұйымы уәкілетті органның ескертулерін ескере отырып Іс-шаралар жоспарын мақұлдайда немесе олармен келіспеген жағдайда, наразылық танытады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Микроқаржы ұйымы уәкілетті органның ескертулерін ескере отырып Іс-шаралар жоспарын мақұлдайда немесе олармен келіспеген жағдайда, наразылық танытады.</w:t>
+      Бұл ретте уәкілетті органның Іс-шаралар жоспарын мақұлдауы үшін мерзім есепті күннен кейінгі күннен бастап 5 (бес) жұмыс күнінен аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте уәкілетті органның Іс-шаралар жоспарын мақұлдауы үшін мерзім есепті күннен кейінгі күннен бастап 5 (бес) жұмыс күнінен аспайды.</w:t>
-[...16 lines deleted...]
-        <w:t>
       Негізгі борыш, есептелген сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам мерзімі өткен микрокредиттер бойынша берешек лимиттің талап етілетін мәнінен кем немесе оған тең деңгейге дейін төмендетілген кезде, микроқаржы ұйымы мерзімі өткен берешектің нақты төмендеуі орын алған есепті кезеңнен кейінгі 1 (бір) күннен кешіктірмей уәкілетті органға хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3431,51 +3237,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18957,55 +18783,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>