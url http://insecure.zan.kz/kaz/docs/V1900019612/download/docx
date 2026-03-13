--- v0 (2025-12-29)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="addd953" w14:textId="addd953">
+    <w:p w14:paraId="0e8bced" w14:textId="0e8bced">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2628,301 +2628,197 @@
         <w:t>
       9) заңды тұлғаның банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыруға қажетті Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20075 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 24 ақпандағы № 14 қаулысымен бекітілген Екінші деңгейдегі банктердің, Қазақстан Республикасының бейрезидент банктері филиалдарының, Ұлттық пошта операторының, банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғалардың және қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғалардың үй-жайларын күзетуді және жайластыруды ұйымдастыру қағидаларының (бұдан әрі – № 14 қағидалар) талаптарында көзделген және сәйкес келетін үй-жайлары бар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z59" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) заңды тұлғаның меншік құқығында банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыру үшін қажетті кемінде екі көлік құралы болады. Заңды тұлға банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыру үшін пайдаланылатын көлік құралдарының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19391 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 12 қыркүйектегі № 159 қаулысымен бекітілген Қазақстан Республикасында автомобиль инкассаторлық тасымалдарын ұйымдастыру жөніндегі нұсқаулықтың талаптарына сәйкестігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p>
-[...113 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="26"/>
+    <w:bookmarkStart w:name="z60" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Заңды тұлға банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензия алу үшін "электрондық үкіметтің" веб-порталы арқылы электрондық түрде мына құжаттарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z118" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензия беру туралы электрондық өтініш (бұдан әрі – лицензия беру туралы өтініш);</w:t>
-[...19 lines deleted...]
-      2) жарғының электрондық көшірмесі;</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензия беру туралы электрондық өтінішті (бұдан әрі – лицензия беру туралы өтініш);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z63" w:id="28"/>
-[...15 lines deleted...]
-      3) "электрондық үкіметтің" төлем шлюзі арқылы ақы төленген жағдайларды қоспағанда, жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алымның төленгенін растайтын құжаттың электрондық көшірмесі;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жарғының электрондық көшірмесін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z64" w:id="29"/>
-[...15 lines deleted...]
-      4) банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыруға қажетті үй-жайларға құқық белгілейтін құжаттардың және техникалық паспорттардың (электрондық техникалық паспорттар) электрондық көшірмелері;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "электрондық үкімет" төлем шлюзі арқылы ақы төленген жағдайларды қоспағанда, жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алымның төленгенін растайтын құжаттың электрондық көшірмесін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z65" w:id="30"/>
-[...15 lines deleted...]
-      5) Қағидалардың 2-тармағының 10) тармақшасында көрсетілген көлік құралдарын тіркеу туралы куәліктердің электрондық көшірмелері;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) банкноттарды, монеталарды және құндылықтарды инкассациялауды жүзеге асыруға қажетті үй-жайларға құқық белгілейтін құжаттардың және техникалық паспорттардың (электрондық техникалық паспорттардың) электрондық көшірмелерін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z66" w:id="31"/>
+    <w:bookmarkStart w:name="z122" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) Қағидаларға </w:t>
+      5) Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша құрылтайшылар (қатысушылар) туралы мәліметтердің, Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2938,298 +2834,346 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша атқарушы органның басшысы туралы мәліметтердің және Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша қызметкер туралы мәліметтердің электрондық көшірмелері;</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қызметкер туралы мәліметтердің электрондық көшірмелерін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z67" w:id="32"/>
-[...15 lines deleted...]
-      7) жарғылық капитал мөлшерінің қойылатын талаптарға сәйкестігін растайтын құжаттардың электрондық көшірмелері.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жарғылық капитал мөлшерінің қойылатын талаптарға сәйкестігін растайтын құжаттардың электрондық көшірмелерін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының Ұлттық Банкі (бұдан әрі – Ұлттық Банк) "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке басын куәландыратын құжаттарда көрсетілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атқарушы органның басшысы және заңды тұлғаның қызметкерлері болып табылатын адамдарда өтелмеген немесе алынбаған соттылығының жоқ екенін растайтын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наркологиялық және психоневрологиялық денсаулық сақтау ұйымдарында диспансерлік есепте тұрғаны туралы мәліметтердің жоқтығын растайтын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жекелеген қызмет түрлерімен айналысу құқығына лицензиялық алымның төленгенін растайтын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, заңды тұлғаның тіркелу іс-әрекеттері туралы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидалардың 2-тармағының 10) тармақшасында көрсетілген көлік құралдарын тіркеу туралы мәліметтерді алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 71</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...107 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="33"/>
+    <w:bookmarkStart w:name="z69" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Заңды тұлғаның үй-жайларын қарап тексеруді Ұлттық Банктің тапсырмасы бойынша заңды тұлға үй-жайларының № 14 қағидалардың талаптарына сәйкестігін немесе сәйкес еместігін анықтау және үй-жайларға құқық белгілейтін құжаттармен және техникалық паспорттармен салыстырып тексеру тұрғысынан лицензия беру туралы өтінішті қарау үшін Қағидалардың 10-тармағында белгіленген мерзім ішінде Ұлттық Банктің аумақтық филиалы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңды тұлғаның үй-жайларын қарап тексеру нәтижелері бойынша Ұлттық Банктің аумақтық филиалы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3260,284 +3204,284 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарап тексеру актісі екі данада жасалады. Қарап тексеру актісінің бірінші данасы өтініш берушіге беріледі, екінші данасы кейіннен құжаттар топтамасына қоса тіркеу үшін Ұлттық Банктің аумақтық филиалында қалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарап тексеру актісіне үй-жайларды қарап тексеруді жүргізген адамдар қол қояды, оны Ұлттық Банктің аумақтық филиалының басшысы немесе оны ауыстыратын адам бекітеді және мөрмен расталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="34"/>
+    <w:bookmarkStart w:name="z70" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Банкноттарды, монеталарды және құндылықтарды инкассациялау үшін пайдаланылатын үй-жайлардың конструкциясына өзгерістер енгізілген кезде, сондай-ақ банкноттарды, монеталарды және құндылықтарды инкассациялау үшін басқа үй-жайларды пайдалану басталған кезде заңды тұлға көрсетілген заңды фактілер басталған күннен бастап күнтізбелік отыз күн ішінде көрсетілген үй-жайларға қарап тексеру актісін алу үшін үй-жайларға құқық белгілейтін құжаттардың және техникалық паспорттардың (электрондық техникалық паспорттар) электрондық көшірмелерін бір мезгілде ұсына отырып, бұл туралы Ұлттық Банкке еркін нысанда жазбаша хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z71" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z71" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Заңды тұлға заңды тұлғаның филиалын есептік тіркеген (қайта тіркеген) күннен бастап он жұмыс күні ішінде заңды тұлғаның филиалын есептік тіркеу (қайта тіркеу) туралы анықтаманың көшірмесін қоса бере отырып, бұл туралы Ұлттық Банкке еркін нысанда жазбаша хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға заңды тұлғаның филиалын есептік тіркеуден алған күннен бастап он жұмыс күні ішінде бұл туралы Ұлттық Банкке еркін нысанда жазбаша хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="36"/>
+    <w:bookmarkStart w:name="z72" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Заңды тұлға жарғылық капитал мөлшерінің азаюы, құрылтайшылар (қатысушылар) құрамының өзгеруі негіздері бойынша заңды тұлға қайта тіркелген күннен бастап он жұмыс күні ішінде жарғының жаңа редакциясының немесе жарғыға енгізілген өзгерістердің және (немесе) толықтырулардың көшірмесін, Қағидаларға 2-қосымшаға сәйкес нысан бойынша құрылтайшылар (қатысушылар) туралы мәліметтерді бір мезгілде ұсына отырып, бұл туралы Ұлттық Банкке еркін нысанда жазбаша түрде хабарлайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z73" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z73" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Заңды тұлға басшының өзгеруі, жарғылық капитал мөлшерінің ұлғаюы негіздемелері бойынша заңды тұлғаның тіркеу деректеріне өзгерістер және (немесе) толықтырулар енгізілген күннен бастап он жұмыс күні ішінде Қағидаларға 3-қосымшаға сәйкес нысан бойынша атқарушы органның басшысы туралы мәліметтерді, жарғылық капитал мөлшерінің ұлғайтылуын растайтын құжаттардың көшірмелерін бір мезгілде ұсына отырып, бұл туралы Ұлттық Банкке еркін нысанда жазбаша хабарлайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z74" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z74" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Лицензия беру туралы өтінішті Ұлттық Банк Қазақстан Республикасы заңнамасының талаптарына сәйкес келетін құжаттардың толық топтамасы ұсынылған күннен бастап жиырма жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z75" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z75" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Ұлттық Банк заңды тұлғаға банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияны Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z76" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z76" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Заңды тұлға банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензия алған күннен бастап үш ай ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметтік қаруды сатып алуға, сақтауға, сақтау мен алып жүруге рұқсат алуды қамтамасыз етеді және осы рұқсатты алған күннен бастап он жұмыс күні ішінде қызметтік қаруды сатып алуға, сақтауға, сақтау мен алып жүруге алынған рұқсат туралы еркін нысанда жазбаша түрде Ұлттық Банкке хабарлайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қару мен патрондарды сақтауға арналған арнайы жабдықталған сақтау орнын жайластыруды немесе қару мен патрондарды орталықтандырылған сақтау пунктімен қару мен патрондарды сақтау шартын жасасуды қамтамасыз етеді және көрсетілген сақтау орны жайластырылған немесе аталған шартты жасасқан күннен бастап он жұмыс күні ішінде қару мен патрондарды сақтауға арналған арнайы жабдықталған сақтау орны немесе қаруды орталықтандырылған сақтау пунктімен қару мен патрондарды сақтау шарты туралы Ұлттық Банкті еркін нысанда жазбаша хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="41"/>
+    <w:bookmarkStart w:name="z116" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1. Жылжымалы және жылжымайтын мүлік, мүліктік құқықтар, оның ішінде жер пайдалану құқықтары және зияткерлік қызмет нәтижелеріне құқықтар ретіндегі салымдар тәуелсіз бағалау актілері қоса беріле отырып, ақшалай нысанда бағаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3556,188 +3500,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="42"/>
+    <w:bookmarkStart w:name="z77" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияны беруден бас тарту Рұқсаттар және хабарламалар туралы заңның 32-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде көзделген негіздер бойынша жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z78" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z78" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияны қайта ресімдеу Рұқсаттар және хабарламалар туралы заңда белгіленген тәртіппен және негіздер бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияны қайта ресімдеу кезінде заңды тұлға "электрондық үкіметтің" веб-порталы арқылы электрондық түрде Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияны қайта ресімдеу туралы өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="44"/>
+    <w:bookmarkStart w:name="z79" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияның қолданысын тоқтата тұру, банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензиядан айыру "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы заңының 48-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 4), 7), 11), 12), 13) және 13-1) тармақшаларында, сондай-ақ Рұқсаттар және хабарламалар туралы заңның 45-бабының 1-1-тармағында көзделген негіздер бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияның қолданысын тоқтата тұру, банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензиядан айыру туралы Ұлттық Банк қабылдаған шешім жайында ақпарат Ұлттық Банктің ресми интернет-ресурсына орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3792,90 +3736,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="45"/>
+    <w:bookmarkStart w:name="z80" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Ұлттық Банк банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензияның қолданысын тоқтата тұруды, банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензиядан айыруды Қағидаларға 8-қосымшаға сәйкес нысан бойынша банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензияның қолданысын тоқтата тұру туралы шешімнің, Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензиядан айыру туралы шешімнің негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензияның қолданысын тоқтата тұру туралы шешімнің, банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензиядан айыру туралы шешімнің көшірмелері дереу заңды тұлғаға жіберіледі. Заңды тұлға банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияның қолданысын тоқтата тұру туралы шешімнің көшірмесін алған кезден бастап және лицензияның қолданылуын тоқтата тұру мерзімі өткенге дейін заңды тұлғаның, оның ішінде барлық филиалдардың қызметін тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3906,168 +3850,168 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензияның қолданысын қайта бастау туралы шешім негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензияның қолданысын тоқтата тұру, қайта бастау, банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензиядан айыру туралы шешімдерді құзыретіне Ұлттық Банктің заңды тұлғалардың қызметін бақылау және қадағалау мәселелері жөніндегі қызметіне жалпы басшылық жасау және үйлестіру кіретін Ұлттық Банк Төрағасының орынбасары қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="46"/>
+    <w:bookmarkStart w:name="z81" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензия Рұқсаттар және хабарламалар туралы заңның 35-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер бойынша қолданысын тоқтатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z82" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z82" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Заңды тұлға банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі қызметті жүзеге асыруды тоқтатуға шешім қабылдаған жағдайда, заңды тұлға шешім қабылдаған күннен бастап он жұмыс күні ішінде қабылдаған шешімі туралы Ұлттық Банкке жазбаша түрде еркін нысанда не тиісті шешімнің көшірмесін қоса бере отырып, "электрондық үкіметтің" веб-порталы арқылы хабарлайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z83" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z83" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. "Банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларға лицензия беру" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z84" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z84" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жазылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық Банк Қағидаларға енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына және Бірыңғай байланыс орталығына Қағидаларға көрсетілген өзгерістер және (немесе) толықтырулар енгізу туралы нормативтік құқықтық акті ресми жарияланған күннен кейін бес жұмыс күні ішінде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4104,146 +4048,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="50"/>
+    <w:bookmarkStart w:name="z85" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Ұлттық Банктің хат-хабарды қабылдауға және тіркеуге уәкілетті қызметкері лицензия беру туралы өтініш келіп түскен күні оны қабылдайды, тіркейді және мемлекеттік көрсетілетін қызметті көрсетуге жауапты бөлімшеге (бұдан әрі – жауапты бөлімше) орындауға жібереді. Лицензия беру туралы өтініш жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері түскен кезде Қазақстан Республикасының Еңбек кодексіне сәйкес өтініштерді қабылдау келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші лицензия беру туралы өтінішті "электрондық үкіметтің" веб-порталы арқылы жіберген кезде жеке кабинетте нәтижесін алу күні мен уақыты көрсетіле отырып сұратудың мемлекеттік қызмет көрсетуге қабылданғаны туралы мәртебесі автоматты түрде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="51"/>
+    <w:bookmarkStart w:name="z86" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Жауапты бөлімшенің қызметкері лицензия беру туралы өтініш тіркелген күннен бастап екі жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылған құжаттардың толық болмау фактісі анықталған жағдайда жауапты бөлімше осы тармақтың бірінші бөлігінде көрсетілген мерзімде көрсетілетін қызметті алушының "жеке кабинетіне" портал арқылы өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды және жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="52"/>
+    <w:bookmarkStart w:name="z87" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Ұсынылған құжаттардың толық болу фактісі белгіленген жағдайда, жауапты бөлімше лицензия беру туралы өтініш тіркелген күннен бастап он жеті жұмыс күні ішінде құжаттардың Қазақстан Республикасы заңнамасының талаптарына сәйкестігі тұрғысынан тексереді, банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияның не дәлелді бас тартудың жобасын дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық Банктің басшылығы үш жұмыс күні ішінде банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияны не мемлекеттік қызмет көрсетуден дәлелді бас тартуды келіседі және қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4254,298 +4198,298 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық Банктің басшылығы банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияны не мемлекеттік қызмет көрсетуден дәлелді бас тартуды келіскеннен кейін және қол қойған соң жауапты бөлімшенің қызметкері шешім қабылданған күні өтініш берушіге көрсетілген мемлекеттік қызмет нәтижесін жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Электрондық үкіметтің" веб-порталында көрсетілген мемлекеттік қызмет нәтижесі өтініш берушіге уәкілетті тұлғаның электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанында жеке кабинетіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="53"/>
+    <w:bookmarkStart w:name="z88" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде жауапты бөлімше көрсетілетін қызметті алушыны мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ өтініш берушіге алдын ала шешім бойынша ұстанымын білдіруге мүмкіндік беру үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде үш жұмыс күні бұрын жіберіледі. Тыңдау хабарлама берілген күннен бастап екі жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы ұсынған құжаттарды қарау, тыңдау нәтижелері бойынша жауапты бөлімше банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензияның жобасын не мемлекеттік қызмет көрсету туралы дәлелді бас тартуды дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="54"/>
+    <w:bookmarkStart w:name="z89" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Мемлекеттік қызмет көрсету кезеңі туралы ақпарат мемлекеттік қызмет көрсету мониторингінің ақпараттық жүйесінде автоматты режимде жаңартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z90" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z90" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Ұлттық Банктің және (немесе) оның лауазымды тұлғаларының мемлекеттік қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z91" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z91" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Ұлттық Банктің және (немесе) оның лауазымды тұлғаларының мемлекеттік қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану Ұлттық Банк басшысының атына жазбаша түрде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі жоғары тұрған әкімшілік органға, лауазымды тұлғаға (бұдан әрі – шағымды қарайтын орган) жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="57"/>
+    <w:bookmarkStart w:name="z92" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ол тіркелген күннен бастап бес жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ол тіркелген күннен бастап он бес жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="58"/>
+    <w:bookmarkStart w:name="z93" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін көрсетілетін қызметті алушының сотқа жүгінуіне жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4799,68 +4743,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кімнен ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (заңды тұлғаның атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="59"/>
+    <w:bookmarkStart w:name="z95" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензия беру туралы  өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банкноттарды, монеталарды және құндылықтарды инкассациялауға  лицензия беруді сұраймын.  Заңды тұлға туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5437,68 +5381,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="60"/>
+    <w:bookmarkStart w:name="z97" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрылтайшылар (қатысушылар) туралы  мәліметтер  ________________________________________________ (заңды тұлғаның атауы) 20 ___ жылғы "___" _____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жеке тұлғалар</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8174,68 +8118,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="61"/>
+    <w:bookmarkStart w:name="z99" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Атқарушы органның басшысы туралы мәліметтер  ___________________________________________________ (заңды тұлғаның атауы) 20 ___ жылғы "___" _____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жалпы мәліметтер: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10578,68 +10522,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z101" w:id="62"/>
+    <w:bookmarkStart w:name="z101" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қызметкер туралы мәліметтер __________________________________________________ (заңды тұлғаның атауы) 20 ___ жылғы "___" _____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11234,68 +11178,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> № ___ дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="63"/>
+    <w:bookmarkStart w:name="z103" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қарап тексеру актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________ _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11820,68 +11764,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="64"/>
+    <w:bookmarkStart w:name="z105" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Елтаңбасы "Қазақстан Республикасының Ұлттық Банкі" республикалық мемлекеттік мекемесі Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензияның нөмірі __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12334,68 +12278,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кімнен ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (заңды тұлғаның атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="65"/>
+    <w:bookmarkStart w:name="z107" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияны қайта ресімдеу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13046,68 +12990,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="66"/>
+    <w:bookmarkStart w:name="z109" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияның қолданысын тоқтату туралы  шешім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________                                              ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13704,68 +13648,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="67"/>
+    <w:bookmarkStart w:name="z111" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензиядан айыру туралы  шешім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________                                     ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14290,68 +14234,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="68"/>
+    <w:bookmarkStart w:name="z113" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензияның қолданысын қайта бастау туралы шешім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________ ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14790,68 +14734,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="69"/>
+    <w:bookmarkStart w:name="z115" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларға лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 11-қосымша жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16832,242 +16776,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 176 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="70"/>
+    <w:bookmarkStart w:name="z32" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Қазақстан Республикасы Ұлттық Банкі Басқармасы қаулыларының, сондай-ақ Қазақстан Республикасы Ұлттық Банкі Басқармасының қаулысы құрылымдық элементінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z33" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z33" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензия беру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 25 ақпандағы № 22 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11772 болып тіркелген, 2015 жылғы 17 тамызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z34" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z34" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға банкноттарды, монеталарды және құндылықтарды инкассациялауға лицензия беру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 25 ақпандағы № 22 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 27 қыркүйектегі № 231 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17767 болып тіркелген, 2018 жылғы 30 қарашада Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z35" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z35" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Ұлттық Банкінің кейбір қаулыларына қолма-қол ақша айналысы мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 29 қазандағы № 265 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18173 болып тіркелген, 2019 жылғы 23 қаңтарда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған) бекітілген Қазақстан Республикасы Ұлттық Банкі Басқармасының қолма-қол ақша айналысы мәселелері бойынша өзгерістер енгізілетін кейбір қаулыларының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>