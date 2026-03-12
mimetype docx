--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8d73e7d" w14:textId="8d73e7d">
+    <w:p w14:paraId="b377455" w14:textId="b377455">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,180 +236,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы қаулы 01.01.2020 бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы 2-тармағының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы Ереженің 19-тармағы екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және екінші бөлігінің 16-тармақшасына сәйкес, Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 25.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 42</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1323,196 +1283,238 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z12" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасы Ұлттық Банкінің ерекше реттеу режимін енгізуі және оның күшін жоюы, ерекше реттеу режимі шеңберінде цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты қызметті жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 15-бабы 2-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі – Ұлттық Банк) ерекше реттеу режимін енгізуі және оның күшін жоюы, Қазақстан Республикасының екінші деңгейдегі банктерінің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың, қаржы ұйымдары болып табылмайтын төлем ұйымдарының және (немесе) өзге заңды тұлғалардың (бұдан әрі – қатысушылар) ерекше реттеу режимі шеңберінде цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты қызметті жүзеге асыру тәртібін айқындайды.</w:t>
+      1. Осы Қазақстан Республикасы Ұлттық Банкінің ерекше реттеу режимін енгізуі және оның күшін жоюы, ерекше реттеу режимі шеңберінде цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты қызметті жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және онда Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі – Ұлттық Банк) ерекше реттеу режимін енгізуі және оның күшін жоюы, Қазақстан Республикасының екінші деңгейдегі банктерінің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың, қаржы ұйымдары болып табылмайтын төлем ұйымдарының және (немесе) өзге заңды тұлғалардың (бұдан әрі – қатысушылар) ерекше реттеу режимі шеңберінде цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты қызметті жүзеге асыру тәртібі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 25.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 42</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап </w:t>
-[...9 lines deleted...]
-        <w:t>қолданысқа</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ерекше реттеу режимі "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51-4-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағында көзделген мақсаттарға қол жеткізу үшін енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="15"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z14" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ерекше реттеу режимін енгізу және оның күшін жою тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z15" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1601,160 +1603,200 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағында белгіленген мерзімнен аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z18" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Ерекше реттеу режимі шеңберінде қызметті жүзеге асырудың, цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты арнайы талаптарын (бұдан әрі – көрсетілетін төлем қызметін және (немесе) цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты қызметті көрсету (жүзеге асыру)), шарттың қолданылу мерзімін, тұтынушылар санын, міндеттемелер көлемін "</w:t>
+      6. Ерекше реттеу режимі шеңберінде қызметті жүзеге асырудың, цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты арнайы талаптарын (бұдан әрі – көрсетілетін төлем қызметін және (немесе) цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты қызметті көрсету (жүзеге асыру), шарттың қолданылу мерзімін, тұтынушылар санын, міндеттемелер көлемін "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Төлемдер және төлем жүйелері туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасындағы цифрлық активтер туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы банктер және банк қызметі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бағалы қағаздар рыногы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Валюталық реттеу және валюталық бақылау туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>" Қазақстан Республикасының заңдары және көрсетілген заңдарға сәйкес қабылданатын Ұлттық Банктің нормативтік құқықтық актілері нормаларының ерекше реттеу режиміне қатысушыларға қолданылу шектерін Ұлттық Банк айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 25.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 42</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7054,55 +7096,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>