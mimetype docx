--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b49fa82" w14:textId="b49fa82">
+    <w:p w14:paraId="a4e29d5" w14:textId="a4e29d5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -735,71 +735,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) арнайы экономикалық аймақтың басқарушы компаниясы – арнайы экономикалық аймақтың жұмыс істеуін қамтамасыз ету үшін "Арнайы экономикалық және индустриялық аймақтар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі - Заң) және "Инновациялық технологиялар паркі" инновациялық кластері туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес құрылатын немесе айқындалатын заңды тұлға;</w:t>
+        <w:t xml:space="preserve"> (бұдан әрі - Заң) сәйкес құрылатын немесе айқындалатын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) арнайы экономикалық аймаққа қатысушы – арнайы экономикалық аймақтың аумағында қызметтің басым түрлерін жүзеге асыратын және арнайы экономикалық аймақтарға қатысушылардың бірыңғай тізіліміне енгізілген заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
@@ -939,50 +919,112 @@
         <w:t>
       8) қызметті жүзеге асыру туралы шарт – арнайы экономикалық немесе индустриялық аймақтың қатысушысы немесе бірнеше қатысушысы мен арнайы экономикалық немесе индустриялық аймақтың басқарушы компаниясы арасында жасалатын, арнайы экономикалық немесе индустриялық аймақтың аумағында және (немесе) олардың құқықтық режимінде қызметті жүзеге асыру шарттарын, тараптардың құқықтарын, міндеттері мен жауапкершілігін белгілейтін шарт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) қызметтің бейінді емес түрлері – өңдеуші өнеркәсіп салаларына жататын, шикізатты, материалдарды, заттарды, жаңа өнімге арналған компоненттерді өңдеумен байланысты қызметтің басым түрлерінің тізбесіне кірмейтін қызмет түрлері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Арнайы экономикалық немесе индустриялық аймақтың басқарушы компаниясының арнайы экономикалық немесе индустриялық аймақтың қатысушылары арасында жер учаскелерін бөлу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1126,55 +1168,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>