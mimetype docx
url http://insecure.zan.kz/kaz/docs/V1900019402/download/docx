--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b253dec" w14:textId="b253dec">
+    <w:p w14:paraId="680d17a" w14:textId="680d17a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,83 +93,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрлігінің кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің Бірінші орынбасары - Қазақстан Республикасы Қаржы министрінің 2019 жылғы 16 қыркүйектегі № 1002 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 23 қыркүйекте № 19402 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің Бірінші орынбасары - Қазақстан Республикасы Қаржы министрінің 2019 жылғы 16 қыркүйектегі № 1002 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 23 қыркүйекте № 19402 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бұйрық 01.01.2020 ж. бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -380,153 +384,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық 2020 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Премьер-Министрінің </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Бірінші Орынбасары- </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қаржы министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -726,130 +750,214 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Қаржы министрінің өзгерістер мен толықтырулар енгізілетін кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың күшін жою көзделген - ҚР Қаржы министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 627</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Салық төлеушіге салықтық тексерудің алдын ала актісін табыс ету, салықтық тексерудің алдын ала актісіне жазбаша қарсылық беру, осындай қарсылықты қарау қағидалары мен мерзімдерін, сондай-ақ оларға қатысты салықтық тексерудің алдын ала актісі бойынша нормалар қолданылатын салық төлеушілер санаттарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 12 қаңтардағы № 20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 16295 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 8 ақпанда жарияланған) мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Салық төлеушіге салықтық тексерудің алдын ала актісін табыс ету, салықтық тексерудің алдын ала актісіне жазбаша қарсылық беру, осындай қарсылықты қарау қағидалары мен мерзімдерінде, сондай-ақ оларға қатысты салықтық тексерудің алдын ала актісі бойынша нормалар қолданылатын салық төлеушілер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>санаттарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -882,70 +990,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Қағидалардың ережелері мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Салық кодексінің 142-бабының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1034,70 +1142,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қолдануға байланысты ұсынылатын қосылған құн салығының асып кетуінің дұрыстығын растау үшін салық төлеушінің салық өтінішінің негізінде салық төлеушіге қатысты жүргізілетін тақырыптық тексерулерді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қосарланған салық салуды болдырмау туралы халықаралық шарттың ережелерін қолдануға байланысты, сондай-ақ бейрезиденттің осындай салық өтінішін қайта қарау туралы жүгінуіне байланысты бейрезиденттің бюджеттен табыс салығын қайтаруға салық өтінішінің негізінде тексерулерді қоспағанда, салықтың және бюджетке төленетін басқа да міндетті төлемдердің, міндетті зейнетақы жарналарының, жұмыс берушінің міндетті зейнетақы жарналарының, міндетті кәсіптік зейнетақы жарналарының есептелуі, ұсталуы, аударылуы, әлеуметтік аударымдардың, міндетті әлеуметтік медициналық сақтандыруға аударымдардың және (немесе) жарналардың және өсімпұлдардың есептелуі және төленуі бойынша сомаларды есептеуге, шығындарды азайтуға әкеп соқтыратын салықтық тексерулерге қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Салықтық тексерудің алдын ала актісі бойынша (бұдан әрі – алдын ала акті) нормалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) салықтық мониторингке жататын салық төлеушілерге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1164,70 +1272,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13 мынадай</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. Салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органы салық төлеушінің (салық агентінің) алдын ала актіге жазбаша қарсылықта жазылған салықтарды және бюджетке төленетін басқа да міндетті төлемдерді, міндетті зейнетақы жарналарын, жұмыс берушінің міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын, әлеуметтік аударымдарды, міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеумен байланысты қарсылығымен келіспеген жағдайда, салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органы мұндай қарсылықты қарау мерзімдері ішінде мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алдын ала актіге жазбаша қарсылығын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1238,150 +1346,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органының ұстанымын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық міндеттемелерді есептеуге байланысты басқа да құжаттарды қоса бере отырып, Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетіне (бұдан әрі – Комитет) сұрау салуды жолдайды.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Салықтық және кедендік әкімшілендірудің кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 146 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 16450 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 13 наурызда жарияланған) мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген тексеру нәтижелері туралы хабарламаға салық төлеушінің (салық агентінің) шағымын қарау қорытындылары туралы хабарлама </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысанында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6 тармақ мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "6. ______________________________________________________ үшін, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1423,135 +1531,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       теңге</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
-        <w:gridCol w:w="5239"/>
-        <w:gridCol w:w="2961"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік сыныптама коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5239" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік сыныптама кодының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1565,146 +1674,125 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...94 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1914,1795 +2002,1678 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       теңге</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1928"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1867"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік жіктеу коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік жіктеу кодының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемнің, салықтың сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өсімпұл сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына ____________________________________________ мөлшеріндегі әлеуметтік төлемдер мен өсімпұлдар сомаларын аудару қажет.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген камералдық бақылау нәтижелері бойынша қорытындының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысанында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Салық төлеуші туралы мәлімет" деген 1-бөлім мынадай мазмұндағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1-тармағымен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12-1. Салық есептілігі нысандарының деректерін жұмыс берушінің міндетті зейнетақы жарналары (ЖМЗЖ) бойынша салыстыру******:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1223"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1223" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖМЗЖ есептеу үшін салық төлеушінің деректері бойынша табыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4693" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖМЗЖ есептеу үшін мемлекеттік кірістер органының (камералдық бақылау) деректері бойынша табыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алшақтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алшақтықтың себебі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1223" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4693" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1223" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3746,155 +3717,156 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қорытынды" деген 3-бөлімнің 16-тармағы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16. Камералдық бақылау нәтижелері бойынша қорытындыны жасау кезінде салықтар және бюджетке төленетін басқа да міндетті төлемдер, МЗЖ, ЖМЗЖ, МКЗЖ, әлеуметтік аударымдар және МӘМС аударымдары және (немесе) жарналары бойынша есептердің жай-күйі*******:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="486"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1600"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3955,539 +3927,504 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5066" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық, бюджетке төленетін басқа да міндетті төлем, МЗЖ, ЖМЗЖ, МКЗЖ, әлеуметтік аударым, МӘМС аударымдары және (немесе) жарналарының сальдосы ( +, -)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өсімпұл сальдосы (+, -)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айыппұл сальдосы (+, -)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5066" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4531,91 +4468,91 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Салық тіркелімдерінің нысандарын және оларды жасау қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 19 наурыздағы № 388 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 16675 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 11 сәуірде жарияланған) мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген төлем көзінен салық салынатын жеке тұлғалардың табыстарынан, сондай-ақ әлеуметтік салық пен әлеуметтік төлемдерден жеке табыс салығы салынатын салық салу объектілерін есепке алу үшін салық регистрінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4630,91 +4567,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, осы тізбеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген 23-қосымшаға сәйкес салық тіркелімдері нысандарын жасау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4747,70 +4684,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>87-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "86. Салық салу объектілерін есепке алу кестесінде жеке тұлғалардың төлем көзінен салық салуға жататын табыстарына, сондай-ақ әлеуметтік салық пен әлеуметтік төлемдерге жеке табыс салығы көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-бағанда – жолдың реттік нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5217,70 +5154,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) 24-бағанда міндетті әлеуметтік медициналық сақтандыруға жарналардың сомасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы кестенің 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 және 24-бағандарының қорытынды шамасы ай, салық кезеңі үшін осы бағанда көрсетілген барлық шамаларды жиынтықтау жолымен соңғы жолда айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Егер салық тіркелімінде дұрыс емес деректер көрсетуге жол берілген жағдайда, қателерді түзету салық тіркелімі жолдарының тек өзгеріс және (немесе) толықтыру енгізілетін нөмірлері ғана толтырылатын және көрсетілетін салық тіркелімінің нысанын (бұдан әрі – қосымша салық тіркелімі) жасау жолымен жүзеге асырылады. Салық тіркеліміне өзгерістер және (немесе) толықтырулар енгізу жіберілген қателердің сипатына қарай мынадай тәртіппен жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) төлем көзінен салық салынатын жеке тұлғалардың табыстарынан, сондай-ақ әлеуметтік салық пен әлеуметтік төлемдерден жеке табыс салығы салынатын алық салу объектілерін есепке алу кестесінің 1, 2 және 3-бағандарында қателер анықталған жағдайда, қосымша салық тіркелімінде тиісті деректемелер көрсетіледі. Бұл ретте, егер бір немесе бірнеше бағандарда қате жіберілген жағдайда, қосымша салық тіркелімінде көрсетілген барлық бағандар бойынша деректемелер көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5662,3852 +5599,3532 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Төлем көзінен салық салынатын жеке тұлғалардың табыстарынан, сондай-ақ әлеуметтік салық пен әлеуметтік төлемдерден жеке табыс салығы салынатын салық салу объектілерін есепке алу бойынша салық тіркелімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ЖСН ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Т.А.Ә. (ол болған кезде) немесе салық төлеушінің атауы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Кезең: _______________________ жыл: ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1895"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1895" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1880" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметкердің және жеке тұлғаның Т.А.Ә. (ол болған кезде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ай басында төленбеген табыстар бойынша берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="738" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті ай үшін есептелген табыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="606" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салуға жатпайтын табыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық шегерімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МЗЖ -нан ұста латын табыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="606" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлеуге жататын МЗЖ сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кызметкердің немесе жеке тұлғаның есепті ай үшін ЖМЗЖ есептелетін табысының сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жинақтаушы зейнетақы қорына аударуға жататын ЖМЗЖ сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті ай үшін салық салынатын ЖТС-тен табыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1895" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1880" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="738" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="606" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="606" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1895" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір ай үшін жиыны (жол нысанның қорытындысы бойынша ғана толтырылады):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1880" w:type="dxa"/>
-[...423 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1895" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық кезеңі үшін жиыны (жол нысанның қорытындысы бойынша ғана толтырылады):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1880" w:type="dxa"/>
-[...423 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1379"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="834"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті ай үшін салық салынатын төлеуге жататын ЖТС-ның сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="832" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті ай үшін төленуге жататын табыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті ай үшін төленген табыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ай соңында төленбеген табыстар бойынша берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік салық есептелетін жұмыс берушілердің шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік салықтың есептелген сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік аударымдардан есептелетін табыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлеуге жататын әлеуметтік аударымдар сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2849" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлеуге жататын әлеуметтік салық сомасы( 18 баған - 20 баған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдарды есептелетін шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Міндетті әлеуметтік медициналық сақтандыруға аударымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Міндетті әлеуметтік медициналық сақтандыруға жарналардың сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="832" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2849" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
-[...462 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
-[...462 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Дара кәсіпкердің Т.А.Ә. (ол бар болған жағдайда), қолы, мөрі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -9558,70 +9175,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (салық тіркелімі жасалған күн)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту: аббревиатураның таратып жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН – жеке сәйкестендіру номері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>