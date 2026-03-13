--- v1 (2025-11-18)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="680d17a" w14:textId="680d17a">
+    <w:p w14:paraId="e9a8f0b" w14:textId="e9a8f0b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -750,746 +750,190 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Қаржы министрінің өзгерістер мен толықтырулар енгізілетін кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      1. Күші жойылды - ҚР Қаржы министрінің 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 627</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақтың күшін жою көзделген - ҚР Қаржы министрінің 24.10.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...75 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p>
-[...431 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Салықтық және кедендік әкімшілендірудің кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 146 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 16450 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 13 наурызда жарияланған) мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген тексеру нәтижелері туралы хабарламаға салық төлеушінің (салық агентінің) шағымын қарау қорытындылары туралы хабарлама </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысанында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6 тармақ мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "6. ______________________________________________________ үшін, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2871,150 +2315,150 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына ____________________________________________ мөлшеріндегі әлеуметтік төлемдер мен өсімпұлдар сомаларын аудару қажет.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген камералдық бақылау нәтижелері бойынша қорытындының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысанында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Салық төлеуші туралы мәлімет" деген 1-бөлім мынадай мазмұндағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1-тармағымен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12-1. Салық есептілігі нысандарының деректерін жұмыс берушінің міндетті зейнетақы жарналары (ЖМЗЖ) бойынша салыстыру******:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -3717,90 +3161,90 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қорытынды" деген 3-бөлімнің 16-тармағы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16. Камералдық бақылау нәтижелері бойынша қорытындыны жасау кезінде салықтар және бюджетке төленетін басқа да міндетті төлемдер, МЗЖ, ЖМЗЖ, МКЗЖ, әлеуметтік аударымдар және МӘМС аударымдары және (немесе) жарналары бойынша есептердің жай-күйі*******:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4468,91 +3912,91 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Салық тіркелімдерінің нысандарын және оларды жасау қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 19 наурыздағы № 388 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 16675 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 11 сәуірде жарияланған) мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген төлем көзінен салық салынатын жеке тұлғалардың табыстарынан, сондай-ақ әлеуметтік салық пен әлеуметтік төлемдерден жеке табыс салығы салынатын салық салу объектілерін есепке алу үшін салық регистрінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4567,91 +4011,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, осы тізбеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген 23-қосымшаға сәйкес салық тіркелімдері нысандарын жасау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4684,70 +4128,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>87-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "86. Салық салу объектілерін есепке алу кестесінде жеке тұлғалардың төлем көзінен салық салуға жататын табыстарына, сондай-ақ әлеуметтік салық пен әлеуметтік төлемдерге жеке табыс салығы көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-бағанда – жолдың реттік нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5154,70 +4598,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) 24-бағанда міндетті әлеуметтік медициналық сақтандыруға жарналардың сомасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы кестенің 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 және 24-бағандарының қорытынды шамасы ай, салық кезеңі үшін осы бағанда көрсетілген барлық шамаларды жиынтықтау жолымен соңғы жолда айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Егер салық тіркелімінде дұрыс емес деректер көрсетуге жол берілген жағдайда, қателерді түзету салық тіркелімі жолдарының тек өзгеріс және (немесе) толықтыру енгізілетін нөмірлері ғана толтырылатын және көрсетілетін салық тіркелімінің нысанын (бұдан әрі – қосымша салық тіркелімі) жасау жолымен жүзеге асырылады. Салық тіркеліміне өзгерістер және (немесе) толықтырулар енгізу жіберілген қателердің сипатына қарай мынадай тәртіппен жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) төлем көзінен салық салынатын жеке тұлғалардың табыстарынан, сондай-ақ әлеуметтік салық пен әлеуметтік төлемдерден жеке табыс салығы салынатын алық салу объектілерін есепке алу кестесінің 1, 2 және 3-бағандарында қателер анықталған жағдайда, қосымша салық тіркелімінде тиісті деректемелер көрсетіледі. Бұл ретте, егер бір немесе бірнеше бағандарда қате жіберілген жағдайда, қосымша салық тіркелімінде көрсетілген барлық бағандар бойынша деректемелер көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5599,146 +5043,146 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Төлем көзінен салық салынатын жеке тұлғалардың табыстарынан, сондай-ақ әлеуметтік салық пен әлеуметтік төлемдерден жеке табыс салығы салынатын салық салу объектілерін есепке алу бойынша салық тіркелімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ЖСН ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Т.А.Ә. (ол болған кезде) немесе салық төлеушінің атауы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Кезең: _______________________ жыл: ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -9175,70 +8619,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (салық тіркелімі жасалған күн)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту: аббревиатураның таратып жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН – жеке сәйкестендіру номері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9334,55 +8778,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>