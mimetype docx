--- v0 (2025-11-28)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2d25147" w14:textId="2d25147">
+    <w:p w14:paraId="5fee93d" w14:textId="5fee93d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,460 +103,346 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті Төрағасының 2019 жылғы 7 тамыздағы № 4 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 8 тамызда № 19215 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...114 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 12-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің </w:t>
-[...41 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі Төрағасының 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 24.12.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 47</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Бақыланбайтын экономиканы бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әдістемесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Ұлттық шоттар басқармасы Заң басқармасымен бірлесіп Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберілуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының орынбасарына (Г.М. Керімханова) жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1076,716 +962,664 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Оң жақ жоғарғы бұрыштағы мәтін жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 24.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бақыланбайтын экономиканы бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Бақыланбайтын экономиканы бағалау әдістемесі (бұдан әрі – Әдістеме) халықаралық стандарттарға сәйкес қалыптастырылатын және "Мемлекеттік статистика туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес бекітілетін статистикалық әдіснамаға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Әдістемені Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы (бұдан әрі – Бюро) халықаралық стандарттарға сәйкес бақыланбайтын экономиканы бағалауда және Ұлттық шоттар жүйесінің (бұдан әрі – ҰШЖ) мақсаттары үшін қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 24.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ел экономикасына бақыланбайтын экономиканың экономикалық қызмет түрлері бойынша әсерін бағалау осы Әдістеменің мақсаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы Әдістемеде Заңда айқындалған мәндегі түсініктер және келесі анықтамалар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақыланбайтын экономика - ұлттық шоттарды құру үшін пайдаланылатын негізгі дереккөздерден ақпаратты жинау кезінде қамтылмаған өндірістік қызмет түрлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жалпы қосылған құн (бұдан әрі - ЖҚҚ) – аралық тұтыну құнын шегергендегі жалпы шығарылымның құны, ол жеке өндірушілер, салалар немесе экономика секторлары енгізген жалпы ішкі өнім (бұдан әрі - ЖІӨ) салымының көрсеткіші ретінде қызмет етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жұмыспен қамтылған адам – ақы үшін немесе мүлікті пайдалану, тауарларды өндіру және сату, жұмыстарды орындау, қызметтерді көрсету арқылы кіріс алу жолымен қызметті жүзеге асыратын жеке тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жалпы шығарылым – есепті кезеңде ұлттық экономиканың резидент бірліктерінің өндірістік қызметінің нәтижесі болып табылатын тауарлар мен көрсетілетін қызметтердің жиынтық құнын білдіретін тауарлар мен көрсетілетін қызметтердің шығарылымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заңсыз тауарлар өндірісі мен қызмет көрсетулер – сатылуы, таратылуы және оларды иелену Қазақстан Республикасының қолданыстағы заңнамасымен тыйым салынған тауарлар мен қызметтерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) көлеңкелі өндіріс (жасырын) – белгілі бір нормативтер мен ережелерге жауап беретін заңды болып табылатын, бірақ өндірістік қызметің мемлекеттік органдардан әдейі жасыратын қызмет түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) корпорацияланбаған кәсіпорындар – бұл заңды тұлға статусы жоқ және олардың иесінен тәуелсіз болып табылмайтын өндірістік бірліктер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) көлеңкелі экономика (көлеңкелі айналым) – бұл салықтарды төлеуден жалтару мақсатында өндірушілер өзінің табысының бір бөлігін немесе толығымен декларацияламауды дұрысырақ көретін, сондай-ақ есепке алынбаған еңбекті жалдап, еңбек заңнамасын немесе иммиграциялық тәртібін бұзатын немесе ұзақ және қымбат бюрократиялық рәсімдерді болдырмау үшін ресми рұқсатсыз жұмыс істеуге шешім қабылданатын қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) резидент – берілген елдің экономикалық аумағында орналасқан, яғни ол осы аумақта экономикалық қызметпен біршама ұзақ кезеңде (1 жыл немесе одан да көп) айналысатын экономикалық мүдделердің басым орталығы берілген институционалдық бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тіркелмеген кәсіпорындар – салықтан жалтару мақсатында Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өз қызметін тіркемеген кәсіпоындар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) формалды емес сектор кәсіпорны – бұл тауарлар мен көрсетілетін қызметтердің нарықтық өндірісін жүзеге асыратын және заңды тұлға статусы жоқ үй шаруашылықтарының кәсіпорындары, бұл ретте үй шаруашылықтарында жалдау бойынша жұмыс істейтін адамдар және өзінің жеке тұтынуы үшін ғана ауыл шаруашылығы өнімін өндірумен айналысатын адамдар формалды емес секторға жатпайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) формалды емес сектор өндірісі - жұмыспен қамтылғандар саны бойынша мөлшері белгілі бір шекті мәннен төмен және қандай да бір нарықтық өндірісі бар тіркелмеген үй шаруашылықтары секторында корпорацияланбаған кәсіпорындар жүзеге асыратын өндірістік қызмет түрлері ретінде анықталатын өндіріс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бақыланбайтын экономиканы бағалау үшін Бюроның, Қазақстан Республикасы Қаржы министрлігінің деректері, сонымен бірге бақыланбайтын экономиканы тура немесе жанама бағалауға мүмкіндік беретін және анық есептеулерге негіз болатын әкімшілік деректер пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 24</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 24.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.</w:t>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...327 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Бақыланбайтын экономиканың әдіснамалық аспектілері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Бақыланбайтын экономиканың әдіснамалық аспектілері</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 1 - параграф. Бақыланбайтын экономика типтері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бақыланбайтын экономикалық қызмет түрлерін дұрыс сәйкестендіру мен өлшеу үшін бақыланбайтын экономиканың келесі 7 типі айқындалған: N1, N2, N3, N4, N5, N6 және N7.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бақыланбайтын экономикалық қызмет түрлерінің стандартты жиынтығы осы Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1942,128 +1776,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) N7 басқа статистикалық жете есептемелер жатады. N7 типі N7a-ға және N7b-ге бөлінеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақыланбайтын экономика типтерінің осындай классификациясы бақыланбайтын экономиканы бағалау процесін жеңілдетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жаңа тауарлар өндірілмейтін және қызметтер көрсетілмейтін, және тек экономикалық активтерді қайта бөлу жүргізілетін экономикалық активтермен (ақшалармен, мүлікпен) операциялар бақыланбайтын экономиканы бағалауда: парақорлық, ұрлық, алаяқтық (соның ішінде банк саласында немесе бағалы қағаздармен операцияларда, рэкет, заңсыз түрде шетелге ақша аудару) және қалыптасқан ұлттық байлықты қайта бөлуге әкелетін заңға қайшы басқа да іс-әрекеттерді қамтымайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Бақыланбайтын экономиканы бағалау әдістері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бақыланбайтын экономиканы бағалау әдістері үш топқа бөлінеді: тікелей, жанама және құрама.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Бақыланбайтын экономиканы бағалаудың тікелей әдістері іріктемелі байқаулар жүргізуді немесе үй шаруашылықтарының, жекелеген жеке тұлғалардың және кәсіпорындардың бақыланбайтын экономиканы қалыптастыруға қатысуын нақтылау мақсатында әкімшілік дереккөздер деректерін пайдалануды пайымдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тікелей әдістерге келесі жұмыстар жатады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2146,70 +1980,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шаруашылық қызметті жүзеге асыру кезінде заңдылықтың сақталуында салықтық, қаржылық және басқа да тексерулер нәтижелерін зерделеу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тікелей әдістердің ішінде халықтың әл-ауқаты деңгейі, жұмыспен қамтылуы, табыстар мен шығыстар құрылымдарын зерделеуге бағытталған үй шаруашылықтарына зерттеу жүргізу неғұрлым басым болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жанама әдіс зерттелетін экономикалық құбылыстың барлық аспектілері туралы қолда бар ақпараттық базаны терең зерделеудің белгіленген жолымен жанама деректерді пайдалану негізінде қосымша бағалау және есептеу жүргізуді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жанама әдістерге келесі жұмыстар жатады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2256,128 +2090,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жұмыс уақыты шығындарын есепке алумен ресми экономикада еңбек етуші халық белсенділігінің құлдырауына байланысты көлеңкелі нарық мөлшерін бағалау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) монетарлық агрегаттарды пайдалану (қолма-қол ақша көлеміне сұраныс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Құрама әдіс бағалаудың тікелей және жанама әдістерін, сонымен қоса сараптамалық бағалауларды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Шаруашылық жүргізуші субъектілердің бақыланбайтын қызметінің (жасырын, заңсыз қызмет) параметрлерін анықтаушы әдісті таңдау нақты салаларда осы саланың ерекшелігіне, ақпараттың қайнар көздерінің болуына, қосымша зерттеу жүргізу мүмкіндігіне және басқа факторларға байланысты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Бақыланбайтын экономиканы бағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасында бақыланбайтын экономиканы бағалау үшін бақыланбайтын экономиканың N1, N2, N3, N6 және N7 (N7а түрі) типтері бойынша есептеулер жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақыланбайтын экономиканың N1, N3, N6 және N7 (N7а ішкі типі) типтері бойынша есептеулер осы Әдістеменің 3-тарауының 1), 2), 3) және 4) параграфтарында келтірілген.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2470,340 +2304,244 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. N1 типі бойынша есеп – тіркелмеген кәсіпорындар өндірген шығарылым көлемі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. N1 типінің кезеңділігі – жылдық.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есеп жүргізу үшін ақпарат көзі келесі болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шағын кәсіпорындардың шығарылымдары негізінде есептелген экономикалық қызмет түрлері бойынша шағын кәсіпорындардың ЖҚҚ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті төрағасының 2020 жылғы 7 қыркүйектегі № 34 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2020 жылғы 8 қыркүйекте № 21183 болып тіркелген) Халықтың жұмыспен қамтылуын іріктемелі зерттеу сауалнамасының (бұдан әрі – Сауалнама) деректері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармаққа өзгеріс енгізілді - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 24.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...172 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Алгоритмді және есептеу әдісін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аптасына жұмыспен өтелген сағаттарды Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақытының қалыпты ұзақтығына (40 сағат) орташа бір жұмыспен қамтылғанға бөлу арқылы толық жұмыс аптасына жұмыспен өтелген уақыт коэффициентін есептейміз.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5203,3528 +4941,4769 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. N3 типі бойынша есептеу – заңнамаға сәйкес тіркелмеуі тиіс өндірушілердің шығарылым көлемі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 2-параграфтың тақырыбы жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. N3 типінің кезеңділігі – жылдық.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z53" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептеу жүргізу үшін ақпарат көзі бейресми сектор кәсіпорындары (үй шаруашылықтары) бойынша Бюро ұсынатын келесі деректерболып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z54" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ауыл, орман және балық шаруашылығында жеке қосалқы шаруашылықтарда ауыл шаруашылығы өнімдерін өз тұтынуы, сату немесе айырбастау үшін өндіретін, бірақ өндіріс көлемінің аздығынан кәсіпорын ретінде міндетті тіркеуге жеткіліксіз болғандықтан тіркелмеген, бір жылдық немесе екі жылдық және көпжылдық дақылдарды өсірумен, сондай-ақ ауыл шаруашылығы жануарларын өсірумен айналысатын үй шаруашылықтарының өндіріс көлемі. Есептеу жүргізу үшін ақпарат көздері ауыл шаруашылығы саласындағы іріктемелі статистикалық байқаулар болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z55" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өңдеу өнеркәсібінде – үй шаруашылықтары өздерінің түпкілікті тұтынуы, сату немесе нарықта айырбастау үшін өндірген өнім көлемі. Есептеу жүргізу үшін ақпарат көзі үй шаруашылығын зерттеу деректері болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z56" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құрылыста – жеке тұлғалардың саяжайлар мен бау-бақша учаскелерінде, гараждарда және басқа да объектілерде саяжай үйлері және басқа да аула құрылыстарын салу бойынша атқарылған жұмыс көлемі. Есептеу жүргізу үшін ақпарат көзі үй шаруашылығын зерттеу деректері болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z57" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) көтерме және бөлшек саудада, автомобильдер мен мотоциклдерді жөндеуде – үй шаруашылықтарының тауарлар мен қызметтерді сату көлемі. Саудада шығарылым ретінде сауда белгісі қолданылады. Автокөлік құралдарына техникалық қызмет көрсету және жөндеу үшін жеке көлік құралдарын техникалық жөндеу және жуу бойынша көрсетілетін қызметтерден түскен үй шаруашылығының кірістері есепке алынады. Есептеу жүргізу үшін ақпарат көзі үй шаруашылығын зерттеу деректері болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z58" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммерциялық мақсатта тауарларды кейіннен қайта сату үшін импорттайтын жеке тұлғалардың кірістері қазақстандық азаматтардың шекаралас елдерге (Ресей Федерациясы, Өзбекстан Республикасы, Қырғыз Республикасы және Қытай Халық Республикасы) бару жиілігін және бір сапарда әкелінетін тауарлардың орташа көлемін талдауды ескере отырып, Қазақстан Республикасы Ұлттық Банкінің деректері негізінде бағаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z59" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) көлікте – үй шаруашылықтарының жолаушылар мен жүктерді тасымалдау бойынша көрсетілетін қызметтен түскен табыстары. Есептеу үшін ақпарат көзі үй шаруашылығын зерттеу деректері болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1590 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Жеке көрсетілетін қызметтерге жете есептеулер жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z61" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жылжымайтын мүлікпен жасалатын операциялар бойынша – жеке тұлғалардың тұрғын үйдi (өз үйiнде шартты түрде тұруын қоспағанда), тұрғын емес үй-жайларды және автотұрақтарды бейресми жалға беруден түскен кірістер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z62" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тұлғалардың пәтерлер мен жеке тұрғын үйлердi жалға беруден түсетiн кiрiстерiн бағалау ресми статистикалық ақпараттың негiзiнде жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z63" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - тұрғын үй қорының статистикалық тіркелімінің деректері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z64" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - тұрғын үй нарығындағы бағалар статистикасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z65" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепке тұрғын үйді бейресми (тіркелмеген) жалға беруден, яғни кәсіпкерлік қызмет ретінде мемлекеттік тіркеусіз алынған кірістер кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z66" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тұлғаның меншігінде бес пәтерден артық болса, алғашқы екеуін меншік иесі немесе оның туыстары пайдаланатын болса, ал үшіншіден бастап пәтерлер бейресми түрде жалға беріледі деп есептелетін жағдайлар ескеріледі. Жалпы есептелген кірістің 67% бақыланбайтын экономикаға тиесілі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z67" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сондай-ақ, есептеулер қалалық жерлерде жеке тұрғын үйлердің шамамен 5% тиісті қызметті ресми тіркеусіз жалға береді деп болжайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z68" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тұлғалардың тұрғын емес үй-жайларды (соның ішінде коммерциялық үй-жайларды және автотұрақтарды) жалға беруден түсетін кірістерін бағалау үшін ақпарат көзі әкімшілік деректер және баламалы, жалпыға қолжетімді деректердегі тұрғын емес үй-жайлардың орташа бағалары туралы ақпарат болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z69" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептеулер жеке тұлғаларға тиесілі коммерциялық үй-жайлардың 10% және автотұрақтардың 10% бейресми түрде жалға беріледі деп болжайды. Жалға алынған мүліктің жалпы көлемінен заңды (ресми тіркелген) жалдау жағдайлары алынып тасталады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z70" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетілетін қызметтердің өзге де жеке түрлерін ұсыну бойынша – үй шаруашылықтары киім, аяқ киім тігу және оларды жөндеу, тұрмыстық құралдар мен металл бұйымдарын жөндеу бойынша көрсеткен қызметтерден, сондай-ақ шаштараздар мен сұлулық салондарындағы қызметтен түсетін кірістер. Есептеу жүргізу үшін ақпарат көзі үй шаруашылығын зерттеу деректері болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z71" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) үй қызметшісін жалдайтын және өз тұтынуы үшін тауарлар мен көрсетілетін қызметтерді өндіретін үй шаруашылықтарының қызметі бойынша – үй шаруашылықтарының басқа да жеке қызметтері (үй күтуші, аспаз, жүргізуші, бақташы) бойынша көрсеткен қызметтерінен түсетін кірістер. Есептеу жүргізу үшін ақпарат көзі үй шаруашылығын зерттеу деректері болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z72" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) білім беруде – репетиторларға және осы саламен байланысты басқа білім беру қызметтеріне жете есептеулер. Репетиторлардың көрсеткен қызметтерінің құны мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z73" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3403600" cy="558800"/>
+            <wp:extent cx="2387600" cy="254000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3403600" cy="558800"/>
+                      <a:ext cx="2387600" cy="254000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z75" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Vr – шығарылым, теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z76" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rs – мектеп оқушыларының саны, адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z77" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      H – оқу жылының жалпы ұзақтығы, апта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z78" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т – аптадағы сабақ саны, бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z79" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      P – репетитормен бір сағаттық сабақтың құны, теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z80" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығарылымды бағалау кезінде 6, 9, 11, 12 сынып оқушыларының жалпы санының 10% пайдаланылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z81" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) денсаулық сақтауда – медициналық қызметтер көрсету бойынша бейресми қызметті жүзеге асыратын медициналық персоналға жете есептеулер. Медициналық персоналдың қосымша табысы мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z82" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E = U х Y х D х F (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z83" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z84" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E – шығарылым, теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z85" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      U – медициналық персонал саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z86" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Y – аптасына көрсетілген қызметтердің саны, бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z87" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D – медициналық қызметтердің орташа құны, теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z88" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      F – жылына жұмыс апталарының саны, бірлік.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z89" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығарылымды бағалау кезінде учаскелік медбикелер санының 20% пайдаланылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z90" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өнер саласы бойынша – өнер саласы бойынша – өнер және ойын-сауық саласындағы қайраткерлер (ресми емес жеке іс-шараларда өнер көрсететін музыканттар, әртістер, асабалар) көрсететін қызметтерге жете есептеулер. Қосымша табыс мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z91" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E= A х B х C (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z92" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z93" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Е – шығарылым, теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z94" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А – мейрамхана санатындағы тамақ пен сусындар ұсынатын объектілердің саны, бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      B – жылдағы іс-шаралар саны, бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z96" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С – қызмет көрсету құны, теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығарылымды бағалау барлық мейрамханалардың 80% және жылдағы барлық оқиғалардың 20% пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z98" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) инфлюенсер (блогер) бойынша – кәсіпкерлік қызмет мақсатында тұлғалардың беймәлім тобына бағытталған онлайн-платформалардағы кәсіпкерлік қызмет мақсаттағы онлайн-жарнамалардан түсетін кірістер. Сәйкес есептеулерді жүргізу үшін ақпарат көзі Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің әкімшілік деректері болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z99" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан аумағында жұмыс істейтін шетел азаматтары бойынша – Қазақстан Республикасының заңнамасын бұза отырып, шетелдік жұмыс күшін және еңбек иммигранттарын тарту бойынша әкімшілік деректердің, сондай-ақ бір қызметкердің орташа айлық атаулы жалақысы туралы ресми статистикалық деректердің негізінде есептелген кірістер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      СМТ – бюджетке төленген салық және басқа да міндетті төлемдердің сомасы; </w:t>
-[...37 lines deleted...]
-    </w:p>
+      18. N3 типті Экономикалық қызмет түрлерін аралық тұтыну табыстың шамамен 25-30% құрайды, қызметтің бір бөлігі экономиканың бейресми секторында жүзеге асырылады. ЖҚҚ шығарылым мен аралық тұтыну арасындағы айырмашылық ретінде есептеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "N3– заңнамаға сәйкес тіркелмеуі тиіс өндірушілердің шығарылым көлемі" типін бағалау ұйымның төмен деңгейінде еңбек және капитал бөлінісі аз немесе мүлдем бөлінбейтін бірліктер өндіретін тауарлар мен қызметтерді өндіріс факторлары ретінде, сондай-ақ шағын ауқымда бағалауға мүмкіндік береді. Үй шаруашылығында өндірістік қызметтің әртүрлі түрлері жүзеге асырылуы мүмкін болғандықтан, бұл бағалау нақты жағдайды сипаттай алмайды және салық органдарының бақылау шаралары үшін пайдаланыла алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. N6 типі бойынша есеп – саналы түрде нақты емес деректерді ұсынатын өндірушілердің шығарылым көлемін есептеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z37" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. N6 типінің кезеңділігі –жылдық.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептеу жүргізу үшін ақпарат көздері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) салық есептілігі нысандарына сәйкес салық төлеушінің сатудан түскен кірісі (бұдан әрі – кіріс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) есепті кезеңдегі салықтық түсімдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) есепті кезеңде ұлттық шоттарды есептеу үшін қабылданған, экономикалық қызмет түрлері бойынша аралық тұтыну бойынша деректер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Осы Әдістеменің 19-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген деректерді Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Бюроға жыл сайын жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Көлеңкелі экономика (көлеңкелі айналым) салық төлеу деңгейін ескере отырып, субъект және аймақ бойынша орташа салалық кірістің салық төлеушінің кірісінен айырмасы ретінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z101" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептеу кезінде мынадай салық төлеушілер алынып тасталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z102" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) салықтық түсімдері теріс мәнге ие салық төлеушілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z103" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) салық органының коды, мөлшері мен қызмет түрі бойынша деректері жоқ салық төлеушілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасы Қаржы министрлігі айқындайтын тізім бойынша мониторингке жататын салық төлеушілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z105" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) салық заңнамасына сәйкес салық жеңілдіктерін қолданған салық төлеушілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z106" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бюджетке түсетін салықтық түсімдерінің табысқа қатынасы 50% асатын салық төлеушілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әрбір қызмет түрі бойынша кірістері өлшемі мен ауданын ескере отырып, бес және одан да көп есе асатын салық төлеушілер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Есептеу алгоритмі мен әдісінің сипаттамасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z108" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әр салық төлеуші үшін салық төлеу деңгейі есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4813300" cy="482600"/>
+            <wp:extent cx="1536700" cy="558800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4813300" cy="482600"/>
+                      <a:ext cx="1536700" cy="558800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (14)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда:</w:t>
-[...153 lines deleted...]
-    </w:p>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СТД – кәсіпорынның салық төлеу деңгейі,%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      СМТ – бюджетке төленген салық төлемдердің сомасы, теңге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К – салық төлеушінің кірісі, теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) экономикалық қызмет түрлері мен кәсіпорындардың көлемі (ірі, орта, шағын) бойынша салық төлеудің салалық орташа деңгейі мынадай формула бойынша аудандық деңгейде есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5588000" cy="546100"/>
+            <wp:extent cx="3581400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5588000" cy="546100"/>
+                      <a:ext cx="3581400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (15)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда:</w:t>
-[...493 lines deleted...]
-      Қолма-қол ақшасыз айналым коэффициентін есептеу:</w:t>
+      мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4838700" cy="558800"/>
+            <wp:extent cx="876300" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4838700" cy="558800"/>
+                      <a:ext cx="876300" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – салық төлеу деңгейінің орташа салалық мәні, теңге;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...436 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5181600" cy="533400"/>
+            <wp:extent cx="2755900" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5181600" cy="533400"/>
+                      <a:ext cx="2755900" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – тиісті экономикалық қызмет түрі бойынша салық төлеушілердің салық төлеу деңгейлері, теңге;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұндағы:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      n – тиісті экономикалық қызмет түрі бойынша салық төлеушілер саны, бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жалпы өнім ретінде қабылданған экономикалық қызмет түрлері мен кәсіпорындардың (ірі, орта, шағын) көлемі бойынша орташа салалық кіріс мынадай формула бойынша аудандық деңгейде есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="495300" cy="254000"/>
+            <wp:extent cx="2311400" cy="558800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="495300" cy="254000"/>
+                      <a:ext cx="2311400" cy="558800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – статистикалық себептер бойынша жасырылған тиісті қызмет түрі бойынша жалпы шығарылым (i);</w:t>
+        <w:t xml:space="preserve"> (16)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Oij – тиісті қызмет түрі (i) мен мөлшерліліктегі (j) бір кәсіпорынға келетін жалпы шығарылымның орташа шамасы (миллион тенге);</w:t>
-[...17 lines deleted...]
-      Nij – тиісті қызмет түрі (i) мен мөлшерліліктегі (j) есеп ұсынбаған кәсіпорындар саны.</w:t>
+      мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="469900" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="469900" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – салық төлеушілердің орташа салалық кірісі, теңге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1562100" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1562100" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – тиісті экономикалық қызмет түрі бойынша салық төлеушілердің кірісі, теңге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      n – тиісті экономикалық қызмет түрі, кәсіпорындардың көлемі бойынша салық төлеушілердің саны, бірлік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салық төлеу деңгейі салалық орташа көрсеткіштен төмен және табысы салалық орташа көрсеткіштен төмен кәсіпорындар бойынша жете есептеу жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығарылым ретінде айқындалған жете есептеу салалық орташа кіріс пен салық төлеушінің кірісі арасындағы айырма ретінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N6 типі бойынша жете есептеулер мынадай салалар бойынша жүргізілмейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - тау-кен өндіру өнеркәсібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - электрмен жабдықтау, газ беру, сумен жабдықтау, кәріз жүйесі, қалдықтарды бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - қаржылық қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік басқару және қорғаныс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - денсаулық сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 24.12.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Аралық тұтыну есепті кезеңде ұлттық шоттардың тиісті экономикалық қызмет түрлерінің аралық тұтынуының қабылданған үлесіне сәйкес келеді, сонымен бірге бұл үлес қызметтің бір бөлігі экономиканың көлеңкелі секторында жүзеге асырылатындығына байланысты ерекшеленуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. ЖҚҚ шығарылым мен аралық тұтынудың айырмасы ретінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Осы параграфта сипатталған бақыланбайтын экономика есптеулері есепті деректерге негізделген жыл сайынғы ЖІӨ есептеуде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z44" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. N7а ішкі типі бойынша есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z45" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Ішкі типтің кезеңділігі – жылдық.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептеу жүргізу үшін ақпарат көзі экономикалық қызмет түрлері бойынша Бюро қалыптастыратын кәсіпорындардың жалпы шығарылымы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 24.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. N7а-ға толық емес, жиналмаған немесе алғашқы дереккөздерден тікелей жиналған өндірушілер шығарылымының көлемі жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 24.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Жаппай әдіспен зерттелетін, есеп бермеген кәсіпорындар бойынша жалпы шығарылым жете есептеулер әр қызмет түрі бойынша мынадай формула бойынша жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2870200" cy="444500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2870200" cy="444500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (17)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1193800" cy="444500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1193800" cy="444500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – есептерді ұсынбаған, тиісті қызмет түрі мен өлшемділігі бойынша жаппай әдіспен зерттелетін кәсіпорындардың жалпы шығарылымы, миллион теңге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="317500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="317500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – тиісті қызмет түрі мен өлшемділігі бойынша бір кәсіпорынға келетін жаппай әдіспен зерттелетін кәсіпорындардың жалпы шығарылымның орташа мәні, миллион теңге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – есептерді ұсынбаған, тиісті қызмет түрі мен өлшемділігі бойынша жаппай әдіспен зерттелетін кәсіпорындардың саны, бірлік.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Әдістеме 29, 30, 31-тармақтармен толықтыру көзделген - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Іріктеме әдісімен зерттелетін, есеп бермеген кәсіпорындар бойынша жете есептеу әр қызмет түрі бойынша мынадай формула бойынша жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3187700" cy="457200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3187700" cy="457200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (18)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1689100" cy="495300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId27"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1689100" cy="495300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – есептерді ұсынбаған, тиісті қызмет түрі мен өлшемділігі бойынша іріктемелі әдіспен зерттелетін кәсіпорындардың жалпы шығарылымы, миллион теңге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="342900" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="342900" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – тиісті қызмет түрі мен өлшемділігі бойынша бір кәсіпорынға келетін іріктемелі әдіспен зерттелетін кәсіпорындардың жалпы шығарылымның орташа мәні, миллион теңге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId29"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – есептерді ұсынбаған, тиісті қызмет түрі мен өлшемділігі бойынша іріктемелі әдіспен зерттелетін кәсіпорындардың саны, бірлік.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 29-тармақпен толықтырылды - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Жолаушылар тасымалы (такси) және қоғамдық тамақтану (мейрамханалар мен барлар) салаларындағы "шайпұлды" бағалау үшін тиісті салалардағы жалпы шығарылымның 5% үлесін құрайтын тіркелген үлесі пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 30-тармақпен толықтырылды - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Сондай-ақ, мынадай салалар бойынша жеке қызметтерге "шайпұлға" жете есептеулер жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім беруде "шайпұлдар" құны мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1778000" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId30"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1778000" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q – "шайпұлдардың" жалпы сомасы, теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      J – педагогтар саны, адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W – мерекелер саны, бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – бір "шайпұлдың" орташа құны, теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) денсаулық сақтауда "шайпұлдар" құны мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1244600" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId31"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1244600" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q – "шайпұлдардың" жалпы сомасы, теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      J – медициналық жағдайлар саны (бір жылда туылған балалар саны және бір жылда жасалған операциялар саны), бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – бір "шайпұлдың" орташа құны, теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Әдістеме 31-тармақпен толықтырылды - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8819,68 +9798,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">бағалау әдістемесіне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:bookmarkStart w:name="z49" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бақыланбайтын экономика бойынша Еуростаттың кестелік тәсілі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -10583,68 +11562,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">бағалау әдістемесіне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының еңбек заңнамасын бұзатын еңбек қызметінің белгілерін сипаттайтын мәселелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12865,55 +13844,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -13235,35 +14214,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>