--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="21579da" w14:textId="21579da">
+    <w:p w14:paraId="d1427e9" w14:textId="d1427e9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +103,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2019 жылғы 29 шілдедегі № 280 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 30 шілдеде № 19123 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31 желтоқсаннан бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -165,51 +281,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -228,270 +343,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың үлгілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Инвестициялық саясат департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік 10 (он) күн ішінде оның қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберілуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік 10 (он) күн ішінде оның көшірмесінің мерзімді баспа басылымдарына ресми жариялауға жіберілуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрықтың Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осы бұйрық мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2), 3) және 4) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтердің ұсынылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) осы бұйрықтың облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының назарына жеткізілуін қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ауыл шаруашылығы вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -821,101 +936,216 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 280 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың үлгілік қағидалары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31 желтоқсаннан бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың үлгілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Үлгілік қағидалар) "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -936,51 +1166,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін іске асырудың тәртiбiн айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -999,676 +1228,1104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Үлгілік қағидалардың негізінде және Заңның 7-бабының 2-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-10) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидаларын (бұдан әрі - Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидалары) әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Үлгілік қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z57" w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z57" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) азық-түлiк тауарларының өңірлік тұрақтандыру қоры – облыстардың, республикалық маңызы бар қалалардың, астананың аумағында аграрлық азық-түлік нарығына реттеушілік әсер ету және азық-түлiк қауiпсiздiгiн қамтамасыз ету үшiн құрылған азық-түлiк тауарларының жедел қоры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z58" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z58" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) азық-түлiк тауарларының өңірлік тұрақтандыру қорын жаңарту– азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін оларды өткізу немесе жаңа сақталу мерзімімен немесе келесі жылдың жаңа егінінен дәл сондай көлемдегі азық-түлік тауарларын кейін жеткізе отырып, азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін оларды қайтару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z59" w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z59" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) азық-түлік тауарларының өңірлік тұрақтандыру қорын қалыптастыру– сатып алу интервенциялары, азық-түлік тауарларының өңірлік тұрақтандыру қорына азық-түлік тауарларын орналастыру және сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z60" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z60" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) азық-түлік тауарларының өңірлік тұрақтандыру қорын пайдалану– тауар интервенцияларын жүргізу және азық-түлiк тауарларының өңірлік тұрақтандыру қорын жаңарту мақсатында азық-түлік тауарларының өңірлік тұрақтандыру қорынан азық-түлік тауарларын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ 4-1) тармақшамен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31 желтоқсаннан бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) ауыл шаруашылығы тауарын өндіруші (бұдан әрі – ауылшартауарынөндіруші) – ауыл шаруашылығы өнімін өндірумен айналысатын жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ 5-2), 5-3), 5-4), және 5-5) тармақшалармен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31 желтоқсаннан бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сатып алу интервенциялары – облыстардың, республикалық маңызы бар қалалардың, астананың аумағында бағалар төмендеген кезде, Қазақстан Республикасының аумағында төтенше жағдай енгізілген кезде, сондай-ақ Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің немесе Қазақстан Республикасы Премьер-Министрінің тапсырмалары шеңберінде мамандандырылған ұйымдардың әлеуметтік маңызы бар азық-түлік тауарларын сатып алуы жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ 7-1) тармақшамен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31 желтоқсаннан бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="20"/>
+    <w:bookmarkStart w:name="z64" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) ауыл шаруашылығы тауарын өндіруші (бұдан әрі – ауылшартауарынөндіруші) – ауыл шаруашылығы өнімін өндірумен айналысатын жеке немесе заңды тұлға;</w:t>
+      8) тауар интервенциялары– бағалар өскен кезде ішкі нарықты тұрақтандыру мақсатында жүзеге асырылатын, азық-түлiк тауарларының өңірлік тұрақтандыру қорларынан ішкі нарықта азық-түлік тауарларын өткізу жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z71" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) тіркелген баға - өндіруге/сатып алуға, сақтауға, табиғи кемуге (кебуге), межелі орынға дейін жеткізуге кеткен шығындарды, сондай-ақ өнімнің өзіндік құнынан маржалық табысты ескере отырып, әлеуметтік маңызы бар азық-түлік тауарының бағасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z72" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-2) форвард – сатып алушы (немесе сатушы) болашақта келісілген шарттармен базалық активті сатып алудың (немесе сатудың) белгілі бір мерзімі өткеннен кейін өзіне міндеттеме алатын туынды қаржы құралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ 8-3) тармақшамен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31 желтоқсаннан бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="21"/>
+    <w:bookmarkStart w:name="z65" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) сатып алу интервенциялары – облыстардың, республикалық маңызы бар қалалардың, астананың аумағында бағалар төмендеген кезде, Қазақстан Республикасының аумағында төтенше жағдай енгізілген кезде, сондай-ақ Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің немесе Қазақстан Республикасы Премьер-Министрінің тапсырмалары шеңберінде мамандандырылған ұйымдардың әлеуметтік маңызы бар азық-түлік тауарларын сатып алуы жөніндегі іс-шаралар;</w:t>
+      9) шекті сауда үстемесі – ішкі сауда субъектілерінің түпкілікті тұтынушыларға азық-түлік тауарларын өткізуі кезінде бағаны айқындау үшін қалыптастырылатын сауда үстемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z64" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; өзгерістер енгізілді - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) тауар интервенциялары– бағалар өскен кезде ішкі нарықты тұрақтандыру мақсатында жүзеге асырылатын, азық-түлiк тауарларының өңірлік тұрақтандыру қорларынан ішкі нарықта азық-түлік тауарларын өткізу жөніндегі іс-шаралар;</w:t>
+      4. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктері әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидаларына сәйкес іске асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z71" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z19" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8-1) тіркелген баға - өндіруге/сатып алуға, сақтауға, табиғи кемуге (кебуге), межелі орынға дейін жеткізуге кеткен шығындарды, сондай-ақ өнімнің өзіндік құнынан маржалық табысты ескере отырып, әлеуметтік маңызы бар азық-түлік тауарының бағасы;</w:t>
+      5. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерінің тиімді және уақтылы қолданылуын қамтамасыз ету мақсатында облыстың, республикалық маңызы бар қалалардың, астананың әкімі Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыруды қамтамасыз ету жөніндегі комиссияны (бұдан әрі - Комиссия) құрады және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z72" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z20" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8-2) форвард – сатып алушы (немесе сатушы) болашақта келісілген шарттармен базалық активті сатып алудың (немесе сатудың) белгілі бір мерзімі өткеннен кейін өзіне міндеттеме алатын туынды қаржы құралы;</w:t>
+      6. Облыс, республикалық маңызы бар қалалар, астана әкімінің орынбасары Комиссияның төрағасы болып табылады, кәсіпкерлік, сауда және ауыл шаруашылығы басқармаларының (бөлімдерінің) қызметкерлері, сондай-ақ жеке кәсіпкерлік субъектілері бірлестіктерінің және қоғамдық ұйымдардың өкілдері Комиссия мүшелері болып табылады. Комиссия өз қызметін тұрақты негізде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z65" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z21" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) шекті сауда үстемесі – ішкі сауда субъектілерінің түпкілікті тұтынушыларға азық-түлік тауарларын өткізуі кезінде бағаны айқындау үшін қалыптастырылатын сауда үстемесі.</w:t>
+      7. Комиссияның сандық құрамы тақ болуы және кемінде тоғыз адамнан тұруы тиіс. Бұл ретте комиссия мүшелерінің үштен екісі жеке кәсіпкерлік субъектілері бірлестіктерінің және қоғамдық ұйымдардың өкілдері болуы тиіс. Комиссия хатшысы оның мүшесі болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...122 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z22" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктері әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидаларына сәйкес іске асырылады.</w:t>
-[...39 lines deleted...]
-      6. Облыс, республикалық маңызы бар қалалар, астана әкімінің орынбасары Комиссияның төрағасы болып табылады, кәсіпкерлік, сауда және ауыл шаруашылығы басқармаларының (бөлімдерінің) қызметкерлері, сондай-ақ жеке кәсіпкерлік субъектілері бірлестіктерінің және қоғамдық ұйымдардың өкілдері Комиссия мүшелері болып табылады. Комиссия өз қызметін тұрақты негізде жүзеге асырады.</w:t>
+      8. Комиссияның құзыретіне мыналар жатады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z21" w:id="29"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тиісті әкімшілік-аумақтық бірлікте әлеуметтік маңызы бар азық-түлік тауарларына тұрақтандыру тетіктерін іске асыру туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1697,3060 +2354,3768 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидаларына сәйкес қарыз беруге кәсіпкерлік субъектісін анықтау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесін анықтау бойынша мамандандырылған ұйымдардың ұсыныстарын қарау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="31"/>
+    <w:bookmarkStart w:name="z23" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Комиссияның жұмысын құруды және ұйымдастыруды тиісті әкімшілік-аумақтық бірліктегі облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z24" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z24" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру үшін облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйымдардан әлеуметтік маңызы бар азық-түлік тауарларына шекті бағаларды белгілеу жөніндегі шараларды қоспағанда, әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру туралы шарт жасасу жолымен көрсетілетін қызметтерді сатып алуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру туралы шарттың қолданылу мерзімі аяқталғанға дейінгі үш жылдық кезеңге облыстардың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы мамандандырылған ұйыммен тұрақтандыру қорының заттай және ақшалай мәндегі өтпелі активтері туралы міндеттемелері көрсетілген қосымша келісім жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрақтандыру қоры таратылған жағдайда, мамандандырылған ұйым азық-түлік тауарларын сатып алу үшін пайдаланылған бюджет қаражатының жергілікті бюджетке қайтарылуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер, мамандандырылған ұйымның шешімі бойынша азық-түлік тауарларын өткізу сатып алу бағасынан төмен баға бойынша жүзеге асырылса, онда соманың қайтарылуы сатып алу және өткізу бағаларының айырмасын шегере отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-1-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2. Мамандандырылған ұйымның тұрақтандыру қорын пайдалану кезінде туындаған үстеме, коммуналдық және басқа да шығыстары жыл сайын азық-түлік тауарларының белгіленген және нарықтық бағалары арасындағы айырма есебінен жабылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-2-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+        <w:t xml:space="preserve">; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="33"/>
+    <w:bookmarkStart w:name="z25" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10-1. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру туралы шарттың қолданылу мерзімі аяқталғанға дейінгі үш жылдық кезеңге облыстардың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы мамандандырылған ұйыммен тұрақтандыру қорының заттай және ақшалай мәндегі өтпелі активтері туралы міндеттемелері көрсетілген қосымша келісім жасасады.</w:t>
+        <w:t xml:space="preserve">
+      11. Әлеуметтік маңызы бар азық-түлік тауарларына шекті бағаларды белгілеу жөніндегі шараларды қоспағанда, әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйымдардың (бұдан әрі – мамандандырылған ұйым) тізбесін Заңның 6-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті орган бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрақтандыру қоры таратылған жағдайда, мамандандырылған ұйым азық-түлік тауарларын сатып алу үшін пайдаланылған бюджет қаражатының жергілікті бюджетке қайтарылуын қамтамасыз етеді.</w:t>
+      12. Мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына электрондық құжат айналымы, пошта байланысы арқылы не облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының кеңсесі арқылы қолма-қол осы Үлгілік қағидаларға қосымшаға сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпаратты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Қазақстан Республикасының ауыл шаруашылығы және сауда және интеграция министрліктеріне электрондық құжат айналымы арқылы осы Үлгілік қағидаларға қосымшаға сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 250</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру бойынша тетіктерді іске асыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер, мамандандырылған ұйымның шешімі бойынша азық-түлік тауарларын өткізу сатып алу бағасынан төмен баға бойынша жүзеге асырылса, онда соманың қайтарылуы сатып алу және өткізу бағаларының айырмасын шегере отырып жүзеге асырылады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31 желтоқсаннан бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Әлеуметтік маңызы бар азық-түлік тауарларының нарығын тұрақтандыру мақсатында облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандырудың: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұрақтандыру қорларының қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кәсіпкерлік субъектілеріне қарыз беру тетіктерін іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары бөлетін, оның ішінде бұдан бұрын азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыруға бөлінген қаражат әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін іске асыруды қаржыландыру көзі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру шеңберінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және қайта өңдеуші кәсіпорындарды қаржыландыру бекітілген бағаны белгілей отырып, форвардты қолданумен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және өңдеуші кәсіпорындарды форвардтық қаржыландыру форвардтық шарттың жалпы сомасының 70 (жетпіс) пайызы мөлшерінде алдын ала төлем және өнім жеткізілгеннен кейін түпкілікті есеп айырысу шарттарымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-1-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 109</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-2-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="34"/>
+    <w:bookmarkStart w:name="z77" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10-2. Мамандандырылған ұйымның тұрақтандыру қорын пайдалану кезінде туындаған үстеме, коммуналдық және басқа да шығыстары жыл сайын азық-түлік тауарларының белгіленген және нарықтық бағалары арасындағы айырма есебінен жабылады.</w:t>
+      13-3. Форвардтық шарттар шеңберінде сатып алынатын әлеуметтік маңызы бар азық-түлік тауарларының көлемі Комиссия шешіміне сәйкес өңірлік сұраныс негізінде облыс (қалалық немесе жалпы), республикалық маңызы бар қала, астана халқының үш айлық қажеттілігінің 50 пайызына дейін қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-2-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 109</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-3-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 210</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-4-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31 желтоқсаннан бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті орган бекітеді.</w:t>
+        <w:t>
+      13-4. Мамандандырылған ұйым ауылшартауарынөндірушілерді форвардтық шарттар шеңберінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына электрондық құжат айналымы, пошта байланысы арқылы не облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының кеңсесі арқылы қолма-қол осы Үлгілік қағидаларға қосымшаға сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпаратты ұсынады.</w:t>
+      2023 жылғы 10 қаңтарға дейін 2023 жылы ерте шығатын көкөніс өнімдерін өндіру және 2023 жылдың көктемгі-жазғы кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Қазақстан Республикасының ауыл шаруашылығы және сауда және интеграция министрліктеріне электрондық құжат айналымы арқылы осы Үлгілік қағидаларға қосымшаға сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат ұсынады.</w:t>
+      2023 жылғы 1 ақпанға дейін 2023 жылғы күзгі түсімнің көкөніс өнімдерін өндіру және 2024 жылдың қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2023 жылғы 1 тамызға дейін 2024 жылы ерте шығатын көкөніс өнімдерін өндіру және 2024 жылдың көктемгі-жазғы кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2023 жылғы 1 қыркүйекке дейін 2024 жылғы күзгі түсімнің көкөніс өнімдерін өндіру және 2025 жылдың қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін қаржыландыруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2024 жылдан бастап және одан кейінгі жылдары ауылшартауарынөндірушілерді көкөніс өнімдерін өндіру үшін қаржыландыру мынадай мерзімдерде жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ағымдағы қаржы жылының 1 тамызына дейін келесі жылдың қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ағымдағы қаржы жылының 1 қыркүйегіне дейін келесі жылдың көктемгі-жазғы кезеңінде халықты өніммен қамтамасыз ету үшін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 250</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-4-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="37"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="38"/>
+    <w:bookmarkStart w:name="z79" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>
-      1) тұрақтандыру қорларының қызметі;</w:t>
-[...36 lines deleted...]
-      13-1. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары бөлетін, оның ішінде бұдан бұрын азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыруға бөлінген қаражат әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін іске асыруды қаржыландыру көзі болып табылады.</w:t>
+      13-5. Мамандандырылған ұйым көкөніс өнімдерін сатуды бастағанға дейін ауылшартауарынөндірушілерде немесе басқа қоймаларда сақтауды жүзеге асырады. Сақтау шығындарын есептеу жергілікті атқарушы органдардың өңірдегі сақтаудың ұқсас түрлеріндегі сақтаудың орташа құны туралы деректері негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 13-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 210</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-5-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-6-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31 желтоқсаннан бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13-2. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру шеңберінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және қайта өңдеуші кәсіпорындарды қаржыландыру бекітілген бағаны белгілей отырып, форвардты қолданумен жүзеге асырылады.</w:t>
-[...18 lines deleted...]
-      Әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және өңдеуші кәсіпорындарды форвардтық қаржыландыру форвардтық шарттың жалпы сомасының 70 (жетпіс) пайызы мөлшерінде алдын ала төлем және өнім жеткізілгеннен кейін түпкілікті есеп айырысу шарттарымен жүзеге асырылады.</w:t>
+      13-6. Әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктерін іске асыру шеңберінде көкөніс өнімдерін жеткізу мамандандырылған ұйым облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органдармен бірлесіп маусымаралық кезеңде (қысқы-көктемгі кезең: ақпан, наурыз, сәуір; көктемгі-жазғы кезең: мамыр, маусым, шілде) қалыптастыратын график негізінде не ішкі нарықа реттеушілік әсер ету қажет болған жағдайда басқа кезеңдерде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 13-2-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-6-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 385</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="41"/>
+    <w:bookmarkStart w:name="z81" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13-3. Форвардтық шарттар шеңберінде сатып алынатын әлеуметтік маңызы бар азық-түлік тауарларының көлемі Комиссия шешіміне сәйкес өңірлік сұраныс негізінде облыс (қалалық немесе жалпы), республикалық маңызы бар қала, астана халқының үш айлық қажеттілігінің 50 пайызына дейін қалыптастырылады.</w:t>
+      13-7. Мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдармен бірлесіп форвардтық шарт жасалған сәттен бастап көкөніс өнімдерін өндіру циклінің барлық кезеңдерінде егістікке бара отырып, ауылшартауарынөндірушілердің қызметіне мониторингті жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-7-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13-8. Әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктері шеңберінде сатып алынатын әлеуметтік маңызы бар азық-түлік тауарлары "Тамақ өнімдерінің қауіпсіздігі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сақтау, тасымалдау және өткізу кезінде тамақ өнімдерінің қауіпсіздігіне қойылатын талаптарға сәйкес келуі тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 13-3-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-8-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 385</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 13-9, 13-10 және 13-11-тармақтармен көзделген - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="42"/>
+    <w:bookmarkStart w:name="z29" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13-4. Мамандандырылған ұйым ауылшартауарынөндірушілерді форвардтық шарттар шеңберінде:</w:t>
+        <w:t xml:space="preserve">
+      14. Осы Үлгілік қағидаларда регламенттелмеген әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың ерекшеліктері (егжей-тегжейі) Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағиадаларымен айқындалады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z30" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Азық-түлік тауарларының тұрақтандыру қорлары қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z31" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2023 жылғы 10 қаңтарға дейін 2023 жылы ерте шығатын көкөніс өнімдерін өндіру және 2023 жылдың көктемгі-жазғы кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
+        <w:t xml:space="preserve">
+      15. Азық-түлік тауарларының тұрақтандыру қорларының қызметі өңірлік тұрақтандыру қорларын қалыптастыру және пайдалану жолымен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z32" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2023 жылғы 1 ақпанға дейін 2023 жылғы күзгі түсімнің көкөніс өнімдерін өндіру және 2024 жылдың қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
+      16. Азық-түлік тауарларының тұрақтандыру қорын қалыптастыру мен пайдалану жөніндегі тетікті іске асыру мақсатында Комиссия сұраныс пен ұсыныстың өңірлік балансының (өндіріс көлемі, азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың болуы), егіс алаңдары (жоспарлы), егіннің болжамды шығымы, өткен күнтізбелік жыл ішінде қалыптасқан бағалар туралы мәліметтердің, сондай-ақ өзге де мәліметтер негізінде азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының тізбесін, сондай-ақ шекті сауда үстемесін айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z83" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2023 жылғы 1 тамызға дейін 2024 жылы ерте шығатын көкөніс өнімдерін өндіру және 2024 жылдың көктемгі-жазғы кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
-[...438 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес сақтау, тасымалдау және өткізу кезінде тамақ өнімдерінің қауіпсіздігіне қойылатын талаптарға сәйкес келуі тиіс.</w:t>
+      16-1. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру кезінде бюджеттік қаражаттың 70 (жетпіс) пайызы форвардтық шарттар шеңберінде ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына бағытталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 13-8-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 16-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 24.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="47"/>
+    <w:bookmarkStart w:name="z33" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Осы Үлгілік қағидаларда регламенттелмеген әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың ерекшеліктері (егжей-тегжейі) Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағиадаларымен айқындалады. </w:t>
+      17. Азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алуға қажетті әлеуметтік маңызы бар азық-түлік тауарларының тізбесі Қазақстан Республикасы Премьер-Министрінің орынбасары – Сауда және интеграция министрінің 2023 жылғы 11 мамырдағы № 166-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32474 болып тіркелді) бекітілген әлеуметтік маңызы бар азық-түлік тауарлары тізбесінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z30" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 1-параграф. Азық-түлік тауарларының тұрақтандыру қорлары қызметінің тәртібі</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z31" w:id="49"/>
+    <w:bookmarkStart w:name="z34" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Азық-түлік тауарларының тұрақтандыру қорларының қызметі өңірлік тұрақтандыру қорларын қалыптастыру және пайдалану жолымен жүзеге асырылады. </w:t>
+      18. Мамандандырылған ұйым өткізетін әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы Заңы 19-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, Статистикалық жұмыстар жоспарына сәйкес тиісті облыстың, республикалық маңызы бар қаланың, астананың мемлекеттік статистика органдары қалыптастыратын әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының ресми нарықтық мәндерінен 10 немесе одан да көп пайызға төмен бағаларды ұстап тұру ескеріле отырып қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z32" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Азық-түлік тауарларының тұрақтандыру қорын қалыптастыру мен пайдалану жөніндегі тетікті іске асыру мақсатында Комиссия сұраныс пен ұсыныстың өңірлік балансының (өндіріс көлемі, азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың болуы), егіс алаңдары (жоспарлы), егіннің болжамды шығымы, өткен күнтізбелік жыл ішінде қалыптасқан бағалар туралы мәліметтердің, сондай-ақ өзге де мәліметтер негізінде азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының тізбесін, сондай-ақ шекті сауда үстемесін айқындайды.</w:t>
+      19. Комиссия облыстың (республикалық маңызы бар қалалардың, астананың) әкіміне сатып алынатын азық-түлік тауарларының тізбесін және олар бойынша шекті сауда үстемесін бекіту туралы ұсынымдар енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z83" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z36" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16-1. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру кезінде бюджеттік қаражаттың 70 (жетпіс) пайызы форвардтық шарттар шеңберінде ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына бағытталады.</w:t>
+      20. Облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Комиссияның ұсынымдары негізінде сатып алынатын азық-түлік тауарларының тізбесін және шекті сауда үстемесін бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z37" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Өңірлік тұрақтандыру қорын қалыптастыру кезінде әлеуметтік маңызы бар азық-түлік тауарларын сатып алу тікелей өндірушілерден, оның ішінде форвардтық шарттар мен офтейк-келісімшарттар жасасу арқылы жүзеге асырылады. Егер өндіруші өнімді өткізуді тікелей жүзеге асырмаса, әлеуметтік маңызы бар азық-түлік тауарларын азық-түлік тауарларын өткізуге маманданған көтерме сауда жеткізушілерінен (дистрибьютерлерден), сондай-ақ мамандандырылған ұйымнан сатып алу жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тарау 16-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 24.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 201</w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 10.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 288</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="52"/>
+    <w:bookmarkStart w:name="z110" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32474 болып тіркелді) бекітілген әлеуметтік маңызы бар азық-түлік тауарлары тізбесінен қалыптастырылады.</w:t>
+        <w:t>
+      21-1. Азық-түлiк тауарларының өңірлік тұрақтандыру қорларына сатып алынатын әлеуметтік маңызы бар азық-түлік тауарлары техникалық регламенттердің талаптарына сәйкес келуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 305</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 21-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="53"/>
+    <w:bookmarkStart w:name="z111" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, Статистикалық жұмыстар жоспарына сәйкес тиісті облыстың, республикалық маңызы бар қаланың, астананың мемлекеттік статистика органдары қалыптастыратын әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының ресми нарықтық мәндерінен 10 немесе одан да көп пайызға төмен бағаларды ұстап тұру ескеріле отырып қалыптастырылады.</w:t>
+        <w:t>
+      21-2. Әлеуметтік маңызы бар азық-түлік тауарларын аймақтық тұрақтандыру қорларына сатып алу кезінде мамандандырылған ұйым ауыл шаруашылығы тауарын өндірушілердің, қайта өңдеу кәсіпорындарының, азық-түлік тауарларын өткізуге маманданған көтерме жеткізушілердің (дистрибьюторлардың) қаржылық тұрақтылығына талдау жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер ауыл шаруашылығы тауарын өндіруші (қайта өңдеу кәсіпорны, азық-түлік тауарларын өткізуге маманданған көтерме жеткізуші (дистрибьютор)) салықтар мен бюджетке міндетті төлемдер, бірыңғай жинақтаушы зейнетақы қорына міндетті зейнетақы жарналары бойынша, сондай-ақ екінші деңгейдегі банктер, банктік операциялардың жекелеген түрлерін жүзеге асыратын ұйымдар берген кредиттер (қарыздар) бойынша мерзімі өткен берешектің және мамандандырылған ұйым алдындағы орындалмаған міндеттемелердің, сондай-ақ атқару құжаттары бойынша орындалмаған міндеттемелердің, кәсіпкерлік субъектісінің мүлкіне шектеулер мен ауыртпалықтардың жоқтығы бойынша жиынтық талаптарға сәйкес келсе, онда қаржылық тұрақты болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 109</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 21-2-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Алып тасталды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="54"/>
+    <w:bookmarkStart w:name="z39" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Комиссия облыстың (республикалық маңызы бар қалалардың, астананың) әкіміне сатып алынатын азық-түлік тауарларының тізбесін және олар бойынша шекті сауда үстемесін бекіту туралы ұсынымдар енгізеді.</w:t>
+      23. Мамандандырылған ұйым статистикалық деректер және басқа да көздер негізінде өңірдің азық-түлік тауарларының ішкі нарығына және агроөнеркәсіптік кешен өнімдерінің нарықтарына тұрақты негізде талдау (өндіріс көлемі және азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың, бағалардың болуы) жүргізеді, өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының көлемін айқындайды және сатып алу интернвенциялары туралы шешімді қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z36" w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Комиссияның ұсынымдары негізінде сатып алынатын азық-түлік тауарларының тізбесін және шекті сауда үстемесін бекітеді.</w:t>
+      23-1. Мамандандырылған ұйымның сатып алу интервенциялары туралы шешімі әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін тиімді және уақтылы қолдануды қамтамасыз ету мақсатында қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z37" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 23-1-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      21. Өңірлік тұрақтандыру қорын қалыптастыру кезінде әлеуметтік маңызы бар азық-түлік тауарларын сатып алу тікелей өндірушілерден, оның ішінде форвардтық шарттар мен офтейк-келісімшарттар жасасу арқылы жүзеге асырылады. Егер өндіруші өнімді өткізуді тікелей жүзеге асырмаса, әлеуметтік маңызы бар азық-түлік тауарларын азық-түлік тауарларын өткізуге маманданған көтерме сауда жеткізушілерінен (дистрибьютерлерден), сондай-ақ мамандандырылған ұйымнан сатып алу жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      24. Өңірлік тұрақтандыру қорын пайдалануды тауар интервенцияларын жүргізу және азық-түлік тауарларын жаңарту жолымен мамандандырылған ұйым жүзеге асырады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="57"/>
+    <w:bookmarkStart w:name="z41" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21-1. Азық-түлiк тауарларының өңірлік тұрақтандыру қорларына сатып алынатын әлеуметтік маңызы бар азық-түлік тауарлары техникалық регламенттердің талаптарына сәйкес келуге тиіс.</w:t>
+      25. Мамандандырылған ұйым аграрлық азық-түлік нарығына реттеушілік ықпал ету қажет баға деңгейінің көтерілуі жағдайында, 2 (екі) жұмыс күнінен кешіктірмей, тауар интервенцияларын жүргізу туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тарау 21-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 383</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26-тармақ жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      21-2. Әлеуметтік маңызы бар азық-түлік тауарларын аймақтық тұрақтандыру қорларына сатып алу кезінде мамандандырылған ұйым ауыл шаруашылығы тауарын өндірушілердің, қайта өңдеу кәсіпорындарының, азық-түлік тауарларын өткізуге маманданған көтерме жеткізушілердің (дистрибьюторлардың) қаржылық тұрақтылығына талдау жүргізеді.</w:t>
+        <w:t xml:space="preserve">
+      26. Мамандандырылған ұйым өңірлік тұрақтандыру қорын уақтылы жаңарту мақсатында тұрақты негізде өңірлік тұрақтандыру қорының азық-түлік тауарларының сақталу мерзімдерін қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z43" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер ауыл шаруашылығы тауарын өндіруші (қайта өңдеу кәсіпорны, азық-түлік тауарларын өткізуге маманданған көтерме жеткізуші (дистрибьютор)) салықтар мен бюджетке міндетті төлемдер, бірыңғай жинақтаушы зейнетақы қорына міндетті зейнетақы жарналары бойынша, сондай-ақ екінші деңгейдегі банктер, банктік операциялардың жекелеген түрлерін жүзеге асыратын ұйымдар берген кредиттер (қарыздар) бойынша мерзімі өткен берешектің және мамандандырылған ұйым алдындағы орындалмаған міндеттемелердің, сондай-ақ атқару құжаттары бойынша орындалмаған міндеттемелердің, кәсіпкерлік субъектісінің мүлкіне шектеулер мен ауыртпалықтардың жоқтығы бойынша жиынтық талаптарға сәйкес келсе, онда қаржылық тұрақты болып саналады.</w:t>
+      27. Өңірлік тұрақтандыру қорын жаңарту азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін өңірлік тұрақтандыру қорынан азық-түлік тауарларын өткізу немесе кейін дәл сондай көлемдегі жаңа сақталу мерзімімен немесе келесі жылғы жаңа шығымнан азық-түлік тауарларын жеткізе отырып, азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін азық түлік тауарларын қайтару жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z44" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Өңірлік тұрақтандыру қорының азық-түлік тауарларын тауар интервенциялары, азық-түлік тауарларын жаңарту үшін мамандандырылған ұйымдар өздердерінің өткізу нүктелері және (немесе) азық-түлік тауарларын өткізетін сауда объектілері арқылы, сондай-ақ өңдеу кәсіпорындары шекті сауда үстемесі шегінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін өткізуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z45" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Бұл ретте өңдеу кәсіпорны өндірген дайын азық-түлік тауарының бағасы облыстың, республикалық маңызы бар қалалардың, астананың әкімі бекіткен шекті рұқсат етілген бөлшек сауда бағасынан аспайды және мамандандырылған ұйымның өңдеу кәсіпорнымен жасасқан өткізу туралы шартында айтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z46" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы мамандандырылған ұйыммен бірлесіп тауар интервенцияларын жүзеге асыратын сауда объектілерінің орналасқан жері, сондай-ақ кәсіпкерлік субъектілеріне қарыз беру тәртібі туралы ақпаратты бұқаралық ақпарат құралдары, жергілікті атқарушы органның және мамандандырылған ұйымның ресми сайттары арқылы халықтың назарына жеткізу бойынша ақпараттық жұмыс жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Кәсіпкерлік субъектілеріне қарыз беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      31-тармақ жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында мамандандырылған ұйымдар арқылы кәсіпкерлік субъектілеріне сұраныс пен ұсыныстың өңірлік балансының (өндіріс көлемі, азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың болуы), егіс алаңдары (жоспарлы), егіннің болжамды шығымы, өткен күнтізбелік жыл ішінде қалыптасқан бағалар туралы мәліметтердің, сондай-ақ өзге де мәліметтер негізінде Комиссия айқындайтын азық-түлік тауарларының тізбесіне сәйкес қарыз береді. Қарыз беру қарыз шартын жасасу жолымен қайтарымдылық, қамтамасыз ету және ақылық талаптарының шарттарымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тарау 21-2-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 383</w:t>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 24.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...52 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="59"/>
+    <w:bookmarkStart w:name="z84" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Мамандандырылған ұйым статистикалық деректер және басқа да көздер негізінде өңірдің азық-түлік тауарларының ішкі нарығына және агроөнеркәсіптік кешен өнімдерінің нарықтарына тұрақты негізде талдау (өндіріс көлемі және азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың, бағалардың болуы) жүргізеді, өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының көлемін айқындайды және сатып алу интернвенциялары туралы шешімді қабылдайды.</w:t>
+      31-1. Кәсіпкерлік субъектілеріне қарыз берілген кезде бюджет қаражатының 70 (жетпіс) проценті ауылшартауар өндірушілер мен қайта өңдеу кәсіпорындарын қаржыландыруға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 23-1-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 210</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 31-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 24.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 250</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...45 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 109</w:t>
+        <w:t xml:space="preserve">      32-тармақ жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...482 lines deleted...]
-      Кәсіпкерлік субъектілеріне қарыз беру үшін әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында мынадай бірыңғай талаптар (өлшемшарттар) белгіленеді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) заңды тұлға немесе дара кәсіпкер ретінде мемлекеттік тіркеудің болуы;</w:t>
+      32. Бағаларды тұрақтандыру мамандандырылған ұйымның әлеуметтiк маңызы бар азық-түлiк тауарларына белгіленген төмендетілген бөлшек/көтерме сауда бағаларын белгілеуі жолымен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 32-1-тармақпен толықтыру көзделген - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Қарыз беру үшін кәсіпкерлік субъектісін Комиссия айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіпкерлік субъектілеріне қарыз беру үшін әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында мынадай бірыңғай талаптар (өлшемшарттар) белгіленеді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Қазақстан Республикасының заңнамасына сәйкес төлеу мерзімі кейінге қалдырылған жағдайларды қоспағанда, кәсіпкерлік субъектісінен алынған құжаттарды қарау күніне салықтар және бюджетке төленетін басқа да міндетті төлемдер және бірыңғай жинақтаушы зейнетақы қорына төленетін міндетті зейнетақы жарналары бойынша берешектің болмауы;</w:t>
+      1) заңды тұлға немесе дара кәсіпкер ретінде мемлекеттік тіркеудің болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) екінші деңгейдегі банктер, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар берген кредиттер (қарыздар) бойынша мерзімі өткен берешектің болмауы;</w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес төлеу мерзімі кейінге қалдырылған жағдайларды қоспағанда, кәсіпкерлік субъектісінен алынған құжаттарды қарау күніне салықтар және бюджетке төленетін басқа да міндетті төлемдер және бірыңғай жинақтаушы зейнетақы қорына төленетін міндетті зейнетақы жарналары бойынша берешектің болмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) меншік құқығында немесе өзге де заңды негізде (жалға алу/өтеусіз пайдалану/сенімгерлік басқару) азық-түлік тауарларын тиісті сақтауға және азық-түлік тауарларымен сатып алу, дайындық, тарату операцияларын орындауға арналған қойма үй-жайлары мен арнайы жабдығы бар үй-жайлардан тұратын инфрақұрылымдық сауда-логистикалық кешеннің болуы;</w:t>
+      3) екінші деңгейдегі банктер, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар берген кредиттер (қарыздар) бойынша мерзімі өткен берешектің болмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) мемлекеттік сатып алуға жосықсыз қатысушылардың тізілімінде болмауы;</w:t>
+      4) меншік құқығында немесе өзге де заңды негізде (жалға алу/өтеусіз пайдалану/сенімгерлік басқару) азық-түлік тауарларын тиісті сақтауға және азық-түлік тауарларымен сатып алу, дайындық, тарату операцияларын орындауға арналған қойма үй-жайлары мен арнайы жабдығы бар үй-жайлардан тұратын инфрақұрылымдық сауда-логистикалық кешеннің болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) мамандандырылған ұйым алдында орындалмаған міндеттемелердің, сондай-ақ атқарушылық құжаттар бойынша орындалмаған міндеттемелердің, кәсіпкерлік субъектісінің мүлкіне шектеулер мен ауыртпалықтардың болмауы;</w:t>
+      5) мемлекеттік сатып алуға жосықсыз қатысушылардың тізілімінде болмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      6) мамандандырылған ұйым алдында орындалмаған міндеттемелердің, сондай-ақ атқарушылық құжаттар бойынша орындалмаған міндеттемелердің, кәсіпкерлік субъектісінің мүлкіне шектеулер мен ауыртпалықтардың болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       7) осы Үлгілік қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес міндеттемелердің орындалуын қамтамасыз етудің болуы.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4793,90 +6158,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="73"/>
+    <w:bookmarkStart w:name="z51" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Комиссия кәсіпкерлік субъектісін айқындағаннан кейін мамандандырылған ұйым кәсіпкерлік субъектісіне қарыз береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z52" w:id="74"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z52" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Кәсіпкерлік субъектісі мамандандырылған ұйымның қарызын қайтару бойынша міндеттемелерінің орындалуын қамтамасыз етеді. Міндеттемелердің орындалуы кепіл, банктік кепілдендіру, сақтандыру шарты, үшінші тұлғалардың кепілдік/кепілгерлігі түрінде қамтамасыз етіледі. Міндеттемелердің орындалуын қамтамасыз ету заңнамада көзделген жазбаша нысанда ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4895,90 +6260,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="75"/>
+    <w:bookmarkStart w:name="z53" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Қарыз беру шарттары мамандандырылған ұйым мен кәсіпкерлік субъектісі арасында жасалған қарыз шартында белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z85" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36-1. Қарыз шарттарында әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында кәсіпкерлік субъектілерінің мамандандырылған ұйыммен келісу бойынша әлеуметтік маңызы бар азық-түлік тауарларын өткізу графигін қалыптастыру, әлеуметтік маңызы бар азық-түлік тауарларын белгіленген бағамен толық көлемде өткізу; әлеуметтік маңызы бар азық-түлік тауарларын өткізу фактісін растайтын құжаттарды ұсыну жөніндегі міндеттемелері көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген міндеттемелерді орындау бөлігінде қарыз шарты талаптарының орындалмауы немесе тиісінше орындалмауы қарыз шартын елеулі түрде бұзу деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5069,90 +6434,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="77"/>
+    <w:bookmarkStart w:name="z55" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Қарыз мерзімі өткен берешекті қайта қаржыландыруға берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z56" w:id="78"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z56" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Қарыз тек ұлттық валютада беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5439,68 +6804,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы ауыл шаруашылығы және сауда және интеграция министрліктеріне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5515,341 +6880,375 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 10.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 288</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="80"/>
+    <w:bookmarkStart w:name="z112" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 1-ӘМАТ нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z113" w:id="81"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z113" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: апта сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z114" w:id="82"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z114" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20___жылғы_________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z115" w:id="83"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z115" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: әлеуметтік маңызы бар азық-түлік тауарларына шекті бағаларды белгілеу жөніндегі шараларды қоспағанда, әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйымдар (бұдан әрі – мамандандырылған ұйымдар), облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z116" w:id="84"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z116" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z117" w:id="85"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z117" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына апта сайын сәрсенбі күндері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z118" w:id="86"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z118" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Қазақстан Республикасы ауыл шаруашылығы және сауда және интеграция министрліктеріне апта сайын бейсенбі күндері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z119" w:id="87"/>
+          <w:bookmarkStart w:name="z119" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бизнес-сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z120" w:id="88"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkStart w:name="z120" w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="89"/>
+    <w:bookmarkStart w:name="z123" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдіс: электрондық түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -5859,80 +7258,80 @@
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="90"/>
+          <w:bookmarkStart w:name="z124" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6862,80 +8261,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z159" w:id="91"/>
+          <w:bookmarkStart w:name="z159" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="83"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7173,80 +8572,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z168" w:id="92"/>
+          <w:bookmarkStart w:name="z168" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7646,80 +9045,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z183" w:id="93"/>
+          <w:bookmarkStart w:name="z183" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="85"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8119,80 +9518,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z198" w:id="94"/>
+          <w:bookmarkStart w:name="z198" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
+          <w:bookmarkEnd w:id="86"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8592,80 +9991,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z213" w:id="95"/>
+          <w:bookmarkStart w:name="z213" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
+          <w:bookmarkEnd w:id="87"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9065,80 +10464,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z228" w:id="96"/>
+          <w:bookmarkStart w:name="z228" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="96"/>
+          <w:bookmarkEnd w:id="88"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9538,80 +10937,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z243" w:id="97"/>
+          <w:bookmarkStart w:name="z243" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="97"/>
+          <w:bookmarkEnd w:id="89"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10011,80 +11410,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z258" w:id="98"/>
+          <w:bookmarkStart w:name="z258" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>77</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="90"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10484,80 +11883,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z273" w:id="99"/>
+          <w:bookmarkStart w:name="z273" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10975,80 +12374,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z289" w:id="100"/>
+          <w:bookmarkStart w:name="z289" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>89</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="92"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11448,80 +12847,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z304" w:id="101"/>
+          <w:bookmarkStart w:name="z304" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="101"/>
+          <w:bookmarkEnd w:id="93"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11921,80 +13320,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z319" w:id="102"/>
+          <w:bookmarkStart w:name="z319" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="102"/>
+          <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12412,80 +13811,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z335" w:id="103"/>
+          <w:bookmarkStart w:name="z335" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>112</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="103"/>
+          <w:bookmarkEnd w:id="95"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12885,80 +14284,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z350" w:id="104"/>
+          <w:bookmarkStart w:name="z350" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="104"/>
+          <w:bookmarkEnd w:id="96"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13358,80 +14757,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z365" w:id="105"/>
+          <w:bookmarkStart w:name="z365" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="105"/>
+          <w:bookmarkEnd w:id="97"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13831,80 +15230,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z380" w:id="106"/>
+          <w:bookmarkStart w:name="z380" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="106"/>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14304,80 +15703,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z395" w:id="107"/>
+          <w:bookmarkStart w:name="z395" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="107"/>
+          <w:bookmarkEnd w:id="99"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14777,80 +16176,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z410" w:id="108"/>
+          <w:bookmarkStart w:name="z410" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="100"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15250,80 +16649,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z425" w:id="109"/>
+          <w:bookmarkStart w:name="z425" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="101"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15723,80 +17122,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z440" w:id="110"/>
+          <w:bookmarkStart w:name="z440" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="110"/>
+          <w:bookmarkEnd w:id="102"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16197,80 +17596,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z455" w:id="111"/>
+          <w:bookmarkStart w:name="z455" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалпы қорытынды, тауық жұмыртқасы мен нанды қоспағанда</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="103"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16614,190 +18013,190 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z469" w:id="112"/>
+    <w:bookmarkStart w:name="z469" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z470" w:id="113"/>
+          <w:bookmarkStart w:name="z470" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бар тауарлар</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="105"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z471" w:id="114"/>
+          <w:bookmarkStart w:name="z471" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өткізілген</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
@@ -16834,80 +18233,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z475" w:id="115"/>
+          <w:bookmarkStart w:name="z475" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тұрақтандыру қорларындағы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="115"/>
+          <w:bookmarkEnd w:id="107"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16989,80 +18388,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z481" w:id="116"/>
+          <w:bookmarkStart w:name="z481" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тонна</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="116"/>
+          <w:bookmarkEnd w:id="108"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17403,80 +18802,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z493" w:id="117"/>
+          <w:bookmarkStart w:name="z493" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="109"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -24367,250 +25766,250 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z727" w:id="118"/>
+    <w:bookmarkStart w:name="z727" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы: ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z728" w:id="119"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z728" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекенжайы ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z729" w:id="120"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z729" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефоны __________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z730" w:id="121"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z730" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық почтасы_ __________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z731" w:id="122"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z731" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушы ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z732" w:id="123"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z732" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы немесе оның міндетін атқарушы адам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z733" w:id="124"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z733" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________ __________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z734" w:id="125"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z734" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аты және әкесінің аты (бар болса), тегі (электрондық цифрлық қолтаңбасы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z735" w:id="126"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z735" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні: 20___ жылғы "____" _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z736" w:id="127"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z736" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Әкімшілік деректерді өтеусіз негізде жинауға арналған "Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат" нысанын толтыру бойынша түсініктеме осы нысанға қосымшада келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24741,558 +26140,558 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы ақпарат" нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z738" w:id="128"/>
+    <w:bookmarkStart w:name="z738" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат" нысанын толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z739" w:id="129"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z739" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z740" w:id="130"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z740" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме әкімшілік деректерді өтеусіз негізде жинауға арналған "Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат" нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z741" w:id="131"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z741" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанды әлеуметтік маңызы бар азық-түлік тауарларына шекті бағаларды белгілеу жөніндегі шараларды қоспағанда, әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйымдар (бұдан әрі – мамандандырылған ұйымдар), облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z742" w:id="132"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z742" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанға басшы не оның міндетін атқарушы адам тегі мен аты-жөнін көрсете отырып, қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z743" w:id="133"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z743" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z744" w:id="134"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z744" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына апта сайын сәрсенбі күндері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z745" w:id="135"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z745" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Қазақстан Республикасы ауыл шаруашылығы және сауда және интеграция министрліктеріне апта сайын бейсенбі күндері ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z746" w:id="136"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z746" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан мемлекеттік және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z747" w:id="137"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z747" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z748" w:id="138"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z748" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанның 1-бағанында реттік нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z749" w:id="139"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z749" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Нысанның 2-бағанында тауардың атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z750" w:id="140"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z750" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нысанның 3-бағанында ауыл шаруашылығы тауарын өндірушілерден және қайта өңдеу кәсіпорындарынан тікелей сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z751" w:id="141"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z751" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Нысанның 4-бағанында азық-түлік тауарларын сатуға мамандандырылған көтерме жеткізушілерден (дистрибьюторлардан) тікелей сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z752" w:id="142"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z752" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Нысанның 5-бағанында форвардтық шарттар мен офтейк-келісімшарттар шеңберінде ауыл шаруашылығы тауарын өндірушілерден және қайта өңдеу кәсіпорындарынан сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z753" w:id="143"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z753" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Нысанның 6-бағанында форвардтық шарттар мен офтейк-келісімшарттар шеңберінде азық-түлік тауарларын сатуға мамандандырылған көтерме жеткізушілерден (дистрибьюторлардан) сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z754" w:id="144"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z754" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Нысанның 7-бағанында ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына берілген қарыздар бойынша сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z755" w:id="145"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z755" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Нысанның 8-бағанында азық-түлік тауарларын өткізуді жүзеге асыратын кәсіпкерлік субъектілеріне берілген қарыздар бойынша сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z756" w:id="146"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z756" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Нысанның 9-бағанында тұрақтандыру қорларында бар тауарлардың саны, тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z757" w:id="147"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z757" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Нысанның 10-бағанында форвардтық шарттар мен оффтейк-келісімшарттар шеңберінде бар тауарлардың саны тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z758" w:id="148"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z758" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Нысанның 11-бағанында берілген қарыздар бойынша қолда бар тауарлардың саны тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z759" w:id="149"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z759" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Нысанның 12-бағанында өткізілген көлем, тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z760" w:id="150"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z760" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Нысанның 13-бағанында қалдық, тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25614,35 +27013,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>