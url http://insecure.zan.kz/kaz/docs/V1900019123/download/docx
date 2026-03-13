--- v1 (2025-12-31)
+++ v2 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d1427e9" w14:textId="d1427e9">
+    <w:p w14:paraId="7b3714c" w14:textId="7b3714c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,510 +103,406 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2019 жылғы 29 шілдедегі № 280 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 30 шілдеде № 19123 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының 6-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39) тармақшасына, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына, сондай-ақ Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>117-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...60 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың үлгілік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...50 lines deleted...]
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>
+      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Инвестициялық саясат департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Инвестициялық саясат департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік 10 (он) күн ішінде оның қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберілуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік 10 (он) күн ішінде оның көшірмесінің мерзімді баспа басылымдарына ресми жариялауға жіберілуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік 10 (он) күн ішінде оның қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберілуін;</w:t>
+      4) осы бұйрықтың Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік 10 (он) күн ішінде оның көшірмесінің мерзімді баспа басылымдарына ресми жариялауға жіберілуін;</w:t>
+      5) осы бұйрық мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2), 3) және 4) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтердің ұсынылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) осы бұйрықтың Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
+        <w:t xml:space="preserve">
+      6) осы бұйрықтың облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының назарына жеткізілуін қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) осы бұйрық мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2), 3) және 4) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтердің ұсынылуын;</w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ауыл шаруашылығы вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -936,5588 +832,5230 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 280 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың үлгілік қағидалары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың үлгілік қағидалары (бұдан әрі – Үлгілік қағидалар) "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 6-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39) тармақшасына, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына, сондай-ақ Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>117-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына сәйкес әзірленді және әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктерін, оның ішінде мемлекеттік атаулы әлеуметтік көмек алушыларға қолдау көздейтін тетіктерді іске асыру тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...60 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">
+      2. Үлгілік қағидалардың негізінде және Заңның 7-бабының 2-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-10) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидаларын (бұдан әрі - Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидалары) әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін іске асырудың тәртiбiн айқындайды.</w:t>
+        <w:t>
+      3. Осы Үлгілік қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z57" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) азық-түлiк тауарларының өңірлік тұрақтандыру қоры – облыстардың, республикалық маңызы бар қалалардың, астананың аумағында аграрлық азық-түлік нарығына реттеушілік әсер ету және азық-түлiк қауiпсiздiгiн қамтамасыз ету үшiн құрылған азық-түлiк тауарларының жедел қоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z58" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) азық-түлiк тауарларының өңірлік тұрақтандыру қорын жаңарту– азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін оларды өткізу немесе жаңа сақталу мерзімімен немесе келесі жылдың жаңа егінінен дәл сондай көлемдегі азық-түлік тауарларын кейін жеткізе отырып, азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін оларды қайтару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z59" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) азық-түлік тауарларының өңірлік тұрақтандыру қорын қалыптастыру– сатып алу интервенциялары, азық-түлік тауарларының өңірлік тұрақтандыру қорына азық-түлік тауарларын орналастыру және сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z60" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) азық-түлік тауарларының өңірлік тұрақтандыру қорын пайдалану– тауар интервенцияларын жүргізу және азық-түлiк тауарларының өңірлік тұрақтандыру қорын жаңарту мақсатында азық-түлік тауарларының өңірлік тұрақтандыру қорынан азық-түлік тауарларын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z762" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) арзандатылған баға – мемлекеттік атаулы әлеуметтік көмек алушылар әлеуметтік маңызы бар азық-түлік тауарларын әр адамға белгіленген шекті сауда үстемесі шегінде ай сайын белгіленетін жеңілдікпен сатып алатын баға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 250</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">5) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z70" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидаларын (бұдан әрі - Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидалары) әзірлейді және бекітеді.</w:t>
+        <w:t>
+      5-1) ауыл шаруашылығы тауарын өндіруші (бұдан әрі – ауылшартауарынөндіруші) – ауыл шаруашылығы өнімін өндірумен айналысатын жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z763" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы Үлгілік қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      5-2) "әлеуметтік әмиян" – жеке тұлғаларды мемлекеттік қолдау шаралары туралы хабарлауға (хабархат), есепке алуға және алуға (көрсетуге) арналған ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z57" w:id="14"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z764" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) азық-түлiк тауарларының өңірлік тұрақтандыру қоры – облыстардың, республикалық маңызы бар қалалардың, астананың аумағында аграрлық азық-түлік нарығына реттеушілік әсер ету және азық-түлiк қауiпсiздiгiн қамтамасыз ету үшiн құрылған азық-түлiк тауарларының жедел қоры;</w:t>
+      5-3) жеке тұлғаларды мемлекеттік қолдау шарасы – Қазақстан Республикасының заңнамасына сәйкес дара кәсіпкерлерді және жеке практикамен айналысатын адамдарды, заң консультанттарын қоспағанда, жеке тұлғалардың бақуаттылығын арттыруға бағытталған мемлекеттік көрсетілетін қызметтер немесе өзге де мемлекеттік қолдау нысандары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z58" w:id="15"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z765" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) азық-түлiк тауарларының өңірлік тұрақтандыру қорын жаңарту– азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін оларды өткізу немесе жаңа сақталу мерзімімен немесе келесі жылдың жаңа егінінен дәл сондай көлемдегі азық-түлік тауарларын кейін жеткізе отырып, азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін оларды қайтару;</w:t>
+      5-4) мамандандырылған ұйым – агроөнеркәсіптік кешен салаларын тұрақты дамыту, агроөнеркәсіптік кешен субъектілерін бәсекелестік нарықта жоқ немесе мардымсыз көрсетілетін жекелеген қызмет түрлерімен қамтамасыз ету мақсатында Қазақстан Республикасы Үкіметінің, облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының немесе агроөнеркәсіптік кешен саласындағы ұлттық басқарушы холдингтің шешімі бойынша құрылған немесе өңірлердің экономикасын дамытуға жәрдемдесу үшін құрылған (әлеуметтік-кәсіпкерлік корпорациялар) ұйым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z59" w:id="16"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z766" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) азық-түлік тауарларының өңірлік тұрақтандыру қорын қалыптастыру– сатып алу интервенциялары, азық-түлік тауарларының өңірлік тұрақтандыру қорына азық-түлік тауарларын орналастыру және сақтау;</w:t>
+      5-5) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z60" w:id="17"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) азық-түлік тауарларының өңірлік тұрақтандыру қорын пайдалану– тауар интервенцияларын жүргізу және азық-түлiк тауарларының өңірлік тұрақтандыру қорын жаңарту мақсатында азық-түлік тауарларының өңірлік тұрақтандыру қорынан азық-түлік тауарларын өткізу;</w:t>
+      7) сатып алу интервенциялары – облыстардың, республикалық маңызы бар қалалардың, астананың аумағында бағалар төмендеген кезде, Қазақстан Республикасының аумағында төтенше жағдай енгізілген кезде, сондай-ақ Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің немесе Қазақстан Республикасы Премьер-Министрінің тапсырмалары шеңберінде мамандандырылған ұйымдардың әлеуметтік маңызы бар азық-түлік тауарларын сатып алуы жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...170 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="18"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z767" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) ауыл шаруашылығы тауарын өндіруші (бұдан әрі – ауылшартауарынөндіруші) – ауыл шаруашылығы өнімін өндірумен айналысатын жеке немесе заңды тұлға;</w:t>
+      7-1) тауарларды қадағалаудың ақпараттық жүйесі – Ұлттық тауарлар каталогын қолдана отырып, әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктерін іске асыру шеңберінде әлеуметтік маңызы бар азық-түлік тауарлары туралы ақпаратты жинауға және өңдеуге арналған тауарларды таңбалау және қадағалаудың ақпараттық жүйесінің кіші жүйесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...170 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="19"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z64" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) сатып алу интервенциялары – облыстардың, республикалық маңызы бар қалалардың, астананың аумағында бағалар төмендеген кезде, Қазақстан Республикасының аумағында төтенше жағдай енгізілген кезде, сондай-ақ Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің немесе Қазақстан Республикасы Премьер-Министрінің тапсырмалары шеңберінде мамандандырылған ұйымдардың әлеуметтік маңызы бар азық-түлік тауарларын сатып алуы жөніндегі іс-шаралар;</w:t>
+      8) тауар интервенциялары– бағалар өскен кезде ішкі нарықты тұрақтандыру мақсатында жүзеге асырылатын, азық-түлiк тауарларының өңірлік тұрақтандыру қорларынан ішкі нарықта азық-түлік тауарларын өткізу жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...116 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="20"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z71" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) тауар интервенциялары– бағалар өскен кезде ішкі нарықты тұрақтандыру мақсатында жүзеге асырылатын, азық-түлiк тауарларының өңірлік тұрақтандыру қорларынан ішкі нарықта азық-түлік тауарларын өткізу жөніндегі іс-шаралар;</w:t>
+      8-1) тіркелген баға - өндіруге/сатып алуға, сақтауға, табиғи кемуге (кебуге), межелі орынға дейін жеткізуге кеткен шығындарды, сондай-ақ өнімнің өзіндік құнынан маржалық табысты ескере отырып, әлеуметтік маңызы бар азық-түлік тауарының бағасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z71" w:id="21"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z72" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8-1) тіркелген баға - өндіруге/сатып алуға, сақтауға, табиғи кемуге (кебуге), межелі орынға дейін жеткізуге кеткен шығындарды, сондай-ақ өнімнің өзіндік құнынан маржалық табысты ескере отырып, әлеуметтік маңызы бар азық-түлік тауарының бағасы;</w:t>
+      8-2) форвард – сатып алушы (немесе сатушы) болашақта келісілген шарттармен базалық активті сатып алудың (немесе сатудың) белгілі бір мерзімі өткеннен кейін өзіне міндеттеме алатын туынды қаржы құралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z72" w:id="22"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z768" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8-2) форвард – сатып алушы (немесе сатушы) болашақта келісілген шарттармен базалық активті сатып алудың (немесе сатудың) белгілі бір мерзімі өткеннен кейін өзіне міндеттеме алатын туынды қаржы құралы;</w:t>
+      8-3) цифрлық азық-түлік ваучері – мемлекеттік атаулы әлеуметтік көмек алушыларға әлеуметтік маңызы бар азық-түлік тауарларын сатып алу кезінде жеңілдік түрінде берілетін мақсатты қолма-қол ақшасыз қолдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...116 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="23"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z65" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) шекті сауда үстемесі – ішкі сауда субъектілерінің түпкілікті тұтынушыларға азық-түлік тауарларын өткізуі кезінде бағаны айқындау үшін қалыптастырылатын сауда үстемесі.</w:t>
-      </w:r>
-[...532 lines deleted...]
-      10-2. Мамандандырылған ұйымның тұрақтандыру қорын пайдалану кезінде туындаған үстеме, коммуналдық және басқа да шығыстары жыл сайын азық-түлік тауарларының белгіленген және нарықтық бағалары арасындағы айырма есебінен жабылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-2-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+        <w:t xml:space="preserve">; өзгерістер енгізілді - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 210</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="33"/>
+    <w:bookmarkStart w:name="z18" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті орган бекітеді.</w:t>
+        <w:t>
+      4. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктері әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидаларына сәйкес іске асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="34"/>
+    <w:bookmarkStart w:name="z19" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына электрондық құжат айналымы, пошта байланысы арқылы не облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының кеңсесі арқылы қолма-қол осы Үлгілік қағидаларға қосымшаға сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпаратты ұсынады.</w:t>
+      5. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерінің тиімді және уақтылы қолданылуын қамтамасыз ету мақсатында облыстың, республикалық маңызы бар қалалардың, астананың әкімі Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыруды қамтамасыз ету жөніндегі комиссияны (бұдан әрі - Комиссия) құрады және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z20" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Қазақстан Республикасының ауыл шаруашылығы және сауда және интеграция министрліктеріне электрондық құжат айналымы арқылы осы Үлгілік қағидаларға қосымшаға сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат ұсынады.</w:t>
-[...78 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру бойынша тетіктерді іске асыру тәртібі</w:t>
+      6. Облыс, республикалық маңызы бар қалалар, астана әкімінің орынбасары Комиссияның төрағасы болып табылады, кәсіпкерлік, сауда және ауыл шаруашылығы басқармаларының (бөлімдерінің) қызметкерлері, сондай-ақ жеке кәсіпкерлік субъектілері бірлестіктерінің және қоғамдық ұйымдардың өкілдері Комиссия мүшелері болып табылады. Комиссия өз қызметін тұрақты негізде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z21" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...19 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      7. Комиссияның сандық құрамы тақ болуы және кемінде тоғыз адамнан тұруы тиіс. Бұл ретте комиссия мүшелерінің үштен екісі жеке кәсіпкерлік субъектілері бірлестіктерінің және қоғамдық ұйымдардың өкілдері болуы тиіс. Комиссия хатшысы оның мүшесі болып табылмайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z22" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...214 lines deleted...]
-      13-2. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру шеңберінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және қайта өңдеуші кәсіпорындарды қаржыландыру бекітілген бағаны белгілей отырып, форвардты қолданумен жүзеге асырылады.</w:t>
+      8. Комиссияның құзыретіне мыналар жатады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және өңдеуші кәсіпорындарды форвардтық қаржыландыру форвардтық шарттың жалпы сомасының 70 (жетпіс) пайызы мөлшерінде алдын ала төлем және өнім жеткізілгеннен кейін түпкілікті есеп айырысу шарттарымен жүзеге асырылады.</w:t>
-[...291 lines deleted...]
-</w:t>
+      1) тиісті әкімшілік-аумақтық бірлікте әлеуметтік маңызы бар азық-түлік тауарларына тұрақтандыру тетіктерін іске асыру туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13-4. Мамандандырылған ұйым ауылшартауарынөндірушілерді форвардтық шарттар шеңберінде:</w:t>
+      2) азық-түлік тауарларының өңірлік тұрақтандыру қорларын құру және пайдалану тетігін іске асыру мақсатында азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының тізбесін және олар бойынша шекті сауда үстемесін анықтау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2023 жылғы 10 қаңтарға дейін 2023 жылы ерте шығатын көкөніс өнімдерін өндіру және 2023 жылдың көктемгі-жазғы кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
+      3) әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағидаларына сәйкес қарыз беруге кәсіпкерлік субъектісін анықтау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2023 жылғы 1 ақпанға дейін 2023 жылғы күзгі түсімнің көкөніс өнімдерін өндіру және 2024 жылдың қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
+      4) әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесін анықтау бойынша мамандандырылған ұйымдардың ұсыныстарын қарау.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z23" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2023 жылғы 1 тамызға дейін 2024 жылы ерте шығатын көкөніс өнімдерін өндіру және 2024 жылдың көктемгі-жазғы кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
+      9. Комиссияның жұмысын құруды және ұйымдастыруды тиісті әкімшілік-аумақтық бірліктегі облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z24" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2023 жылғы 1 қыркүйекке дейін 2024 жылғы күзгі түсімнің көкөніс өнімдерін өндіру және 2025 жылдың қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін қаржыландыруды жүзеге асырады.</w:t>
-[...134 lines deleted...]
-      13-5. Мамандандырылған ұйым көкөніс өнімдерін сатуды бастағанға дейін ауылшартауарынөндірушілерде немесе басқа қоймаларда сақтауды жүзеге асырады. Сақтау шығындарын есептеу жергілікті атқарушы органдардың өңірдегі сақтаудың ұқсас түрлеріндегі сақтаудың орташа құны туралы деректері негізінде жүргізіледі.</w:t>
+      10. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру үшін облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйымдардан әлеуметтік маңызы бар азық-түлік тауарларына шекті бағаларды белгілеу жөніндегі шараларды қоспағанда, әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру туралы шарт жасасу жолымен көрсетілетін қызметтерді сатып алуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 13-5-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...63 lines deleted...]
-      </w:r>
+      10-1. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру туралы шарттың қолданылу мерзімі аяқталғанға дейінгі үш жылдық кезеңге облыстардың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы мамандандырылған ұйыммен тұрақтандыру қорының заттай және ақшалай мәндегі өтпелі активтері туралы міндеттемелері көрсетілген қосымша келісім жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      Тұрақтандыру қоры таратылған жағдайда, мамандандырылған ұйым азық-түлік тауарларын сатып алу үшін пайдаланылған бюджет қаражатының жергілікті бюджетке қайтарылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13-6. Әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктерін іске асыру шеңберінде көкөніс өнімдерін жеткізу мамандандырылған ұйым облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органдармен бірлесіп маусымаралық кезеңде (қысқы-көктемгі кезең: ақпан, наурыз, сәуір; көктемгі-жазғы кезең: мамыр, маусым, шілде) қалыптастыратын график негізінде не ішкі нарықа реттеушілік әсер ету қажет болған жағдайда басқа кезеңдерде жүзеге асырылады.</w:t>
+      Егер, мамандандырылған ұйымның шешімі бойынша азық-түлік тауарларын өткізу сатып алу бағасынан төмен баға бойынша жүзеге асырылса, онда соманың қайтарылуы сатып алу және өткізу бағаларының айырмасын шегере отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 13-6-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-1-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="40"/>
+    <w:bookmarkStart w:name="z67" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13-7. Мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдармен бірлесіп форвардтық шарт жасалған сәттен бастап көкөніс өнімдерін өндіру циклінің барлық кезеңдерінде егістікке бара отырып, ауылшартауарынөндірушілердің қызметіне мониторингті жүзеге асырады.</w:t>
-[...121 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес сақтау, тасымалдау және өткізу кезінде тамақ өнімдерінің қауіпсіздігіне қойылатын талаптарға сәйкес келуі тиіс.</w:t>
+      10-2. Мамандандырылған ұйымның тұрақтандыру қорын пайдалану кезінде туындаған үстеме, коммуналдық және басқа да шығыстары жыл сайын азық-түлік тауарларының белгіленген және нарықтық бағалары арасындағы айырма есебінен жабылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 13-8-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-2-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="42"/>
+    <w:bookmarkStart w:name="z25" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Осы Үлгілік қағидаларда регламенттелмеген әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың ерекшеліктері (егжей-тегжейі) Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағиадаларымен айқындалады. </w:t>
+      11. Әлеуметтік маңызы бар азық-түлік тауарларына шекті бағаларды белгілеу жөніндегі шараларды қоспағанда, әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйымдардың (бұдан әрі – мамандандырылған ұйым) тізбесін Заңның 6-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті орган бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z30" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 1-параграф. Азық-түлік тауарларының тұрақтандыру қорлары қызметінің тәртібі</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z31" w:id="44"/>
+    <w:bookmarkStart w:name="z26" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      15. Азық-түлік тауарларының тұрақтандыру қорларының қызметі өңірлік тұрақтандыру қорларын қалыптастыру және пайдалану жолымен жүзеге асырылады. </w:t>
+        <w:t>
+      12. Мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына электрондық құжат айналымы, пошта байланысы арқылы не облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының кеңсесі арқылы қолма-қол осы Үлгілік қағидаларға қосымшаға сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z32" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Азық-түлік тауарларының тұрақтандыру қорын қалыптастыру мен пайдалану жөніндегі тетікті іске асыру мақсатында Комиссия сұраныс пен ұсыныстың өңірлік балансының (өндіріс көлемі, азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың болуы), егіс алаңдары (жоспарлы), егіннің болжамды шығымы, өткен күнтізбелік жыл ішінде қалыптасқан бағалар туралы мәліметтердің, сондай-ақ өзге де мәліметтер негізінде азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының тізбесін, сондай-ақ шекті сауда үстемесін айқындайды.</w:t>
+      Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Қазақстан Республикасының ауыл шаруашылығы және сауда және интеграция министрліктеріне электрондық құжат айналымы арқылы осы Үлгілік қағидаларға қосымшаға сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z83" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 250</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру бойынша тетіктерді іске асыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z28" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16-1. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру кезінде бюджеттік қаражаттың 70 (жетпіс) пайызы форвардтық шарттар шеңберінде ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына бағытталады.</w:t>
+      13. Әлеуметтік маңызы бар азық-түлік тауарларының нарығын тұрақтандыру мақсатында облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандырудың мынадай тетіктерін іске асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұрақтандыру қорларының қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кәсіпкерлік субъектілеріне, оның ішінде мемлекеттік атаулы әлеуметтік көмек алушыларға әлеуметтік маңызы бар азық-түлік тауарларын өткізу үшін қарыз беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары бөлетін, оның ішінде бұдан бұрын азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыруға бөлінген қаражат әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін іске асыруды қаржыландыру көзі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тарау 16-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 24.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 201</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="47"/>
+    <w:bookmarkStart w:name="z76" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32474 болып тіркелді) бекітілген әлеуметтік маңызы бар азық-түлік тауарлары тізбесінен қалыптастырылады.</w:t>
+        <w:t>
+      13-2. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру шеңберінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және қайта өңдеуші кәсіпорындарды қаржыландыру бекітілген бағаны белгілей отырып, форвардты қолданумен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және өңдеуші кәсіпорындарды форвардтық қаржыландыру форвардтық шарттың жалпы сомасының 70 (жетпіс) пайызы мөлшерінде алдын ала төлем және өнім жеткізілгеннен кейін түпкілікті есеп айырысу шарттарымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 305</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-2-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="48"/>
+    <w:bookmarkStart w:name="z77" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, Статистикалық жұмыстар жоспарына сәйкес тиісті облыстың, республикалық маңызы бар қаланың, астананың мемлекеттік статистика органдары қалыптастыратын әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының ресми нарықтық мәндерінен 10 немесе одан да көп пайызға төмен бағаларды ұстап тұру ескеріле отырып қалыптастырылады.</w:t>
+        <w:t>
+      13-3. Форвардтық шарттар шеңберінде сатып алынатын әлеуметтік маңызы бар азық-түлік тауарларының көлемі Комиссия шешіміне сәйкес өңірлік сұраныс негізінде облыс (қалалық немесе жалпы), республикалық маңызы бар қала, астана халқының үш айлық қажеттілігінің 50 пайызына дейін қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 109</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-3-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="49"/>
+    <w:bookmarkStart w:name="z78" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Комиссия облыстың (республикалық маңызы бар қалалардың, астананың) әкіміне сатып алынатын азық-түлік тауарларының тізбесін және олар бойынша шекті сауда үстемесін бекіту туралы ұсынымдар енгізеді.</w:t>
+      13-4. Мамандандырылған ұйым ауылшартауарөндірушілерді форвардтық шарттар шеңберінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z36" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Комиссияның ұсынымдары негізінде сатып алынатын азық-түлік тауарларының тізбесін және шекті сауда үстемесін бекітеді.</w:t>
+      ағымдағы қаржы жылының 1 қазанына дейін келесі жылдың көктемгі-жазғы кезеңінде халықты ерте пісетін көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z37" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Өңірлік тұрақтандыру қорын қалыптастыру кезінде әлеуметтік маңызы бар азық-түлік тауарларын сатып алу тікелей өндірушілерден, оның ішінде форвардтық шарттар мен офтейк-келісімшарттар жасасу арқылы жүзеге асырылады. Егер өндіруші өнімді өткізуді тікелей жүзеге асырмаса, әлеуметтік маңызы бар азық-түлік тауарларын азық-түлік тауарларын өткізуге маманданған көтерме сауда жеткізушілерінен (дистрибьютерлерден), сондай-ақ мамандандырылған ұйымнан сатып алу жүзеге асырылады.</w:t>
+      ағымдағы қаржы жылының 1 ақпанына дейін келесі жылдың қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін қаржыландыруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-4-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-5. Мамандандырылған ұйым көкөніс өнімдерін сатуды бастағанға дейін ауылшартауарынөндірушілерде немесе басқа қоймаларда сақтауды жүзеге асырады. Сақтау шығындарын есептеу жергілікті атқарушы органдардың өңірдегі сақтаудың ұқсас түрлеріндегі сақтаудың орташа құны туралы деректері негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-5-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-6. Әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктерін іске асыру шеңберінде көкөніс өнімдерін жеткізу мамандандырылған ұйым облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органымен бірлесіп маусымаралық кезеңде (қысқы-көктемгі кезең: қаңтар, ақпан, наурыз; көктемгі-жазғы кезең: сәуір, мамыр, маусым) қалыптастыратын график негізінде не ішкі нарыққа реттеушілік әсер ету қажет болған жағдайда басқа кезеңдерде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 10.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-6-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 288</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="52"/>
+    <w:bookmarkStart w:name="z81" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21-1. Азық-түлiк тауарларының өңірлік тұрақтандыру қорларына сатып алынатын әлеуметтік маңызы бар азық-түлік тауарлары техникалық регламенттердің талаптарына сәйкес келуге тиіс.</w:t>
+      13-7. Мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдармен бірлесіп форвардтық шарт жасалған сәттен бастап көкөніс өнімдерін өндіру циклінің барлық кезеңдерінде егістікке бара отырып, ауылшартауарынөндірушілердің қызметіне мониторингті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тарау 21-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 383</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-7-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="53"/>
+    <w:bookmarkStart w:name="z82" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      21-2. Әлеуметтік маңызы бар азық-түлік тауарларын аймақтық тұрақтандыру қорларына сатып алу кезінде мамандандырылған ұйым ауыл шаруашылығы тауарын өндірушілердің, қайта өңдеу кәсіпорындарының, азық-түлік тауарларын өткізуге маманданған көтерме жеткізушілердің (дистрибьюторлардың) қаржылық тұрақтылығына талдау жүргізеді.</w:t>
+        <w:t xml:space="preserve">
+      13-8. Әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктері шеңберінде сатып алынатын әлеуметтік маңызы бар азық-түлік тауарлары "Тамақ өнімдерінің қауіпсіздігі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сақтау, тасымалдау және өткізу кезінде тамақ өнімдерінің қауіпсіздігіне қойылатын талаптарға сәйкес келуі тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тарау 21-2-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 383</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 13-8-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...52 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="54"/>
+    <w:bookmarkStart w:name="z761" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      23. Мамандандырылған ұйым статистикалық деректер және басқа да көздер негізінде өңірдің азық-түлік тауарларының ішкі нарығына және агроөнеркәсіптік кешен өнімдерінің нарықтарына тұрақты негізде талдау (өндіріс көлемі және азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың, бағалардың болуы) жүргізеді, өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының көлемін айқындайды және сатып алу интернвенциялары туралы шешімді қабылдайды.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-9. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы мамандырылған ұйыммен бірлесіп бұқаралық ақпарат құралдары, әлеуметтік желілер, жергілікті атқарушы орган мен мамандырылған ұйымның ресми сайттары арқылы халыққа мынадай ақпаратты жеткізу бойынша ақпараттық жұмыс жүргізеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:bookmarkStart w:name="z770" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23-1. Мамандандырылған ұйымның сатып алу интервенциялары туралы шешімі әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін тиімді және уақтылы қолдануды қамтамасыз ету мақсатында қабылданады.</w:t>
+      1) ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарының, тауарлық интервенцияларды жүзеге асыратын сауда объектілерінің орналасқан жерлері тізбесін, көрсете отырып, форвардтық сатып алуды жүргізу тәртібі, оның басталғаны және нәтижелері туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="56"/>
+    <w:bookmarkStart w:name="z771" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      24. Өңірлік тұрақтандыру қорын пайдалануды тауар интервенцияларын жүргізу және азық-түлік тауарларын жаңарту жолымен мамандандырылған ұйым жүзеге асырады. </w:t>
+        <w:t>
+      2) кәсіпкерлік субъектілерінің, әлеуметтік маңызы бар азық-түлік тауарларын белгіленген бағамен өткізетін сауда объектілерінің орналасқан жерлері тізбесін көрсете отырып, кәсіпкерлік субъектілеріне қарыз беру тәртібі, оны берудің басталғаны және нәтижелері туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z41" w:id="57"/>
+    <w:bookmarkStart w:name="z772" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Мамандандырылған ұйым аграрлық азық-түлік нарығына реттеушілік ықпал ету қажет баға деңгейінің көтерілуі жағдайында, 2 (екі) жұмыс күнінен кешіктірмей, тауар интервенцияларын жүргізу туралы шешім қабылдайды.</w:t>
+      3) мемлекеттік атаулы әлеуметтік көмек алушыларға әлеуметтік маңызы бар азық-түлік тауарларын "әлеуметтік әмиян" арқылы цифрлық азық-түлік ваучерлерін пайдалана отырып арзандатылған бағамен өткізетін және кәсіпкерлік субъектілерінің сауда объектілерінің орналасқан жерлері тізбесін көрсете отырып, кәсіпкерлік субъектілеріне қарыз беру тәртібі, сондай-ақ оны іске асырудың басталғаны және нәтижелері туралы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 109</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 13-9-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z773" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      26. Мамандандырылған ұйым өңірлік тұрақтандыру қорын уақтылы жаңарту мақсатында тұрақты негізде өңірлік тұрақтандыру қорының азық-түлік тауарларының сақталу мерзімдерін қамтамасыз етеді. </w:t>
+        <w:t>
+      13-10. Мамандырылған ұйым бағаны тұрақтандыру мақсатында сатып алатын көкөніс өнімдерінің (қырыққабат, картоп, пияз, сәбіз) көлемі Комиссияның шешіміне сәйкес өңірлік сұраныс негізінде облыс, республикалық маңызы бар қала, астана халқының (қалалық немесе жалпы) үш айлық қажеттілігінің кемінде 30 пайыз мөлшерінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 13-10-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z774" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Өңірлік тұрақтандыру қорын жаңарту азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін өңірлік тұрақтандыру қорынан азық-түлік тауарларын өткізу немесе кейін дәл сондай көлемдегі жаңа сақталу мерзімімен немесе келесі жылғы жаңа шығымнан азық-түлік тауарларын жеткізе отырып, азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін азық түлік тауарларын қайтару жолымен жүзеге асырылады.</w:t>
+      13-11. Әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктері сауда қызметін реттеу саласындағы уәкілетті мемлекеттік органның Тауарларды қадағалаудың ақпараттық жүйесінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z44" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 13-11-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      28. Өңірлік тұрақтандыру қорының азық-түлік тауарларын тауар интервенциялары, азық-түлік тауарларын жаңарту үшін мамандандырылған ұйымдар өздердерінің өткізу нүктелері және (немесе) азық-түлік тауарларын өткізетін сауда объектілері арқылы, сондай-ақ өңдеу кәсіпорындары шекті сауда үстемесі шегінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін өткізуді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve">
+      14. Осы Үлгілік қағидаларда регламенттелмеген әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың ерекшеліктері (егжей-тегжейі) Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру қағиадаларымен айқындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z45" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z30" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Азық-түлік тауарларының тұрақтандыру қорлары қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z31" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      29. Бұл ретте өңдеу кәсіпорны өндірген дайын азық-түлік тауарының бағасы облыстың, республикалық маңызы бар қалалардың, астананың әкімі бекіткен шекті рұқсат етілген бөлшек сауда бағасынан аспайды және мамандандырылған ұйымның өңдеу кәсіпорнымен жасасқан өткізу туралы шартында айтылады.</w:t>
+        <w:t xml:space="preserve">
+      15. Азық-түлік тауарларының тұрақтандыру қорларының қызметі өңірлік тұрақтандыру қорларын қалыптастыру және пайдалану жолымен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z46" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z32" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы мамандандырылған ұйыммен бірлесіп тауар интервенцияларын жүзеге асыратын сауда объектілерінің орналасқан жері, сондай-ақ кәсіпкерлік субъектілеріне қарыз беру тәртібі туралы ақпаратты бұқаралық ақпарат құралдары, жергілікті атқарушы органның және мамандандырылған ұйымның ресми сайттары арқылы халықтың назарына жеткізу бойынша ақпараттық жұмыс жүргізеді.</w:t>
+      16. Азық-түлік тауарларының тұрақтандыру қорын қалыптастыру мен пайдалану жөніндегі тетікті іске асыру мақсатында Комиссия сұраныс пен ұсыныстың өңірлік балансының (өндіріс көлемі, азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың болуы), егіс алаңдары (жоспарлы), егіннің болжамды шығымы, өткен күнтізбелік жыл ішінде қалыптасқан бағалар туралы мәліметтердің, сондай-ақ өзге де мәліметтер негізінде азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының тізбесін, сондай-ақ шекті сауда үстемесін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру кезінде бюджеттік қаражаттың 70 (жетпіс) пайызы форвардтық шарттар шеңберінде ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына бағытталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 210</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 16-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 24.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="62"/>
+    <w:bookmarkStart w:name="z33" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алуға қажетті әлеуметтік маңызы бар азық-түлік тауарларының тізбесі Қазақстан Республикасы Премьер-Министрінің орынбасары – Сауда және интеграция министрінің 2023 жылғы 11 мамырдағы № 166-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32474 болып тіркелді) бекітілген әлеуметтік маңызы бар азық-түлік тауарлары тізбесінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 2-параграф. Кәсіпкерлік субъектілеріне қарыз беру тәртібі</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 16.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z34" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...638 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      7) осы Үлгілік қағидалардың </w:t>
-[...120 lines deleted...]
-      35. Кәсіпкерлік субъектісі мамандандырылған ұйымның қарызын қайтару бойынша міндеттемелерінің орындалуын қамтамасыз етеді. Міндеттемелердің орындалуы кепіл, банктік кепілдендіру, сақтандыру шарты, үшінші тұлғалардың кепілдік/кепілгерлігі түрінде қамтамасыз етіледі. Міндеттемелердің орындалуын қамтамасыз ету заңнамада көзделген жазбаша нысанда ресімделеді.</w:t>
+      18. Мамандандырылған ұйым өткізетін әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы Заңы 19-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, Статистикалық жұмыстар жоспарына сәйкес тиісті облыстың, республикалық маңызы бар қаланың, астананың мемлекеттік статистика органдары қалыптастыратын әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының ресми нарықтық мәндерінен 10 немесе одан да көп пайызға төмен бағаларды ұстап тұру ескеріле отырып қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 210</w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="67"/>
+    <w:bookmarkStart w:name="z35" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Қарыз беру шарттары мамандандырылған ұйым мен кәсіпкерлік субъектісі арасында жасалған қарыз шартында белгіленеді.</w:t>
+      19. Комиссия облыстың (республикалық маңызы бар қалалардың, астананың) әкіміне сатып алынатын азық-түлік тауарларының тізбесін және олар бойынша шекті сауда үстемесін бекіту туралы ұсынымдар енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z85" w:id="68"/>
+    <w:bookmarkStart w:name="z36" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36-1. Қарыз шарттарында әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында кәсіпкерлік субъектілерінің мамандандырылған ұйыммен келісу бойынша әлеуметтік маңызы бар азық-түлік тауарларын өткізу графигін қалыптастыру, әлеуметтік маңызы бар азық-түлік тауарларын белгіленген бағамен толық көлемде өткізу; әлеуметтік маңызы бар азық-түлік тауарларын өткізу фактісін растайтын құжаттарды ұсыну жөніндегі міндеттемелері көзделеді.</w:t>
+      20. Облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Комиссияның ұсынымдары негізінде сатып алынатын азық-түлік тауарларының тізбесін және шекті сауда үстемесін бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z37" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы тармақтың бірінші бөлігінде көрсетілген міндеттемелерді орындау бөлігінде қарыз шарты талаптарының орындалмауы немесе тиісінше орындалмауы қарыз шартын елеулі түрде бұзу деп танылады.</w:t>
+      21. Өңірлік тұрақтандыру қорын қалыптастыру кезінде әлеуметтік маңызы бар азық-түлік тауарларын сатып алу тікелей өндірушілерден, оның ішінде форвардтық шарттар мен офтейк-келісімшарттар жасасу арқылы жүзеге асырылады. Егер өндіруші өнімді өткізуді тікелей жүзеге асырмаса, әлеуметтік маңызы бар азық-түлік тауарларын азық-түлік тауарларын өткізуге маманданған көтерме сауда жеткізушілерінен (дистрибьютерлерден), сондай-ақ мамандандырылған ұйымнан сатып алу жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 10.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 288</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1. Азық-түлiк тауарларының өңірлік тұрақтандыру қорларына сатып алынатын әлеуметтік маңызы бар азық-түлік тауарлары техникалық регламенттердің талаптарына сәйкес келуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 21-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-2. Әлеуметтік маңызы бар азық-түлік тауарларын аймақтық тұрақтандыру қорларына сатып алу кезінде мамандандырылған ұйым ауыл шаруашылығы тауарын өндірушілердің, қайта өңдеу кәсіпорындарының, азық-түлік тауарларын өткізуге маманданған көтерме жеткізушілердің (дистрибьюторлардың) қаржылық тұрақтылығына талдау жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер ауыл шаруашылығы тауарын өндіруші (қайта өңдеу кәсіпорны, азық-түлік тауарларын өткізуге маманданған көтерме жеткізуші (дистрибьютор)) салықтар мен бюджетке міндетті төлемдер, бірыңғай жинақтаушы зейнетақы қорына міндетті зейнетақы жарналары бойынша, сондай-ақ екінші деңгейдегі банктер, банктік операциялардың жекелеген түрлерін жүзеге асыратын ұйымдар берген кредиттер (қарыздар) бойынша мерзімі өткен берешектің және мамандандырылған ұйым алдындағы орындалмаған міндеттемелердің, сондай-ақ атқару құжаттары бойынша орындалмаған міндеттемелердің, кәсіпкерлік субъектісінің мүлкіне шектеулер мен ауыртпалықтардың жоқтығы бойынша жиынтық талаптарға сәйкес келсе, онда қаржылық тұрақты болып саналады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағидалар 36-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 250</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 21-2-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">37. Алып тасталды - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 210</w:t>
+        <w:t xml:space="preserve">22. Алып тасталды - ҚР Ауыл шаруашылығы министрінің 25.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="69"/>
+    <w:bookmarkStart w:name="z39" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Қарыз мерзімі өткен берешекті қайта қаржыландыруға берілмейді.</w:t>
+      23. Мамандандырылған ұйым статистикалық деректер және басқа да көздер негізінде өңірдің азық-түлік тауарларының ішкі нарығына және агроөнеркәсіптік кешен өнімдерінің нарықтарына тұрақты негізде талдау (өндіріс көлемі және азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың, бағалардың болуы) жүргізеді, өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының көлемін айқындайды және сатып алу интернвенциялары туралы шешімді қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z56" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z69" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      23-1. Мамандандырылған ұйымның сатып алу интервенциялары туралы шешімі әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін тиімді және уақтылы қолдануды қамтамасыз ету мақсатында қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 23-1-тармақпен толықтырылды – ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Өңірлік тұрақтандыру қорын пайдалануды тауар интервенцияларын жүргізу және азық-түлік тауарларын жаңарту жолымен мамандандырылған ұйым жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z41" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Мамандандырылған ұйым аграрлық азық-түлік нарығына реттеушілік ықпал ету қажет баға деңгейінің көтерілуі жағдайында, 2 (екі) жұмыс күнінен кешіктірмей, тауар интервенцияларын жүргізу туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Мамандандырылған ұйым өңірлік тұрақтандыру қорын уақтылы жаңарту мақсатында тұрақты негізде бейнебақылау жүйелерін қолдана отырып, өңірлік тұрақтандыру қорының азық-түлік тауарларын сақтау мерзімдерін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Өңірлік тұрақтандыру қорын жаңарту азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін өңірлік тұрақтандыру қорынан азық-түлік тауарларын өткізу немесе кейін дәл сондай көлемдегі жаңа сақталу мерзімімен немесе келесі жылғы жаңа шығымнан азық-түлік тауарларын жеткізе отырып, азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін азық түлік тауарларын қайтару жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z44" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Өңірлік тұрақтандыру қорының азық-түлік тауарларын тауар интервенциялары, азық-түлік тауарларын жаңарту үшін мамандандырылған ұйымдар өздердерінің өткізу нүктелері және (немесе) азық-түлік тауарларын өткізетін сауда объектілері арқылы, сондай-ақ өңдеу кәсіпорындары шекті сауда үстемесі шегінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін өткізуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z45" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Бұл ретте өңдеу кәсіпорны өндірген дайын азық-түлік тауарының бағасы облыстың, республикалық маңызы бар қалалардың, астананың әкімі бекіткен шекті рұқсат етілген бөлшек сауда бағасынан аспайды және мамандандырылған ұйымның өңдеу кәсіпорнымен жасасқан өткізу туралы шартында айтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z46" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы мамандандырылған ұйыммен бірлесіп тауар интервенцияларын жүзеге асыратын сауда объектілерінің орналасқан жері, сондай-ақ кәсіпкерлік субъектілеріне қарыз беру тәртібі туралы ақпаратты бұқаралық ақпарат құралдары, жергілікті атқарушы органның және мамандандырылған ұйымның ресми сайттары арқылы халықтың назарына жеткізу бойынша ақпараттық жұмыс жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Кәсіпкерлік субъектілеріне қарыз беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z48" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру мақсатында мамандандырылған ұйымдар арқылы кәсіпкерлік субъектілеріне Комиссия сұраныс пен ұсыныстың өңірлік теңгерімі (өндіріс көлемі мен азық-түлік тауарларымен қамтамасыз етілу, олардың қозғалысы, қорлардың болуы), егіс алқаптары (жоспарлы), болжамды өнім, өткен күнтізбелік жылдағы қалыптасқан бағалар, мемлекеттік атаулы әлеуметтік көмек алушылардың саны туралы мәліметтер және өзге де деректер негізінде айқындайтын азық-түлік тауарларының тізбесіне сәйкес қарыз береді. Қарызды беру қайтарымдылық, қамтамасыз етілу және ақылылық шарттарында қарыз шарты жасасу жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-1. Кәсіпкерлік субъектілеріне қарыз берілген кезде бюджет қаражатының 70 (жетпіс) проценті ауылшартауар өндірушілер мен қайта өңдеу кәсіпорындарын қаржыландыруға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 31-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 24.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 250</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Бағаны тұрақтандыру мынадай жолдармен қамтамасыз етіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z775" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мамандандырылған ұйымның әлеуметтік маңызы бар азық-түлік тауарларына төмендетілген бөлшек/көтерме бағаларды белгілеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z776" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әлеуметтік маңызы бар азық-түлік тауарларын мемлекеттік атаулы әлеуметтік көмек алушыларға цифрлық азық-түлік ваучерлерін пайдалана отырып арзандатылған бағамен өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z777" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1. Мемлекеттік атаулы әлеуметтік көмек алушыларға монетарлық емес мемлекеттік қолдау көрсету мақсатында мамандандырылған ұйым кәсіпкерлік субъектілеріне (сауда объектілеріне) тиісті өңірдегі мемлекеттік атаулы әлеуметтік көмек алушылардың санын ескере отырып, Әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін іске асыруды қамтамасыз ету жөніндегі комиссия айқындайтын әлеуметтік маңызы бар азық-түлік тауарларын өткізу үшін қарыздар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z778" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік атаулы әлеуметтік көмек алушылардың саны мен мәртебелері туралы деректерді өзектендіруді халықты әлеуметтік қорғау саласындағы уәкілетті мемлекеттік орган автоматтандырылған ақпараттық жүйеде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z779" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік атаулы әлеуметтік көмек алушыға электрондық үкімет порталының eGov Mobile қосымшасы арқылы SMS-хабарлама түрінде хабарландыру жіберіледі, онда цифрлық азық-түлік ваучерін алуға келісімін не бас тартуын растау сұралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z780" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келісім расталған жағдайда цифрлық азық-түлік ваучері "әлеуметтік әмиян" арқылы есепке алынады және тек әлеуметтік маңызы бар азық-түлік тауарларын арзандатылған бағамен сатып алу үшін пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z781" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цифрлық азық-түлік ваучерлері ай сайын, есептік айдың алдындағы айдың соңғы күніне мемлекеттік атаулы әлеуметтік көмек алушылар болып табылатын отбасының әрбір мүшесіне бір айлық есептік көрсеткіш мөлшерінде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z782" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік маңызы бар азық-түлік тауарларына ақы төлеу сауда объектісінің кассалық жабдығында QR-кодты оқу (сканерлеу) арқылы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z783" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік маңызы бар азық-түлік тауарларының бүкіл тізбесін іске асыру цифрлық азық-түлік ваучері есебінен берілетін жеңілдік ескеріле отырып, арзандатылған бағамен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z784" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік маңызы бар азық-түлік тауарларын таңбалау оларды сәйкестендіруге арналған арнайы жапсырмалармен (стикерлермен) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z785" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кассалық жабдықты "әлеуметтік әмиянмен" интеграциялау жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z786" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауарларды арзандатылған бағамен өткізу туралы есеп мынадай тәртіппен ұсынылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z787" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мамандырылған ұйымдар жиынтық есептерді электрондық нысанда жергілікті атқарушы органдарға жолдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z788" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жергілікті атқарушы органдар жиынтық ақпаратты Қазақстан Республикасының Сауда және интеграция министрлігіне және Қазақстан Республикасының Ауыл шаруашылығы министрлігіне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 32-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 желтоқсаннан бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Қарыз беру үшін кәсіпкерлік субъектісін Комиссия айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіпкерлік субъектілеріне қарыз беру үшін әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында мынадай бірыңғай талаптар (өлшемшарттар) белгіленеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңды тұлға немесе дара кәсіпкер ретінде мемлекеттік тіркеудің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес төлеу мерзімі кейінге қалдырылған жағдайларды қоспағанда, кәсіпкерлік субъектісінен алынған құжаттарды қарау күніне салықтар және бюджетке төленетін басқа да міндетті төлемдер және бірыңғай жинақтаушы зейнетақы қорына төленетін міндетті зейнетақы жарналары бойынша берешектің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) екінші деңгейдегі банктер, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар берген кредиттер (қарыздар) бойынша мерзімі өткен берешектің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) меншік құқығында немесе өзге де заңды негізде (жалға алу/өтеусіз пайдалану/сенімгерлік басқару) азық-түлік тауарларын тиісті сақтауға және азық-түлік тауарларымен сатып алу, дайындық, тарату операцияларын орындауға арналған қойма үй-жайлары мен арнайы жабдығы бар үй-жайлардан тұратын инфрақұрылымдық сауда-логистикалық кешеннің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік сатып алуға жосықсыз қатысушылардың тізілімінде болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мамандандырылған ұйым алдында орындалмаған міндеттемелердің, сондай-ақ атқарушылық құжаттар бойынша орындалмаған міндеттемелердің, кәсіпкерлік субъектісінің мүлкіне шектеулер мен ауыртпалықтардың болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) осы Үлгілік қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес міндеттемелердің орындалуын қамтамасыз етудің болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 250</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Комиссия кәсіпкерлік субъектісін айқындағаннан кейін мамандандырылған ұйым кәсіпкерлік субъектісіне қарыз береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z52" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Кәсіпкерлік субъектісі мамандандырылған ұйымның қарызын қайтару бойынша міндеттемелерінің орындалуын қамтамасыз етеді. Міндеттемелердің орындалуы кепіл, банктік кепілдендіру, сақтандыру шарты, үшінші тұлғалардың кепілдік/кепілгерлігі түрінде қамтамасыз етіледі. Міндеттемелердің орындалуын қамтамасыз ету заңнамада көзделген жазбаша нысанда ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Қарыз беру шарттары мамандандырылған ұйым мен кәсіпкерлік субъектісі арасында жасалған қарыз шартында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z85" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36-1. Қарыз шарттарында әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында кәсіпкерлік субъектілерінің мамандандырылған ұйыммен келісу бойынша әлеуметтік маңызы бар азық-түлік тауарларын өткізу графигін қалыптастыру, әлеуметтік маңызы бар азық-түлік тауарларын белгіленген бағамен толық көлемде өткізу; әлеуметтік маңызы бар азық-түлік тауарларын өткізу фактісін растайтын құжаттарды ұсыну жөніндегі міндеттемелері көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген міндеттемелерді орындау бөлігінде қарыз шарты талаптарының орындалмауы немесе тиісінше орындалмауы қарыз шартын елеулі түрде бұзу деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 36-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 250</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. Алып тасталды - ҚР Ауыл шаруашылығы министрінің 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Қарыз мерзімі өткен берешекті қайта қаржыландыруға берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z56" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       39. Қарыз тек ұлттық валютада беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6804,68 +6342,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы ауыл шаруашылығы және сауда және интеграция министрліктеріне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="71"/>
+    <w:bookmarkStart w:name="z87" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 15.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6880,287 +6418,287 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 10.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 288</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="72"/>
+    <w:bookmarkStart w:name="z112" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 1-ӘМАТ нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z113" w:id="73"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z113" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: апта сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z114" w:id="74"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z114" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20___жылғы_________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z115" w:id="75"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z115" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: әлеуметтік маңызы бар азық-түлік тауарларына шекті бағаларды белгілеу жөніндегі шараларды қоспағанда, әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйымдар (бұдан әрі – мамандандырылған ұйымдар), облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z116" w:id="76"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z116" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z117" w:id="77"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z117" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына апта сайын сәрсенбі күндері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z118" w:id="78"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z118" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Қазақстан Республикасы ауыл шаруашылығы және сауда және интеграция министрліктеріне апта сайын бейсенбі күндері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z119" w:id="79"/>
+          <w:bookmarkStart w:name="z119" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бизнес-сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="114"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z120" w:id="80"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkStart w:name="z120" w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="5346700" cy="431800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -7185,70 +6723,70 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="81"/>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жинау әдіс: электрондық түрде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -7258,80 +6796,80 @@
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="82"/>
+          <w:bookmarkStart w:name="z124" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkEnd w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8261,80 +7799,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z159" w:id="83"/>
+          <w:bookmarkStart w:name="z159" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="83"/>
+          <w:bookmarkEnd w:id="118"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8572,80 +8110,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z168" w:id="84"/>
+          <w:bookmarkStart w:name="z168" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="119"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9045,80 +8583,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z183" w:id="85"/>
+          <w:bookmarkStart w:name="z183" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="120"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9518,80 +9056,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z198" w:id="86"/>
+          <w:bookmarkStart w:name="z198" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9991,80 +9529,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z213" w:id="87"/>
+          <w:bookmarkStart w:name="z213" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="122"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10464,80 +10002,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z228" w:id="88"/>
+          <w:bookmarkStart w:name="z228" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="123"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10937,80 +10475,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z243" w:id="89"/>
+          <w:bookmarkStart w:name="z243" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="124"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11410,80 +10948,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z258" w:id="90"/>
+          <w:bookmarkStart w:name="z258" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>77</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="125"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11883,80 +11421,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z273" w:id="91"/>
+          <w:bookmarkStart w:name="z273" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12374,80 +11912,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z289" w:id="92"/>
+          <w:bookmarkStart w:name="z289" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>89</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="127"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12847,80 +12385,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z304" w:id="93"/>
+          <w:bookmarkStart w:name="z304" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="128"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13320,80 +12858,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z319" w:id="94"/>
+          <w:bookmarkStart w:name="z319" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
+          <w:bookmarkEnd w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13811,80 +13349,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z335" w:id="95"/>
+          <w:bookmarkStart w:name="z335" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>112</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
+          <w:bookmarkEnd w:id="130"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14284,80 +13822,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z350" w:id="96"/>
+          <w:bookmarkStart w:name="z350" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="96"/>
+          <w:bookmarkEnd w:id="131"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14757,80 +14295,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z365" w:id="97"/>
+          <w:bookmarkStart w:name="z365" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="97"/>
+          <w:bookmarkEnd w:id="132"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15230,80 +14768,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z380" w:id="98"/>
+          <w:bookmarkStart w:name="z380" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="133"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15703,80 +15241,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z395" w:id="99"/>
+          <w:bookmarkStart w:name="z395" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkEnd w:id="134"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16176,80 +15714,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z410" w:id="100"/>
+          <w:bookmarkStart w:name="z410" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="135"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16649,80 +16187,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z425" w:id="101"/>
+          <w:bookmarkStart w:name="z425" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="101"/>
+          <w:bookmarkEnd w:id="136"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17122,80 +16660,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z440" w:id="102"/>
+          <w:bookmarkStart w:name="z440" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="102"/>
+          <w:bookmarkEnd w:id="137"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17596,80 +17134,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z455" w:id="103"/>
+          <w:bookmarkStart w:name="z455" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалпы қорытынды, тауық жұмыртқасы мен нанды қоспағанда</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="103"/>
+          <w:bookmarkEnd w:id="138"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -18013,190 +17551,190 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z469" w:id="104"/>
+    <w:bookmarkStart w:name="z469" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z470" w:id="105"/>
+          <w:bookmarkStart w:name="z470" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бар тауарлар</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="105"/>
+          <w:bookmarkEnd w:id="140"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z471" w:id="106"/>
+          <w:bookmarkStart w:name="z471" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өткізілген</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="106"/>
+          <w:bookmarkEnd w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
@@ -18233,80 +17771,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z475" w:id="107"/>
+          <w:bookmarkStart w:name="z475" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тұрақтандыру қорларындағы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="107"/>
+          <w:bookmarkEnd w:id="142"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -18388,80 +17926,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z481" w:id="108"/>
+          <w:bookmarkStart w:name="z481" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тонна</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="143"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18802,80 +18340,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z493" w:id="109"/>
+          <w:bookmarkStart w:name="z493" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="144"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -25766,250 +25304,250 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z727" w:id="110"/>
+    <w:bookmarkStart w:name="z727" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы: ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z728" w:id="111"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z728" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекенжайы ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z729" w:id="112"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z729" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефоны __________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z730" w:id="113"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z730" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық почтасы_ __________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z731" w:id="114"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z731" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушы ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z732" w:id="115"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z732" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы немесе оның міндетін атқарушы адам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z733" w:id="116"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z733" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________ __________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z734" w:id="117"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z734" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аты және әкесінің аты (бар болса), тегі (электрондық цифрлық қолтаңбасы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z735" w:id="118"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z735" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні: 20___ жылғы "____" _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z736" w:id="119"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z736" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Әкімшілік деректерді өтеусіз негізде жинауға арналған "Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат" нысанын толтыру бойынша түсініктеме осы нысанға қосымшада келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26140,504 +25678,504 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы ақпарат" нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z738" w:id="120"/>
+    <w:bookmarkStart w:name="z738" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат" нысанын толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z739" w:id="121"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z739" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z740" w:id="122"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z740" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме әкімшілік деректерді өтеусіз негізде жинауға арналған "Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат" нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z741" w:id="123"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z741" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанды әлеуметтік маңызы бар азық-түлік тауарларына шекті бағаларды белгілеу жөніндегі шараларды қоспағанда, әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйымдар (бұдан әрі – мамандандырылған ұйымдар), облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z742" w:id="124"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z742" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанға басшы не оның міндетін атқарушы адам тегі мен аты-жөнін көрсете отырып, қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z743" w:id="125"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z743" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z744" w:id="126"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z744" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мамандандырылған ұйымдар облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына апта сайын сәрсенбі күндері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z745" w:id="127"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z745" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары Қазақстан Республикасы ауыл шаруашылығы және сауда және интеграция министрліктеріне апта сайын бейсенбі күндері ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z746" w:id="128"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z746" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан мемлекеттік және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z747" w:id="129"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z747" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z748" w:id="130"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z748" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанның 1-бағанында реттік нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z749" w:id="131"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z749" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Нысанның 2-бағанында тауардың атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z750" w:id="132"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z750" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нысанның 3-бағанында ауыл шаруашылығы тауарын өндірушілерден және қайта өңдеу кәсіпорындарынан тікелей сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z751" w:id="133"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z751" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Нысанның 4-бағанында азық-түлік тауарларын сатуға мамандандырылған көтерме жеткізушілерден (дистрибьюторлардан) тікелей сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z752" w:id="134"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z752" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Нысанның 5-бағанында форвардтық шарттар мен офтейк-келісімшарттар шеңберінде ауыл шаруашылығы тауарын өндірушілерден және қайта өңдеу кәсіпорындарынан сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z753" w:id="135"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z753" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Нысанның 6-бағанында форвардтық шарттар мен офтейк-келісімшарттар шеңберінде азық-түлік тауарларын сатуға мамандандырылған көтерме жеткізушілерден (дистрибьюторлардан) сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z754" w:id="136"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z754" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Нысанның 7-бағанында ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына берілген қарыздар бойынша сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z755" w:id="137"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z755" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Нысанның 8-бағанында азық-түлік тауарларын өткізуді жүзеге асыратын кәсіпкерлік субъектілеріне берілген қарыздар бойынша сатып алынған тауарлардың көлемі мен сомасы тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z756" w:id="138"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z756" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Нысанның 9-бағанында тұрақтандыру қорларында бар тауарлардың саны, тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z757" w:id="139"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z757" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Нысанның 10-бағанында форвардтық шарттар мен оффтейк-келісімшарттар шеңберінде бар тауарлардың саны тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z758" w:id="140"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z758" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Нысанның 11-бағанында берілген қарыздар бойынша қолда бар тауарлардың саны тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z759" w:id="141"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z759" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Нысанның 12-бағанында өткізілген көлем, тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z760" w:id="142"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z760" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Нысанның 13-бағанында қалдық, тоннамен және мың теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>