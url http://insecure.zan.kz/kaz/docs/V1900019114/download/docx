--- v0 (2026-01-01)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fb539dc" w14:textId="fb539dc">
+    <w:p w14:paraId="10926e6" w14:textId="10926e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -855,288 +855,110 @@
         </w:rPr>
         <w:t xml:space="preserve"> осы тізбеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-[...230 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Күші жойылды - ҚР Өнеркәсіп және құрылыс министрінің м.а. 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1463,87 +1285,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 35 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="17"/>
+    <w:bookmarkStart w:name="z52" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тұрғын үй құрылысы мақсаттары үшін жеке кәсіпкерлік субъектілеріне екінші деңгейдегі банктер беретін кредиттер бойынша сыйақы мөлшерлемелерін субсидиялау қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z53" w:id="18"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z53" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z54" w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z54" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Тұрғын үй құрылысы мақсаттары үшін жеке кәсіпкерлік субъектілеріне екінші деңгейдегі банктер беретін кредиттер бойынша сыйақы мөлшерлемелерін субсидиялау қағидалары (бұдан әрі – Қағидалар) 2008 жылғы 4 желтоқсандағы Қазақстан Республикасының Бюджет кодексінің 35-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1598,915 +1420,915 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>95-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және тұрғын үй құрылысы мақсаттары үшін жеке кәсіпкерлік субъектілеріне екінші деңгейдегі банктер беретін кредиттер бойынша сыйақы мөлшерлемелерін субсидиялау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z55" w:id="20"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z55" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тұрғын үй құрылысы мақсаттары үшін жеке кәсіпкерлік субъектілеріне екінші деңгейдегі банктер беретін кредиттер бойынша сыйақы мөлшерлемелерін субсидиялау Қазақстан Республикасы Үкіметінің 2018 жылғы 22 маусымдағы № 372 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген "Нұрлы жер" мемлекеттік тұрғын үй құрылысы бағдарламасының (бұдан әрі – Бағдарлама) мынадай бағыттарын іске асыру шеңберіңде жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке құрылыс салушыларды тұрғын үй салуға ынталандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке тұрғын үй құрылысын дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) екінші деңгейдегі банктер – банктік және өзге де операцияларды, оның ішінде банктік қарыз операцияларын жүргізуге қызметін тиісті лицензиясы бар Қазақстан Республикасының банктері (бұдан әрі – ЕДБ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) төлемдер кестесі – негізгі борышты, сыйақы сомасын, оның ішінде банктік қарыз шартының және субсидиялау шартының ажырамас бөлігі болып табылатын субсидияланатын сыйақы сомасын өтеу бойынша төлемдер кестесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) субсидиялау шарты – қаржы агенті бекітетін үлгілі шарт, оның шарттары бойынша қарыз алушының кредиті бойынша сыйақы мөлшерлемесінің бөлігін өтеу үшін субсидияны кезең-кезеңмен төлеу жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) банктік қарыз шарты – ЕДБ мен қарыз алушының арасында жасалатын жазбаша келісім, оның шарттары бойынша қарыз алушыға кредит беріледі немесе қайта қаржыландырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қарыз алушы – меншікті қаражаты және субсидияланатын кредит қаражаты есебінен жобаны іске асыруды жүзеге асыратын жеке кәсіпкерлік субъектісі (жеке құрылыс салушы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) кредит – Бағдарламада және осы Қағидаларында белгіленген шартының негізінде жобаны іске асыру үшін қарыз алушыға банктік қарыз ЕДБ беретін ақшалай қаражаттың сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) субсидиялар – қарыз алушыға ЕДБ беретін (қайта қаржыландырылатын) кредиттер бойынша сыйақы мөлшерлемесінің бір бөлігін өтеу үшін өтеусіз және қайтарусыз негізде қаржы агенті арқылы жіберілетін республикалық бюджеттен бөлінген қаражат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) субсидиялау – кредит бойынша сыйақы ретінде ЕДБ қарыз алушыға төлейтін шығыстарды ішінара өтеу үшін пайдаланылатын, қарыз алушыны мемлекеттік қаржылық қолдау нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жоба – жалпы алаңының 40 %-нан аспайтын, коммерциялық алаңдардың (бар болған жағдайда) үлесі бар тұрғын үй құрылысының (тұрғын ғимарат), аз қабатты тұрғын үйдің жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уәкілетті орган – сәулет, қала құрылысы және құрылыс істері жөніндегі орталық мемлекеттік орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) қаржы агенті – "Даму" кәсіпкерлікті дамыту қоры" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Жобаларды қарау кезінде кредит беруге қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z58" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бағдарламаға және осы Қағидаларға сәйкес келетін шарттарда кредиттер есебінен жобаларды іске асыруды жүзеге асыратын қарыз алушылар субсидия алушылар болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...51 lines deleted...]
-      3. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z59" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Құрылтайшылары тікелей немесе жанама түрде ұлттық басқарушы холдингтер, ұлттық компаниялар болып табылатын, мемлекеттік-жекешелік әріптестік туралы шарт шеңберінде құрылған жеке кәсіпкерлік субъектілері (әлеуметтік-кәсіпкерлік корпорацияларды қоспағанда), жеке кәсіпкер, коммерциялық емес ұйымдар, оның ішінде тұрғын үй-құрылыс кооперативтері ретінде тіркелген жеке тұлғалар үшін берілген кредиттер субсидиялауға жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:p>
-[...197 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="22"/>
+    <w:bookmarkStart w:name="z60" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Субсидиялау осы Қағидаларға сәйкес экономикалық қызмет түрлерiнiң жалпы жiктеуiшiге сай өз қызметін жүзеге асыратын қарыз алушылардың кредиттері бойынша беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z61" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. ЕДБ субсидиялау туралы шешім қабылданған күні қолданыста болған Қазақстан Республикасы Ұлттық Банкінің базалық мөлшерлемесінің деңгейінен 5 %-дан артық емес сыйақының мөлшерлемесі бойынша қарыздар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z62" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қарыз алушының кредиттері бойынша сыйақы мөлшерлемесінің жылдық 7 % субсидиясын ЕДБ-ге мемлекет қаржы агенті арқылы республикалық бюджеттің қаражаты есебінен өтейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z63" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Кредит бойынша сыйақы мөлшерлемесінің субсидияланбайтын бөлігін қарыз алушы төлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z64" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қарыз алушының қатысуы үшін міндетті шарттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысаналы мақсаты – жобаны қаржыландыру (кредитті қайта қаржыландыру);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кредит валютасы – теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      субсидиялаудың ең ұзақ мерзімі 36 айға дейін қоса алғанда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бір жоба бойынша бірнеше субсидиялау шарты жасалатын болса, онда субсидиялаудың жалпы мерзімі қаржы агенті алғашқы субсидиялау шартына қол қойған күннен бастап белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалар шеңберінде қаржыландырылатын жобаларға тікелей байланысты емес шығыстарға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субсидиялау шеңберінде қайта қаржыландыруға ЕДБ-ге өтініш жасаған күні 18 ай мерзіммен бұрын ЕДБ берген кредиттерге рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Кредитті нысаналы жұмсау:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құрылыс-монтаждау жұмыстарына ақы төлеуге, жобаларды басқару жөніндегі шығындарға, авторлық және техникалық қадағалау бойынша қызметтер көрсетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жобаны іске асыруға байланысты өзге де шығыстарды, оның ішінде жарнама, басқару персоналын ұстау, коммуналдық және телекоммуникациялық қызметтер көрсету жөніндегі шығыстарды, жалдау төлемақыларына, сапаны бақылау бойынша техникалық паспорттар дайындауға арналған шығыстарға, зертханалық сынақтарға, салықтарға және бюджетке төленетін басқа да міндетті төлемдерге, міндетті зейнетақы жарналарына және міндетті кәсіби зейнетақы жарналарына, Міндетті әлеуметтік медициналық сақтандыру қорына төленетін міндетті әлеуметтік медициналық сақтандыру жарналарына рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Осы Қағидалардың 5-тармағының шарттарын ескере отырып, Бағдарламаның "Жеке тұрғын үй құрылысын дамыту" деген міндеті шеңберінде пилоттық жобаларды іске асыруға кредиттерді субсидиялауға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z67" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз алушы бастама жасаған банктік қарыз шартының, субсидиялау шартының, кредиттеу талаптарының өзгеруіне байланысты жағдайларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз алушының қарыз, субсидиялау шарты бойынша міндеттемелерін бұзуына байланысты алынатын комиссиялар, алымдар және (немесе) өзге де төлемдерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кепіл затына (қамтамасыз ету) тәуелсіз бағалау жүргізуге, кепіл затын (қамтамасыз ету) сақтандыруға, кепілдік шартын тіркеуге және ауыртпалықты алуға байланысты жағдайларды қоспағанда, ЕДБ қарыз алуға немесе оған қызмет көрсетуге, субсидиялау шартын жасасуға байланысты қандай да бір комиссияларды, алымдарды және (немесе) өзге төлемдерді алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Субсидиялауға бұрын қарыз алушы алған, мемлекеттік қолдау шаралары шеңберінде сыйақы мөлшерлемесі арзандатылған тұрғын үй құрылысына арналған кредиттер жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z69" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Жобаларды қарау кезінде кредит беруге қойылатын талаптар</w:t>
-[...323 lines deleted...]
-      12. Осы Қағидалардың 5-тармағының шарттарын ескере отырып, Бағдарламаның "Жеке тұрғын үй құрылысын дамыту" деген міндеті шеңберінде пилоттық жобаларды іске асыруға кредиттерді субсидиялауға рұқсат етіледі.</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Субсидия беру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z67" w:id="32"/>
-[...15 lines deleted...]
-      13. Мыналарды:</w:t>
+    <w:bookmarkStart w:name="z70" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Қарыз алушыға субсидия беруді қарау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:p>
-[...69 lines deleted...]
-      14. Субсидиялауға бұрын қарыз алушы алған, мемлекеттік қолдау шаралары шеңберінде сыйақы мөлшерлемесі арзандатылған тұрғын үй құрылысына арналған кредиттер жатпайды.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Қарыз алушы ЕДБ-ге Бағдарламаға және осы Қағидаларға сәйкес келетін шарттармен жобаны іске асыру үшін кредит алуға немесе қайта қаржыландыруға өтініш (ЕДБ ішкі құжаттарымен бекітілген нысан бойынша) береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z69" w:id="34"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Субсидия беру тәртібі</w:t>
+    <w:bookmarkStart w:name="z72" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. ЕДБ жобаның қаржылық-экономикалық тиімділігіне ЕДБ-нің ішкі құжаттарына сәйкес бағалау жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z70" w:id="35"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оң бағалау кезінде ЕДБ қарыз алушыға 3 (үш) жұмыс күні ішінде жобаға кредит беру дайындығы және қаржы агентінің кредитті субсидиялау туралы шешімін беру қажеттілігі туралы жазбаша жауап жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="38"/>
+    <w:bookmarkStart w:name="z73" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Қарыз алушы қаржы агентіне осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша субсидия алуға арналған өтініш-сауалнамамен (бұдан әрі – өтініш – сауалнама) өтініш жасайды, оған мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) іске асырылатын жобаның сипаттамасы (жобаның құрылысына рұқсат беру құжаттамасы, бизнес-жоспар қоса берілген еркін нысанда қалыптастырылады);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2535,110 +2357,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) объекті бойынша ақпарат (таныстыру, жарнамалық материалдар, пәтерлердің жобалары, пәтерлердің саны мен алаңдары), оның ішінде электрондық түрде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жобаны іске асыру үшін кредит беру (қайта қаржыландыру) мүмкіндігі туралы оң шешімі бар ЕДБ - ның хаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="39"/>
+    <w:bookmarkStart w:name="z74" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қаржы агенті құжаттарды алғаннан кейін 7 (жеті) жұмыс күні ішінде қарыз алушының жобасын осы Қағидалардың талаптарына сәйкестігі тұрғысынан тексереді және оң не теріс шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z75" w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z75" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Ескертулер болған кезде құжаттар топтамасы құжаттарды алғаннан кейін күннен бастап 3 (үш) жұмыс күні ішінде қарыз алушыға пысықтау үшін нақты кемшіліктерді көрсете отырып қайтарылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z76" w:id="41"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z76" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Жобаны қарастыру кезінде бас тартуға үшін негіздемелер мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш берушінің дұрыс емес деректерді (мәліметтерді) ұсынуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2649,150 +2471,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) құжаттардың толық емес топтамасын ұсыну; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы Қағидалардың талаптарына сәйкес келмеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="42"/>
+    <w:bookmarkStart w:name="z77" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қаржы агенті шешім қабылданған күннен бастап 3 (үш) жұмыс күні ішінде қарыз алушыға және ЕДБ-ге қабылдаған шешім туралы хаттама (хаттамадан үзінді) жібереді. Кредитті субсидиялау мүмкін еместігі туралы шешім қабылданған жағдайда бас тарту себебі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z78" w:id="43"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z78" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Қаржы агенті қажет болған жағдайда, жобаны барынша толық талдау және шешім қабылдау үшін қарыз алушыдан қосымша мәліметтер мен құжаттарды сұрайды. Мұндай жағдайда қарыз алушының құжаттары қайтарылады және белгіленген тәртіпте қайта қарауға жатады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z79" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Қаржы агенті шешімінің қолданылу мерзімі шешім қабылданған күннен бастап 6 (алты) айдан аспауға тиіс. Қаржы агенті субсидиялаудың бекітілген үлгілік нысанын ЕДБ-ге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z80" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. ЕДБ қаржы агентінен алынған шешімнің негізінде қарыз алушымен және қаржы агентімен субсидиялау шартын жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z81" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Субсидиялау шартына:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z79" w:id="44"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қаржы агентінен хаттама (хаттамадан үзінді-көшірмелер) алған күннен бастап 10 (он) жұмыс күні ішінде ЕБД мен қарыз алушы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2803,128 +2625,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ЕДБ-ден субсидиялау шартын алғаннан кейін 5 (бес) жұмыс күні ішінде қаржы агенті қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субсидиялау шартына қосымша келісім, сондай-ақ қаржы агенті пысықтауға жіберген субсидиялау шарты осы тармақта көзделген мерзімдерде жасалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="47"/>
+    <w:bookmarkStart w:name="z82" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Субсидиялау шарты оған қарыз алушы, ЕДБ және қаржы агенті қол қойған күннен бастап күшіне енеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте субсидиялау шартында қаржы агенті субсидиялау шартына қол қойған күнге дейін кемінде 30 (отыз) күнтізбелік күн бұрын, бірақ қаржы агентінің шешімі шыққан күнге дейін субсидиялау басталған мерзім көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="48"/>
+    <w:bookmarkStart w:name="z83" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Осы Қағидалардың 25-тармағының 1) тармақшасында белгіленген мерзімдерде субсидиялау шарты уақтылы жасалмаған жағдайда, ЕДБ 2 (екі) жұмыс күні ішінде қаржы агентіне ресми хатпен кешіктіру себептерін түсіндіре отырып хабарлама жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z84" w:id="49"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z84" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Қаржы агенті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бекітілген үлгілік нысанға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2935,1062 +2757,1062 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) банктік қарыз шарты Бағдарламаның және осы Қағидалардың шарттарына сәйкес келмеген жағдайда, субсидиялау шартына қол қоюдан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаржы агенті аталған сәйкессіздіктердің бар екені туралы ескертулерді жою үшін осы Қағидалардың 25-тармағының 2) тармақшасында көзделген мерзімнен кешіктірмей ЕДБ-ге жазбаша нысанда хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="50"/>
+    <w:bookmarkStart w:name="z85" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Кредит бойынша сыйақыны төлеу күнін ЕДБ қарыз алушымен келісім бойынша айқындайды. Егер кредит бойынша сыйақы аудару қарыз алушы, ЕДБ субсидиялау шартына қол қойған күннен кейінгі күннен басталатын болса, субсидиялау кезеңіне қарыз алушымен, ЕДБ-мен субсидиялау шартына қол қойылған күн қосылмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z86" w:id="51"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z86" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Қаржы агенті субсидиялау шартына қол қойылғаннан кейін төлемдер кестесі бойынша субсидияны төлейді. Бұл ретте, субсидия уәкілетті органнан қаражат түскен кезде төленеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z87" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Субсидияны аудару тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z88" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Қарыз алушыларға ЕБД беретін кредиттер бойынша сыйақы мөлшерлемесінің бір бөлігін өтеуге субсидия төлеу республикалық бюджет қаражаты есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z89" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Қаржы агентіне қаражатты аударуды уәкілетті орган қаржыландырудың жеке жоспарына және Қазақстан Республикасының Ұлттық Банкінде ашылған қаржы агентінің арнайы шотындағы шартқа сәйкес жүзеге асырады. Бұл ретте бірінші төлем тиісті қаржы жылына көзделген қаражаттың сомасынан 50 % мөлшерінде қаржы агентіне аударылады. Келесі төлемдер қаржы агентінің қажеттілігі жөніндегі өтінімі бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z87" w:id="52"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-параграф. Субсидияны аудару тәртібі</w:t>
+    <w:bookmarkStart w:name="z90" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Субсидиялау үшін Қазақстан Республикасы Ұлттық Банкінің арнайы шотынан түскен қаражат бір траншпен ЕДБ-ның бірінде ашылған қаржы агентінің операторлық арнайы шотына аударылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z88" w:id="53"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="56"/>
+    <w:bookmarkStart w:name="z91" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Қаржы агенті субсидияны ЕДБ-де ашылған қаржы агентінің операторлық ағымдағы шотынан тиісті ағымдағы шоттарына аударады. Бұл ретте ЕДБ-ге осы ағымдағы шотты жүргізу (субсидия сомасын есептен шығару, аудару, қайтару, өтеу) үшін комиссия алуға рұқсат етілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z92" w:id="57"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z92" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Қаржы агенті қарыз алушылардың төлемдер кестесін ескере отырып, ай сайын аванстық төлемдермен ЕДБ ағымдағы шотына субсидияны аударады, қарыз алушы, өңір атауын, субсидия сомасын және төлем жүзеге асырылған кезеңді көрсетіп, электрондық пошта арқылы қаражаттың аударылғаны туралы өкімнің (бұдан әрі – өкім) көшірмесін жібере отырып, ЕДБ хабардар етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z93" w:id="58"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z93" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Қаржы агенті ағымдағы шоттан операторлық шотқа субсидиялау тоқтаған және тоқтата тұрған кредиттер бойынша, сондай-ақ субсидияларды қолданыстағы және субсидиялау үшін жаңа мақұлданған жобаларға жіберу үшін олар бойынша кредит толық және мерзімінен бұрын ішінара жүргізілген субсидия қаражатын қайтаруды қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z94" w:id="59"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z94" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Қаржы агентінің операторлық ағымдағы шотындағы субсидия қаражатының ағымдағы қаржы жылында пайдаланылмаған қалдығы есепті қаржы жылы үшін қарыз алушыдан қабылданған өтініш бойынша, сондай-ақ қарыз алушының қарауда жатқан өтініштері бойынша келесі қаржы жылында пайдаланылуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z95" w:id="60"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z95" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Қаржы агентінің операторлық ағымдағы шотына орналастырылған қаражат бойынша ЕДБ сыйақы аударған жағдайда алынған сыйақыны қаржы агентінің кәсіпкерлікті қаржылық қолдау бойынша өз бағдарламасын іске асыру үшін пайдалануына рұқсат етіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z96" w:id="61"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z96" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. ЕДБ-нің қаржы агентінің ағымдағы шотынан субсидияны есептен шығару шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z97" w:id="62"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z97" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. ЕДБ қаржы агентінен алынған өкімге сәйкес қарыз алушы негізгі борыштың сомасын және сыйақы мөлшерлемесінің субсидияланбайтын бір бөлігін толық өтеген жағдайда қаржы агентінің ағымдағы шотынан әрбір қарыз алушы бойынша субсидияны есептен шығарады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z98" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Қарыз алушының негізгі борышы ішінара не толық мерзімінен бұрын өтелген жағдайда, ЕДБ қаржы агентін 7 (жеті) жұмыс күні ішінде төлемдерді өтеу кестесін өзгертіп, кейін субсидиялау шартына қосымша келісімді және банктік қарыз шартына жасалған қосымша келісімнің көшірмесін қоса бере отырып хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z99" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. ЕДБ қарыз алушы негізгі борыштың сомасын және сыйақы мөлшерлемесінің субсидияланбайтын бір бөлігі бойынша берешекті толық өтегенге дейін қаржы агентінің ағымдағы шотынан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қарыз алушы күнтізбелік 30 (отыз) күн ішінде төлемдер кестесіне сәйкес міндеттемелерді орындамаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қарыз алушы 3 (үш) ай қатарынан төлемдер кестесіне сәйкес міндеттемелерді орындамаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қарыз алушының міндеттемелерін қайта құрылымдау бойынша рәсімдер жүргізілген жағдайларда субсидияны есептен шығармайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕДБ қаржы агентімен ақпарат алмасудың электрондық арнасы болмаған жағдайда 2 (екі) жұмыс күні ішінде қаржы агентіне көрсетілген жағдайлар бойынша жазбаша нысанда хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Осы Қағидалардың 41-тармағының 1) және 3) тармақшаларында көзделген жағдайларда қаржы агенті ЕДБ-тен тиісті хабарлама алғанға дейін кейінгі субсидияны уақытша аудармайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z98" w:id="63"/>
-[...15 lines deleted...]
-      40. Қарыз алушының негізгі борышы ішінара не толық мерзімінен бұрын өтелген жағдайда, ЕДБ қаржы агентін 7 (жеті) жұмыс күні ішінде төлемдерді өтеу кестесін өзгертіп, кейін субсидиялау шартына қосымша келісімді және банктік қарыз шартына жасалған қосымша келісімнің көшірмесін қоса бере отырып хабардар етеді.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. ЕДБ қаржы агентіне осы Қағидалардың 40 және 41-тармақтарында көзделген мерзімдерде уақтылы хабарламаған жағдайда, күнтізбелік 30 (отыз) күн өткен соң 100 (жүз) айлық есептік көрсеткіш мөлшерінде айыппұл санкцияларын төлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z99" w:id="64"/>
-[...15 lines deleted...]
-      41. ЕДБ қарыз алушы негізгі борыштың сомасын және сыйақы мөлшерлемесінің субсидияланбайтын бір бөлігі бойынша берешекті толық өтегенге дейін қаржы агентінің ағымдағы шотынан:</w:t>
+    <w:bookmarkStart w:name="z102" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. Банктік қарыз шартына өзгерістер енгізген кезде қарыз алушыны субсидиялау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:p>
-[...87 lines deleted...]
-      42. Осы Қағидалардың 41-тармағының 1) және 3) тармақшаларында көзделген жағдайларда қаржы агенті ЕДБ-тен тиісті хабарлама алғанға дейін кейінгі субсидияны уақытша аудармайды.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Егер қарыз алушының қолданыстағы банктік қарыз шартының шарттары (сыйақы мөлшерлемесі, жеңілдік кезең, төлемдер төлеу бойынша жеңілдік кезең, мерзімін ұзарту, өтеу күні, қарыз алушының атауын өзгерту, борышты аудару, міндеттемелерді қайта құрылымдау) өзгерген жағдайда, ЕДБ қаржы агентіне тиісті құжаттарды қоса бере отырып, тиісті хабарлама жібереді, ол 5 (бес) жұмыс күні ішінде осы мәселені қаржы агентінің отырысында алқалық қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z101" w:id="66"/>
-[...15 lines deleted...]
-      43. ЕДБ қаржы агентіне осы Қағидалардың 40 және 41-тармақтарында көзделген мерзімдерде уақтылы хабарламаған жағдайда, күнтізбелік 30 (отыз) күн өткен соң 100 (жүз) айлық есептік көрсеткіш мөлшерінде айыппұл санкцияларын төлейді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қараудың қорытындысы бойынша қарыз алушының қолданыстағы банктік қарыз шартына өзгерістер енгізу мүмкіндігі (мүмкін еместігі) туралы шешім қабылданады және шешімнің көшірмесі ЕДБ-ге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Қарыз алушының қолданыстағы банктік қарыз шарты шарттарының өзге де өзгерістері бойынша ЕДБ қаржы агентіне хабарлама жібереді, ол 7 (жеті) жұмыс күні ішінде қарыз алушының қолданыстағы банктік қарыз шартына енгізілетін өзгерістерді келіседі немесе келісуден бас тартады және ЕДБ-ге жазбаша нысанда хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z102" w:id="67"/>
+    <w:bookmarkStart w:name="z105" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Қарыз алушының банктік қарыз шартының (оған қосымша келісімнің) шарттарына сәйкес қаржы агенті ол бойынша ЕДБ-ның сыйақы мөлшерлемесінің субсидияланбайтын бір бөлігін төлеуге және (немесе) негізгі борышты өтеуге жеңілдік кезең берілген (мерзімі ұзартылған) субсидияны аударуды жүзеге асырады. Бұл ретте жеңілдік кезеңнің мерзімі (ұзартылған мерзім) қаржы агентінің шешімінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z106" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-параграф. Банктік қарыз шартына өзгерістер енгізген кезде қарыз алушыны субсидиялау тәртібі</w:t>
-[...19 lines deleted...]
-      44. Егер қарыз алушының қолданыстағы банктік қарыз шартының шарттары (сыйақы мөлшерлемесі, жеңілдік кезең, төлемдер төлеу бойынша жеңілдік кезең, мерзімін ұзарту, өтеу күні, қарыз алушының атауын өзгерту, борышты аудару, міндеттемелерді қайта құрылымдау) өзгерген жағдайда, ЕДБ қаржы агентіне тиісті құжаттарды қоса бере отырып, тиісті хабарлама жібереді, ол 5 (бес) жұмыс күні ішінде осы мәселені қаржы агентінің отырысында алқалық қарайды.</w:t>
+        <w:t xml:space="preserve"> 5-параграф. Субсидиялауды тоқтата тұру, тоқтату және қайта бастау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:p>
-[...33 lines deleted...]
-      45. Қарыз алушының қолданыстағы банктік қарыз шарты шарттарының өзге де өзгерістері бойынша ЕДБ қаржы агентіне хабарлама жібереді, ол 7 (жеті) жұмыс күні ішінде қарыз алушының қолданыстағы банктік қарыз шартына енгізілетін өзгерістерді келіседі немесе келісуден бас тартады және ЕДБ-ге жазбаша нысанда хабарлама жібереді.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Қаржы агенті мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z105" w:id="70"/>
-[...15 lines deleted...]
-      46. Қарыз алушының банктік қарыз шартының (оған қосымша келісімнің) шарттарына сәйкес қаржы агенті ол бойынша ЕДБ-ның сыйақы мөлшерлемесінің субсидияланбайтын бір бөлігін төлеуге және (немесе) негізгі борышты өтеуге жеңілдік кезең берілген (мерзімі ұзартылған) субсидияны аударуды жүзеге асырады. Бұл ретте жеңілдік кезеңнің мерзімі (ұзартылған мерзім) қаржы агентінің шешімінде көрсетіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) субсидиялау жүзеге асырылатын кредит мақсатсыз пайдаланылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жоба және (немесе) қарыз алушы Бағдарламаның және осы Қағидалардың шарттарына сәйкес келмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қарыз алушы төлемдер кестесіне сәйкес ЕДБ-ның алдындағы төлемдерді төлеу жөніндегі міндеттемелерді қатарынан 3 (үш) ай ішінде орындамаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қарыз алушының шоттарына тыйым салынған жағдайларда қарыз алушыны субсидиялауды тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Осы Қағидалардың 47-тармағының 1) тармақшасында көзделген жағдайды анықтау мақсатында ЕДБ жоба іске асырылатын жерге барып, ЕДБ ішкі құжаттарында белгіленген тәртіппен есеп жасай отырып, қарыз алушының кредитті мақсатты пайдалануына мониторинг жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z106" w:id="71"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5-параграф. Субсидиялауды тоқтата тұру, тоқтату және қайта бастау тәртібі</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрылыс-монтаждау жұмыстарын жүргізудің қарыз алушы бекіткен жоспарынан 3 (үш) айдан астам артта қалған жағдайда, ЕДБ - ны субсидиялауды тоқтату үшін 3 (үш) жұмыс күні ішінде қаржы агентіне хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Қаржы агенті субсидия төлеуді тоқтата тұру туралы шешім қабылданған күннен бастап 5 (бес) жұмыс күні ішінде ЕДБ-ны және қарыз алушыны субсидиялаудың тоқтатыла тұру себептерін көрсете отырып, жазбаша хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z107" w:id="72"/>
-[...15 lines deleted...]
-      47. Қаржы агенті мынадай:</w:t>
+    <w:bookmarkStart w:name="z110" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Қаржы агенті осы Қағидалардың 47-тармағында көрсетілген фактілер белгіленгеннен кейін 5 (бес) жұмыс күні ішінде субсидиялауды тоқтату не қайта бастау туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) субсидиялау жүзеге асырылатын кредит мақсатсыз пайдаланылған;</w:t>
-[...148 lines deleted...]
-        <w:t>
       Шешімде субсидиялауды тоқтату (қайта бастау) туралы негіздеме көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субсидиялауды тоқтату немесе қайта бастау субсидиялау тоқтатылған күннен бастап жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="76"/>
+    <w:bookmarkStart w:name="z111" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Қарыз алушы субсидиялауды тоқтата тұруға негіз болған себептерді жойған жағдайда, қаржы агенті белгіленген тәртіпте субсидиялауды қайта бастау туралы шешім қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z112" w:id="77"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z112" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Қаржы агенті қабылданған шешім туралы хаттаманы (хаттамадан үзінді-көшірмені) отырыс өткізілген күннен бастап 2 (екі) жұмыс күні ішінде ресімделеді және 1 (бір) жұмыс күні ішінде оның көшірмесін ЕДБ-ге және қарыз алушыға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z113" w:id="78"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z113" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Қарыз алушының кредиті бойынша субсидиялауды қайта бастауға осы Қағидалардың 47-тармағының 2), 3) және 4) тармақшаларында көзделген жағдайлар бойынша субсидиялауды тоқтату себептері жойылған кезде жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыз алушының кредиттік қаражатты мақсатсыз пайдалану фактілері анықталған жағдайда, ЕДБ сот тәртібінде осы Қағидалар шеңберінде жасалған субсидиялау шарты бойынша қарыз алушы төлеген субсидияны қайтару бойынша шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субсидияның өндірілген сомасы қаржы агентінің операторлық шотына қайтарылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="79"/>
+    <w:bookmarkStart w:name="z114" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Қаржы агенті субсидиялауды қайта бастау туралы қабылданған шешім бойынша тоқтатылған кезеңде төленбеген субсидияларды төлеуді жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қағидалардың 47-тармағының 3) тармақшасында көрсетілген негіз бойынша субсидиялау тоқтатылған жағдайда, субсидия төлеуді қайта жалғастыру кредит бойынша мерзімі өткен күнінен бастап жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыз алушыны субсидиялауды тоқтату туралы қаржы агентінің шешімі бар кредиттер қайта беруге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="80"/>
+    <w:bookmarkStart w:name="z115" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Қарыз алушыны субсидиялауды толық тоқтату туралы шешім қабылданған кезде қаржы агенті біржақты тәртіппен қарыз алушыны субсидиялау шартын бұзу туралы хабардар етіп, Қазақстан Республикасының қолданыстағы заңнамасына және шарттың талаптарына сәйкес субсидиялау шартын бұзады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z116" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Субсидиялауды тоқтату үшін мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қарыз алушының банктік қарыз шарты бойынша қарыз алушы кредитті толық өтеуі. Бұл ретте, қарыз өтелген күн субсидиялау тоқтатылған күн болып саналады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қарыз алушының субсидиялауды тоқтату туралы шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) субсидиялау шартының қарыз алушының бастамасы бойынша бұзылуы негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Қаржы агентінің субсидиялауды және мониторингті жүзеге асыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z118" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Қаржы агенті:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z116" w:id="81"/>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЕДБ ұсынатын деректер негізінде қарыз алушының төлем тәртібін ай сайын мониторингтеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4037,128 +3859,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қарыз алушының Бағдарлама және осы Қағидалардың шарттарына сәйкестігін мониторингтеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осы тармақтың 1-4) тармақшаларында көзделген жағдайларда мониторинг тәртібін, мерзімін, есептілік нысанын белгілеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="84"/>
+    <w:bookmarkStart w:name="z119" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. Қаржы агенті ай сайын есепті кезеңнен кейінгі айдың 10-күніне дейін қаржы агентіне осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша субсидиялау туралы есеп жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаржы агенті сыйақының есептелуін және ЕДБ төлеген қаражатты тексеруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="85"/>
+    <w:bookmarkStart w:name="z120" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Қаржы агенті уәкілетті органға ай сайын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) есепті айдан кейінгі айдың 25 (жиырма бесі) күніне дейін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4229,266 +4051,266 @@
         </w:rPr>
         <w:t xml:space="preserve">
       3) қабылданған міндеттер мен қалған қаражаттарды субсидиялау жоспары бойынша есеп осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша субсидиялау үшін қабылданған міндеттемелер және қаражаттың болжамды қалдығы бойынша есеп жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="86"/>
+    <w:bookmarkStart w:name="z121" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Қаржы агенті ай сайын ҚТҚЖБ-ға, облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының жергілікті атқарушы органдарына осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өткізілген жобалар туралы мәліметтерді жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z122" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Субсидиялау тоқтатылған жағдайда, қарыз алушының кредиті бойынша негізгі борыш мерзімінен бұрын ішінара немесе толық өтелген, қарыз алушының міндеттемелерін қайта құрылымдау рәсімдері жүргізілген жағдайда, ЕДБ 7 (жеті) жұмыс күні ішінде қаржы агентіне өзара есеп айырысулардың салыстырып тексеру актісін береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, ЕДБ салыстырып тексеру актісінде іс жүзінде есептен шығарылған субсидиялардың сомасы мен күндерін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзара есеп айырысулардың салыстырып тексеру актісіне қол қойылғаннан кейін қаржы агенті мен ЕДБ оны орындау бойынша іс-әрекет жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Қаржы агенті ЕДБ-ден (қажет болған кезде қарыз алушыдан) қажетті құжаттарды және мониторингтің мәніне жататын, оның ішінде банктік және салықтық құпияны құрайтын ақпаратты сұратады, бұл ретте ЕДБ қаржы агенті сұратқан ақпаратты ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z124" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Қарыз алушының кредитті мақсатты пайдалануына мониторинг ЕДБ мен қарыз алушы ұсынатын деректердің негізінде және жоба іске асырылатын жерге барып жүзеге асырылады, жергілікті жерге барудың нәтижелері бойынша мониторинг туралы есеп қалыптастырылады, оған ЕДБ, қарыз алушы мен қаржы агенті бұрыштама қояды, бұл ретте мониторингтің тәртібін, мерзімділігі мен мерзімін, сондай-ақ есептіліктің нысандарын қаржы агенті белгілейді. Жоба іске асырылатын жерге баруды ұйымдастыру қарыз алушы есебінен іске асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z122" w:id="87"/>
-[...15 lines deleted...]
-      61. Субсидиялау тоқтатылған жағдайда, қарыз алушының кредиті бойынша негізгі борыш мерзімінен бұрын ішінара немесе толық өтелген, қарыз алушының міндеттемелерін қайта құрылымдау рәсімдері жүргізілген жағдайда, ЕДБ 7 (жеті) жұмыс күні ішінде қаржы агентіне өзара есеп айырысулардың салыстырып тексеру актісін береді.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Мониторинг жүргізілген күні өтелген не қаржы агенті шешімінің негізінде олар бойынша субсидиялау тоқтаған кредиттер мониторингтеуге жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:p>
-[...51 lines deleted...]
-      62. Қаржы агенті ЕДБ-ден (қажет болған кезде қарыз алушыдан) қажетті құжаттарды және мониторингтің мәніне жататын, оның ішінде банктік және салықтық құпияны құрайтын ақпаратты сұратады, бұл ретте ЕДБ қаржы агенті сұратқан ақпаратты ұсынуға міндетті.</w:t>
+    <w:bookmarkStart w:name="z126" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Қарыз алушылардың құрылыс, құқық белгілейтін құжаттарды ресімдеу, жобаны іске қосу және өзге де объективті себептері сатысында тұрған жобалары бойынша қаржы агенті қарыз алушы жобасының ерекшеліктерін негізге ала отырып, ескертулерді жою үшін қосымша мерзім береді. Жоба бойынша едәуір ауытқу болған жағдайда қаржы агенті осындай жобаларды одан әрі субсидиялаудың орындылығы тұрғысынан шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z124" w:id="89"/>
-[...15 lines deleted...]
-      63. Қарыз алушының кредитті мақсатты пайдалануына мониторинг ЕДБ мен қарыз алушы ұсынатын деректердің негізінде және жоба іске асырылатын жерге барып жүзеге асырылады, жергілікті жерге барудың нәтижелері бойынша мониторинг туралы есеп қалыптастырылады, оған ЕДБ, қарыз алушы мен қаржы агенті бұрыштама қояды, бұл ретте мониторингтің тәртібін, мерзімділігі мен мерзімін, сондай-ақ есептіліктің нысандарын қаржы агенті белгілейді. Жоба іске асырылатын жерге баруды ұйымдастыру қарыз алушы есебінен іске асырылады.</w:t>
+    <w:bookmarkStart w:name="z127" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Қаржы агенті қарыз алушының Бағдарлама шарттарын бұзғаны және (немесе) кредитті мақсатты пайдаланбағаны анықталған жағдайлар бойынша қарыз алушының жобасы бойынша субсидиялауды тоқтата тұрады, ол осы Қағидалардың 3-тарауының 5-параграфына сәйкес субсидиялауды тоқтатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z125" w:id="90"/>
-[...15 lines deleted...]
-      64. Мониторинг жүргізілген күні өтелген не қаржы агенті шешімінің негізінде олар бойынша субсидиялау тоқтаған кредиттер мониторингтеуге жатпайды.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Қаржы агентінің субсидиялау бойынша көрсеткен қызметіне республикалық бюджеттің қаражаты есебінен төленеді. Қызмет көрсету үшін қаржы агентіне комиссия төлеу уәкілетті орган мен қаржы агентінің арасында жасалған қызметтер көрсетуге арналған шарттың негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z126" w:id="91"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4738,5987 +4560,5492 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Даму" кәсіпкерлікті дамыту қоры" акционерлік қоғамға</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кімнен ___________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="94"/>
+    <w:bookmarkStart w:name="z130" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Субсидия алуға арналған № ____ ӨТІНІШ-САУАЛНАМА</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Нұрлы жер" мемлекеттік тұрғын үй құрылысы бағдарламасына сәйкес Сізден жобаны іске асыру бойынша кредитті субсидиялау туралы мәселені _____________________ қарауына төменде көрсетілгендерге сәйкес шығаруға бастамашылық етуіңізді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Қатысушы туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖКС атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылтайшы (лар) туралы деректер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нақты мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік тіркеу/қайта тіркеу күні, нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызмет түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жетекшілік ететін ведомство, холдинг немесе бас компания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z132" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Басшылық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші басшы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс/үй телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туған жылы және жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басын куәландыратын құжаттың №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғылықты (нақты) жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тіркелген жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас бухгалтер (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс/үй телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туған жылы және жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басын куәландыратын құжаттың №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғылықты (нақты) жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тіркелген жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байланыс жасаушы тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (бар болған жағдайда), лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс/үй телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z133" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Меншік иелері</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Нұрлы жер" мемлекеттік тұрғын үй құрылысы бағдарламасына сәйкес Сізден жобаны іске асыру бойынша кредитті субсидиялау туралы мәселені _____________________ қарауына төменде көрсетілгендерге сәйкес шығаруға бастамашылық етуіңізді сұраймын:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="95"/>
+      (құрылтайшы, қатысушылар, жауапкершілігі шектеулі серіктестік үшін – акциялардың 1 % және одан көп пайызына иелік ететін ортақ құрылтайшылар)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы/ тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деректемелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z134" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Қатысушы туралы мәліметтер</w:t>
+        <w:t xml:space="preserve"> 4. Ағымдағы қызметі туралы ақпарат</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11263"/>
-        <w:gridCol w:w="1037"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11263" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖКС атауы</w:t>
-[...39 lines deleted...]
-            </w:r>
+Сала (экономикалық қызмет түрлерiнiң жалпы жiктеуiшiге сәйкес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11263" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құрылтайшы (лар) туралы деректер</w:t>
-[...39 lines deleted...]
-            </w:r>
+Кіші сала (экономикалық қызмет түрлерiнiң жалпы жiктеуiшiге сәйкес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11263" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды мекенжайы</w:t>
-[...39 lines deleted...]
-            </w:r>
+Өнімдер мен қызметтердің түрлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11263" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нақты мекенжайы</w:t>
-[...39 lines deleted...]
-            </w:r>
+Жылдық айналым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11263" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пошталық мекенжайы</w:t>
-[...39 lines deleted...]
-            </w:r>
+Соңғы есептік күнге пайда немесе шығын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11263" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік тіркеу/қайта тіркеу күні, нөмірі</w:t>
-[...39 lines deleted...]
-            </w:r>
+Жұмыскерлердің нақты саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11263" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет түрі</w:t>
-[...39 lines deleted...]
-            </w:r>
+Жобаның атауы (қысқаша сипаттамасы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11263" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жетекшілік ететін ведомство, холдинг немесе бас компания</w:t>
-[...39 lines deleted...]
-            </w:r>
+Жобаны іске асыру орны (облыс, қала)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11263" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс тәжірибесі</w:t>
-[...39 lines deleted...]
-            </w:r>
+Жұмыс орындарының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="96"/>
+    <w:bookmarkStart w:name="z135" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Басшылық</w:t>
+        <w:t xml:space="preserve"> 5. Банктік есепшоттар туралы ақпарат</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бірінші басшы</w:t>
+      Банктік деректемелері (барлық қызмет көрсетілетін банктердегі барлық ағымдағы және жинақ шоттарын көрсету):________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Тарихы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖКС-ның жұмыс процесінде пайдаланылған барлық қарыздар, өтелген, сол сияқты қазіргі уақытта өтелмеген қарыздар да көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11554"/>
-        <w:gridCol w:w="746"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11554" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
-[...28 lines deleted...]
-            </w:r>
+Кредитор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берілген күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыйақыны өтеу шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі қарызды өтеу шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банктік қарыз шарты бойынша өтеу мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нақты өтеу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11554" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
-[...39 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11554" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс/үй телефоны</w:t>
-[...439 lines deleted...]
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...14 lines deleted...]
-      Бас бухгалтер (бар болған жағдайда)</w:t>
+    <w:bookmarkStart w:name="z137" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Қолданыстағы кредиттер туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні және валюта бағамы: ___/___</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11554"/>
-        <w:gridCol w:w="746"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11554" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
-[...28 lines deleted...]
-            </w:r>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Кредитор атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банктік қарыз шартының деректемелері (№, күні)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыйақы мөлшерлемесі, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кредит валютасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кредит сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі борыш бойынша берешектің қалдығы, көрсетілген күнгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кредит мерзімінің аяқталу күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кредит мақсаты (қысқаша сипаттама)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11554" w:type="dxa"/>
-[...69 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11554" w:type="dxa"/>
-[...389 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Басқа мемлекеттік бағдарламаларға қатысуы және ЖКС-ге қатысты қолданылатын мемлекеттік қолдау шаралары туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11653"/>
-        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11653" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (бар болған жағдайда), лауазымы</w:t>
-[...28 lines deleted...]
-            </w:r>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+МБ /МҚШ атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МДИ атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11653" w:type="dxa"/>
-[...69 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z133" w:id="97"/>
+    <w:bookmarkStart w:name="z139" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Меншік иелері</w:t>
-[...276 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="98"/>
+        <w:t xml:space="preserve"> 9. Кепілдіктер және келісімдер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖКС қаржы агентіне мыналарды мәлімдейді және мынадай кепілдіктер береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы өтінішпен бірге не қаржы агентінің сұрау салуы бойынша қаржы агентіне тапсырылған (ұсынылған) немесе ұсынылатын барлық деректер, ақпарат және құжаттама анық болып табылады және төменде көрсетілген күндегі шындыққа толығымен сәйкес келеді, көрсетілген деректер өзгертілген жағдайда, қаржы агентін дереу хабардар етуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы өтінішті қарау шеңберінде талап етілген, банктік және коммерциялық құпияны қамтитын кез келген ақпаратты қаржы агентінің алғашқы талап етуі бойынша беруге және ашуға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. ЖКС-ға жалған, толық емес және (немесе) анық емес мәліметтерді бергені үшін Қазақстан Республикасының заңнамасында көзделген жауапкершілігі туралы ескертілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. ЖКС-ның жарғылық құзыреті берілген өтінішке қол қоятын адамға осы өтінішті беруге мүмкіндік беретіндігін ЖКС растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Көрсетілген деректер мен ақпараттың анық еместігі анықталған жағдайда, көрсетілген деректердің анық еместігін растайтын мәліметтер анықталатын кез келген кезеңде осы өтініштің қабылданбайтындығымен келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖКС қаржы агентіне төмендегілер бойынша өз келісімін береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қаржы агенті осы өтініште көрсетілген мәліметтерді, ақпаратты және ЖКС ұсынған құжаттарды тексеру және қарау мақсатында мемлекеттік органдарға (қаржы агентіне) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы өтініште қамтылған барлық мәліметтер, сондай-ақ қаржы агенті талап еткен барлық құжаттар Бағдарлама шеңберінде субсидиялау үшін ғана ұсынылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қаржы агенті ЖКС хабарлаған өзі туралы кез келген ақпаратты тексеру мүмкіндігін өзіне қалдырады, ал ЖКС ұсынған құжаттар мен өтініштің түпнұсқасы субсидиялау берілмесе де, қаржы агентінде сақталатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қаржы агентінің осы өтінішті қарау үшін қабылдауы, сондай-ақ ЖКС-ның ықтимал шығыстары (субсидиялауды алу үшін қажетті құжаттарды ресімдеу шығыстары және басқа да шығыстар) қаржы агентінің субсидиялауды беру немесе ЖКС көтерген шығындарды өтеу міндеттемесі болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Субсидиялау туралы мәселені қарау тәртібімен танысқанымды және келісетінімді растаймын, кейін қаржы агентіне наразылық білдірмеймін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Ағымдағы қызметі туралы ақпарат</w:t>
-[...1659 lines deleted...]
-        <w:t xml:space="preserve"> 7. Қолданыстағы кредиттер туралы ақпарат</w:t>
+        <w:t xml:space="preserve"> 10. Қосымшалар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:p>
-[...1684 lines deleted...]
-    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тегі, аты, әкесінің аты (бар болған жағдайда)_______________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11123,394 +10450,395 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________ ________________ аралығындағы кезең үшін субсидиялау туралы есеп</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1539"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1541"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЕДБ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өңір атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алушы атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IBAN коды*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11536,394 +10864,395 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2578"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БҚШ (қосымша келісімнің) нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2579" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БҚШ (қосымша келісімнің) күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит (транш) сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2935" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит (транш) бойынша сыйақы мөлшерлемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субсидиялау шартының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2579" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2935" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11949,394 +11278,395 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2104"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3112"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2104" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субсидиялау шартының күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2487" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезеңде қаржы агенті аударған субсидиялар сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезеңде есептен шығарылған субсидиялар сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2487" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит бойынша мерзімі өткізілген күндер саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттің (транштың) мақсатты пайдаланылуын нақтылау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2104" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2487" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2487" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12704,1007 +12034,974 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________ ________________ аралығындағы кезең үшін субсидиялау туралы есеп</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1510"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3885"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1510" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЕДБ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1510" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өңір атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1510" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алушы атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктік қарыз шартының (қосымша келісімнің) нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктік қарыз шартының (қосымша келісімнің) күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1510" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1510" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1510" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1510" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2540"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит (транш) сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3352" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит (транш) бойынша сыйақы мөлшерлемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредит бойынша субсидияланатын сыйақы мөлшерлемесінің көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субсидиялау шартының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субсидиялау шартының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3352" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13730,321 +13027,322 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2594"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4517"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық қарастырылған субсидиялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық аударылған субсидиялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соның ішінде есептік айға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тоқтата тұрылған/ тоқтатылған субсидиялар бойынша субсидиялардың қайтарылған сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14304,50 +13602,51 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________жылғы "____"__________жобалар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -14778,319 +14077,278 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1143"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1775"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -15212,908 +14470,852 @@
               <w:t>
 Өткізілген пәтерлер саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 коммерциялық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пәтер алаңы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жоспарлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың шаршы метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1775" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде бекітілген бағада</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1775" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1143" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -16425,1028 +15627,978 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1524"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1525"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезеңнің басындағы қалдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағымдағы жылы түскен қаражат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4256" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тоқтата тұрылған/тоқтатылған субсидиялар бойынша ЕДБ-дан қайтарылған сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аударылды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезеңнің соңындағы қалдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4256" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1524" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4630"/>
-        <w:gridCol w:w="7670"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4630" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субсидиялаудың барлық кезеңі үшін қабылданған міндеттемелердің төленбеген субсидияларсыз қалдығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7670" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субсидиялау үшін қаражаттың болжамды қалдығы (6-7-бағандар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4630" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7670" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4630" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -17477,55 +16629,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17851,31 +17003,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>