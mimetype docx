--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d737b7e" w14:textId="d737b7e">
+    <w:p w14:paraId="e28de79" w14:textId="e28de79">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1056,52 +1056,72 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) арнайы экономикалық аймақ – Қазақстан Республикасы аумағының дәл белгіленген шекаралары бар, басым қызмет түрлерін жүзеге асыру үшін арнайы экономикалық аймақтың арнайы құқықтық режимі қолданылатын бір бөлігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z16" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) арнайы экономикалық аймақтың басқарушы компаниясы – арнайы экономикалық аймақтың жұмыс істеуін қамтамасыз ету үшін "Арнайы экономикалық және индустриялық аймақтар туралы" және "Инновациялық технологиялар паркі" инновациялық кластері туралы" Қазақстан Республикасының заңдарына сәйкес құрылатын немесе айқындалатын заңды тұлға;</w:t>
+        <w:t xml:space="preserve">
+      2) арнайы экономикалық аймақтың басқарушы компаниясы – арнайы экономикалық аймақтың жұмыс істеуін қамтамасыз ету үшін "Арнайы экономикалық және индустриялық аймақтар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес құрылатын немесе айқындалатын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z17" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) арнайы экономикалық аймақтың қатысушысы – арнайы экономикалық аймақтың аумағында басым қызмет түрлерін жүзеге асыратын және арнайы экономикалық аймақтардың қатысушыларының бірыңғай тізіліміне енгізілген заңды тұлға.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z18" w:id="18"/>
     <w:p>
@@ -1232,55 +1252,117 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) индустриялық аймақтың қатысушысы – Қазақстан Республикасының заңнамасында белгіленген тәртіппен индустриялық аймақтың аумағында кәсіпкерлік қызмет объектілерін орналастыруды және пайдалануды жүзеге асыратын, олармен индустриялық аймақтың басқарушы компаниясы қызметті жүзеге асыру туралы шарт жасасқан дара кәсіпкер, заңды тұлға; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z48" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      8) уәкілетті орган – арнайы экономикалық және индустриялық аймақтардың құрылуы, жұмыс істеуі және таратылуы саласында мемлекеттік реттеуді жүзеге асыратын орталық атқарушы орган. </w:t>
+        <w:t>
+      8) уәкілетті орган – арнайы экономикалық және индустриялық аймақтардың құрылуы, жұмыс істеуі және таратылуы саласында мемлекеттік реттеуді жүзеге асыратын орталық атқарушы орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Есептілікті ұсыну қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z25" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -30303,55 +30385,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>