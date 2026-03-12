--- v0 (2025-10-05)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f29107d" w14:textId="f29107d">
+    <w:p w14:paraId="9bd3a00" w14:textId="9bd3a00">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -792,1131 +792,1399 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019 жылы 26 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 436</w:t>
+              <w:t>№ 436 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бұйрығымен бекітілген</w:t>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көліктік бақылау органдары лауазымды адамдарының әкімшілік құқық бұзушылықтар және әрекеттер жасау фактілерін тіркеу үшін техникалық құралдарды пайдалану қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағида жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 24.04.2023 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Көлік министрінің 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 280</w:t>
+        <w:t>№ 419</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ереже</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Көліктік бақылау органдары лауазымды адамдарының әректтерін және әкімшілік құқық бұзушылықтар жасау фактілерін тіркеу үшін техникалық құралдарды пайдалану </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, "Теміржол көлігі туралы" Қазақстан Республикасы Заңының 88-4-бабы </w:t>
+      1. Осы Көліктік бақылау органдары лауазымды адамдарының әректтерін және әкімшілік құқық бұзушылықтар жасау фактілерін тіркеу үшін техникалық құралдарды пайдалану қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасының Кәсіпкерлік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>154-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 3) тармақшасына, "Теміржол көлігі туралы" Қазақстан Республикасының Заңы 88-4-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Автомобиль көлігі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 5) тармақшасына сәйкес бақылауды жүзеге асыру бойынша әзірленді және көліктік бақылау органдары лауазымды адамдарының әкімшілік құқық бұзушылықтар және әрекеттер жасау фактілерін тіркеу үшін техникалық құралдарды пайдалану тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Ахуалдық орталық – нақты уақыт режимінде автомобиль көлігіндегі көліктік бақылау бекеттеріне мониторингілеуді және бақылауды жүзеге асыратын Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі Көлік комитетінің құрылымдық бөлімі;</w:t>
+      1) Ахуалдық орталық – нақты уақыт режимінде автомобиль көлігіндегі көліктік бақылау бекеттеріне мониторингілеуді және бақылауды жүзеге асыратын Қазақстан Республикасы Көлік министрлігі Автомобиль көлігі және көліктік бақылау комитетінің (бұдан әрі – Комитет) құрылымдық бөлімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) интеллектуалды бақылау аспабы – метрологиялық салыстырып тексеруден өткен, автомобиль көлігі саласында әкімшілік құқық бұзушылықтың жасалу фактісі мен уақытын, көлік құралының типін, мемлекеттік тіркеу белгісін, жүрісінің жылдамдығы мен бағытын тіркейтін стационарлық немесе мобильдік бейнебақылау аспаптарын қамтитын интеллектуалды көлік жүйесінің құрауышы;</w:t>
+      2) интеллектуалды бақылау аспабы – автомобиль көлігі саласында әкімшілік құқық бұзушылықтың жасалу фактісі мен уақытын, көлік құралының типін, мемлекеттік тіркеу белгісін тіркейтін стационарлық немесе мобильдік бейнебақылау аспаптарын қамтитын интеллектуалды көлік жүйесінің құрауышы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) портативті алып жүретін бейнетіркегіш (бұдан әрі – бейнежетон) – Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі Көлік комитетінің Көліктік бақылау инспекциясы (бұдан әрі – Инспекция) қызметкерлерінің аудиобейнежазбаны жүзеге асыруға арналған техникалық құрылғы.</w:t>
+      3) портативті алып жүретін бейнетіркегіш (бұдан әрі – бейнежетон) – Қазақстан Республикасы Көлік министрлігі Автомобиль көлігі және көліктік бақылау комитетінің Көліктік бақылау инспекциясы (бұдан әрі – Инспекция) қызметкерлерінің аудиобейнежазбаны жүзеге асыруға арналған техникалық құрылғы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Көліктік бақылау органдары лауазымды адамдарының әкімшілік құқық бұзушылықтар және әрекеттер жасау фактілерін тіркеу үшін техникалық құралдарды пайдалану тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Инспекция қызметкерлерінің бейнежетонды тағып жүруі көліктік бақылау бекеттерінде кезекшілікке түскен, жолаушылар поездарын тексеру, кемелерді (шағын көлемді кемелерді) тексеру, сондай-ақ теміржол, автомобиль және су көлігі саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексерулер өткізген сәттен бастап және олар аяқталғанға дейін жүзеге асырылады.</w:t>
+      3. Инспекция қызметкерлерінің бейнежетонды тағып жүруі көліктік бақылау бекеттерінде, тауарларды жеткізу орындарында кезекшілікке түскен сәттен бастап және аяқталғанға дейін, жолаушылар поездарын тексеру, кемелерді (шағын көлемді кемелерді) тексеру, сондай-ақ теміржол, автомобиль және су көлігі саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексерулер өткізген сәттен бастап және олар аяқталғанға дейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Бейнежетонды пайдалану процесінде инспекция қызметкері белгіленген күн мен уақыттың дұрыстығына, сондай-ақ кезекшілік, жолаушылар поездарына, кемелерге (шағын көлемді кемелерге) тексеру жүргізу, сондай-ақ теміржол, автомобиль және су көлігі саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексерулер кезеңінде аккумуляторлық батарея зарядының жеткілікті деңгейіне көз жеткізеді.</w:t>
+      4. Бейнежетонды қабылдау кезінде Инспекция қызметкері белгіленген күн мен уақыттың дәлдігіне, сондай-ақ қызмет атқару үшін аккумулятор батареясы зарядының жеткілікті деңгейіне көз жеткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезекшілікті, жолаушылар поездарын тексеруді, кемелерді (шағын көлемді кемелерді) тексеруді, сондай-ақ бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды және темір жол, автомобиль және су көлігі саласындағы жоспардан тыс тексерулерді жүзеге асыру кезеңінде нақты белгіленген күні мен уақыты бар алынған бейнежетонды пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бейнежазбада белгіленген күні мен уақыты дәл болмаған кезде аудио және бейнежазба жасауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Инспекция қызметкерімен жазба құқық бұзушылықтардың жолын кесу кезінде дәлелді сапалы деректерді жинақтауды қамтамасыз ету үшін жүргізіледі және көліктік бақылау бекеттерінде кезекшілікке түскен, жолаушылар поезын тексеру, кемені (шағын көлемді кемені) тексеру, сондай-ақ автомобиль, теміржол және су көлігі саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексерулер басталған сәттен бастап енгізіледі және олар аяқталғаннан кейін өшіріледі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="16"/>
+      Бейнежетонның күні мен уақытының дұрыстығын бақылауды, кезекшіліктегі Инспекция қызметкері жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Инспекцияның көліктегі бақылау бөлімінің басшысы (бұдан әрі – бөлім басшысы) Инспекция қызметкеріне беру алдында бейнежетонда дұрыс күн мен уақытты белгілеуді қамтамасыз етеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Бейнежетон Инспекция қызметкерінің іс-қимылына кедергі келтірмей, кеуде тұсына иық буынына жақын бекітіледі, сондай-ақ Инспекция қызметкерінің кеудесінде "Назар аударыңыз! Аудио және бейнежазба жүргізілуде" деген жазуы бар тақтайша (бейдж) тағылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="17"/>
+      5. Инспекция қызметкерімен жазба құқық бұзушылықтардың жолын кесу кезінде дәлелді сапалы деректерді жинақтауды қамтамасыз ету үшін жүргізіледі және көліктік бақылау бекеттерінде, тауарларды жеткізу орындарында кезекшілікке түскен, жолаушылар поезын тексеру, кемені (шағын көлемді кемені) тексеру, сондай-ақ автомобиль, теміржол және су көлігі саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексерулер басталған сәттен бастап енгізіледі және олар аяқталғаннан кейін өшіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бейнежетон Инспекция қызметкерінің іс-қимылына кедергі келтірмей, кеуде тұсына иық буынына жақын бекітіледі, сондай-ақ Инспекция қызметкерінің кеудесінде "Назар аударыңыз! Аудио және бейнежазба жүргізілуде" деген жазу көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Аудио және бейнежазбаны жүргізу процесінде Инспекция қызметкерінің де, құқық бұзушының да барлық іс-қимылдарына, сондай-ақ Инспекция қызметкерінің қызметтік міндеттерін орындау кезінде бөгде адамдардың кедергі келтіруіне тиісті жазба жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Бейнежетонның ақаулығына немесе оның аккумуляторлық батареясының таусылуына байланысты аудио және бейнежазбаны жүзеге асыру мүмкін болмаған жағдайда, инспекция қызметкері бұл туралы Ахуалдық орталықтың кезекшісіне дереу хабарлайды және бейнежетондардың ақаулығы жойылғанға немесе аккумулятор батареяларының қуаты қайта толыққанға дейін аудио-бейнежазбаның басқа да техникалық құралдарын пайдаланады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+      8. Бейнежетонның ақаулығына байланысты аудио және бейнежазбаны жүзеге асыру мүмкін болмаған жағдайда, инспекция қызметкері бұл туралы Ахуалдық орталықтың кезекшісіне дереу хабарлайды және бейнежетондардың ақаулығы жойылғанға немесе аккумулятор батареяларының қуаты қайта толыққанға дейін аудио-бейнежазбаның басқа да техникалық құралдарын пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауысым соңында басқа техникалық құралдармен түсірілген бейнежазбалар есепке алу және сақтау үшін бөлім басшысына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бейнежетондардың жарамды күйде сақталуын және ұсталуын бақылауды жүзеге асыру кезінде Инспекция қызметкерлері қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккумулятор батареясының қуатын толтыруды Инспекция қызметкерлері көліктік бақылау бекеттерінде, тауарларды жеткізу орындарында кезекшілік басталар алдында және соңында, жолаушылар поезында, кемені (шағын көлемді кемелерді) тексеру жүргізілгенге дейін, сондай-ақ теміржол, автомобиль және су көлігі саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексерулер өткізу кезінде тоқ қуатына 1 сағаттан кем емес қойылады, қажет болған жағдайда оларға демалу және тамақ ішу үшін бөлінген уақытта қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Бейнежетонның қызмет көрсетуге жарамдылығын және аккумулятор батареясының қуатын толтыруды Инспекция қызметкерлері қамтамасыз етеді және көлік бақылау бекеттерінде кезекшілік басталар алдында және соңында, жолаушылар поезында, кемені (шағын көлемді кемелерді) тексеру жүргізілгенге дейін, сондай-ақ теміржол, автомобиль және су көлігі саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексерулер өткізу кезінде тоқ қуатына 1 сағаттан кем емес қойылады, қажет болған жағдайда оларға демалу және тамақ ішу үшін бөлінген уақытта қойылады. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+      Бөлім басшысы бейнежетондардың жұмыс істеуін қамтамасыз етеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Кезекшілік ауысымы кезінде бейнежетондарды қабылдау-тапсыру осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қабылдау-тапсыру журналына жазу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көліктік бақылау бекетінде пайдаланылатын бейнежетондарды қабылдау-тапсыру Қазақстан Республикасы Көлік және коммуникация министрінің міндетін атқарушының 2010 жылғы 13 тамыздағы № 362 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6472 болып тіркелген) Қазақстан Республикасының аумағындағы көліктік бақылау бекеттерінің жұмысын ұйымдастыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-қосымшаға сәйкес КББ жабдығы мен мүлігін қабылдау-тапсыру актісіне мәліметтерді енгізе отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Аудио-бейнежазбаны жүргізуге арналған бейнежетонды және басқа да техникалық құралдарды есепке алу оған берілген түгендеу нөміріне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бейне жетонның және аудио-бейнежазбаны жүргізуге арналған басқа да техникалық құралдардың сақталуы мен жарамдылығын инспекция басшысы қамтамасыз етеді. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="22"/>
+      Бейне жетонның және аудио-бейнежазбаны жүргізуге арналған басқа да техникалық құралдардың сақталуы инспекция басшысы қамтамасыз етеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Аудио-бейнежазбаны жүргізуге арналған бейнежетондар мен басқа да техникалық құралдарды қолдана отырып жүргізілген аудио және бейнежазбалардың деректерін есепке алу және сақтау үшін қабылдауды және түсіруді қамтамасыз ету инспекция басшысының бұйрығымен инспекцияның көліктегі бақылау бөлімдерінің басшыларына (бұдан әрі - бөлім басшысы) жүктеледі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+      12. Аудио-бейнежазбаны жүргізуге арналған бейнежетондар мен басқа да техникалық құралдарды қолдана отырып жүргізілген аудио және бейнежазбалардың деректерін есепке алу және сақтау үшін қабылдауды және түсіруді қамтамасыз ету инспекция басшысының бұйрығымен бөлім басшысына (оның жоқ болу кезіне – оны алмастыратын адамға), сондай-ақ инспекция басшысының орынбасарына (ол болған кезде, оның жоқ болу кезіне – оны алмастыратын адамға).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аудио және бейнежазба деректерін бейне жетондардан және аудио-бейнежазбаны жүргізуге арналған басқа да техникалық құралдардан қабылдау және түсіру бөлім басшысына Электрондық папкаларда хронологиялық тәртіппен бекітілген Дербес компьютерде жүзеге асырылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="23"/>
+      Аудио және бейнежазбаны жүргізуге арналған бейнежетондар мен басқа да техникалық құралдардан аудио және бейнежазба деректерін қабылдау және түсіру бөлім басшысына бекітілген сақтау үшін қажетті жады бар дербес компьютерде электрондық папкаларда хронологиялық тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Бөлім басшысы ауысым алдында нұсқама жүргізу кезінде көліктік бақылау бекетіне кезекшілікке түсетін, жолаушылар поездарын, кемені (шағын көлемді кемені) тексеру, автомобиль, теміржол және су көлігі саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау немесе жоспардан тыс тексеру алдында Инспекцияның әрбір қызметкеріне қол қойғызып, түгендеу нөмірлері бар бейнежетон, электронды жеткізгіш береді (бұдан әрі – USB флеш-жинағы) және аудио-бейнежазбаны жүргізуге арналған бейнежетондар мен басқа да техникалық құралдарын береді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="24"/>
+      Сақтау үшін бейне деректерді беру кезінде тіркеуді жүзеге асыратын лауазымды адам деректердің дұрыстығы мен толықтығын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жазбаларды мұрағаттық сақтау есепке алынған күннен бастап 1 жыл ішінде жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Бейнежетоннан алынған аудио және бейне жазбалар Қазақстан Республикасының Индустрия және инфрақұрылымдық даму министрлігі Көлік комитеттің (бұдан әрі – Комитет) сұрауы бойынша ұсынылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="25"/>
+      Жазбалардың мұрағаттық сақталуын бақылауды Инспекция басшысы мен басшының орынбасары жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Бөлім басшысы Инспекция қызметкеріне Комитеттің және/немесе инспекция басшылығының жазбаша нұсқамасы болған кезде ғана аудио және бейне жазбаларды іріктеуге рұқсат береді.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+      13. Бөлім басшысы ауысым алдында нұсқама жүргізу кезінде көліктік бақылау бекетіне және тауарды жеткізу орындарына кезекшілікке түсетін, жолаушылар пойыздарын, кемені (шағын көлемді кемені) тексеру, автомобиль, теміржол және су көлігі саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау немесе жоспардан тыс тексеру алдында Инспекцияның әрбір қызметкеріне қол қойғызып, түгендеу нөмірлері бар бейнежетон, электронды жеткізгіш береді (бұдан әрі – USB флеш-жинағы) және аудио-бейнежазбаны жүргізуге арналған бейнежетондар мен басқа да техникалық құралдарын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бейнежетоннан алынған аудио және бейне жазбалар Комитеттің сұрау салуы бойынша ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Бөлім басшысы аудио және бейнежазбаны түсіруді жүзеге асырады және Инспекция және (немесе) Комитет басшылығының жазбаша нұсқауы болған кезде жұмыс үшін Инспекция қызметкеріне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудио және бейне деректерге қол жеткізуді бақылауды бөлім басшысы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Аудио және бейне жазбаларға рұқсат тек бөлім басшысына ғана беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Инспекция қызметкері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кезекшілік аяқталғанға дейін 30 минут бұрын бейнежетондағы жазбаларды ноутбук немесе көліктік бақылау бекетінің компьютері арқылы USB флеш-жинағына көшіруді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бейнежетон жадысында бос орын жеткіліксіз болған кезде Инспекция қызметкерлері бұл туралы Ахуалдық орталығының кезекшісіне хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кезекшілік аяқталғаннан кейін 24 сағаттан кешіктірмей сақталған жазбаларымен бірге USB флеш-жинағын бөлім басшысына тапсыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Бөлім басшысы USB флеш-жинағының тапсырылғаны және USB флеш-жинағында сақталған аудио және бейне жазбалардың қабылданғаны және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша USB флеш-жинағында сақталған жазбалардың қабылданғаны туралы жазбаны USB флеш-жинағын тапсырудың тиісті журналына енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Бейнежетондағы, USB флеш-жинағындағы бар жазбаны өз бетімен жоюға, сондай-ақ бейнежетонды өз бетімен ажыратуға және аудиобейнежазбаны жүргізуге кедергі келтіруге жол берілмейді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+      19. Инспекция қызметкері қызметтік іс-әрекеттерді орындау кезінде бейнежетонды өшіруге, аудио-бейнежазба жүргізуге кедергі келтіруге, сондай-ақ бейнежетоннан, USB флеш-жинағыштан бар жазбаны өз бетінше жоюға жол бермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкiмшiлiк құқық бұзушылық жасау фактiлерi мен көлiктiк бақылау органдарының лауазымды адамдарының iс-әрекеттерiнiң аудио және бейнежазбасы болмаған жағдайда, бөлiм басшысы инспекция басшылығының атына қызметтiк жазба енгiзедi, сондай-ақ материалдарды қызметкердiң тәртiптiк жауапкершiлiгiн қарау үшiн кадр қызметiне жiбередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бейнежетонды және ақпараттарды пайдакүнемдік немесе қызметтік жұмыспен байланысты емес өзге де мақсаттарда пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Инспекция қызметкері бейнежетонға ұқыптап қарауға, оның жоғалуына, бүлінуіне жол бермеуге, бөгде адамдарға бермеуге міндетті.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+      21. Инспекция қызметкері бейнежетонға ұқыптап қарауға, оның жоғалуына, бүлінуіне жол бермеуге, бөгде адамдарға бермеуге міндетті, көрсетілген талаптар бұзылған жағдайда лауазымды тұлға (қызметкер) келтірілген залалды толық көлемде өтейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Бейне жетонды техникалық пайдалану дайындаушы зауыттың нұсқаулығына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Интеллектуалды бақылау аспабын пайдалану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Интеллектуалды бақылау аспабы автомобиль көлігі саласындағы әкімшілік құқық ықтимал құқық бұзушыларды анықтау және әкімшілік құқық бұзушылықтардың жолын кесу кезінде дәлелдемелер базасын жинауға және нақты уақыт режимінде Ахуалдық орталық пен көліктік бақылау бекеттеріне қалыпқа түсірілген ақпаратты беруге арналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22. Аудио-бейнежазбаны жүргізуге арналған бейнежетондар мен басқа да техникалық құралдардан аудио және бейнежазбаларды есепке алу және сақтау ахуалдық орталық пен инспекция басшысының рұқсаты бар комитеттің деректерді өңдеу орталығында (серверде) жүзеге асырылады. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="35"/>
+      Интеллектуалды бақылау аспабы Қазақстан Республикасы Ақпарат және коммуникациялар министрінің міндетін атқарушының 2018 жылғы 29 наурыздағы № 123 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16777 болып тіркелген) "Электрондық үкіметтің" ақпараттандыру объектілерін интеграциялау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарын сақтаған кезде көліктік деректер базасының ақпараттық-талдау жүйесімен интеграцияланды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Жазбалар мерзімі есеп жүргізілген күннен бастап 1 жыл ішінде сақталады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+      24. Техникалық ақау (оның ішінде деректерді онлайн беру үшін байланыс арналарының сигналдарын жоғалту) жағдайында интеллектуалды бақылау аспабы деректерді автоматты режимде локальды жадта сақтайды, деректерді беру каналы ретке келтірілгеннен кейін – нақты уақыт режимін көрсете отырып, ақпаратты береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деректерді беру көліктік бақылау бекетінің ақпараттық жүйесін көліктік бақылау саласындағы уәкілетті органның ақпараттық жүйесімен интеграциялау арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Мобильді интеллектуалды бақылау аспабын автокөлік құралына, стационарлық интеллектуалды бақылау аспабы жалпыға ортақ пайдаланылатын автомобиль жолдарына орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Әрбір интеллектуалды бақылау аспабын беру, қабылдау және ақпараттық деректерді түсіру кезінде жұмыста есепке алу үшін түгендеу нөмірі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      24. Бейне жетонды техникалық пайдалану дайындаушы зауыттың нұсқаулығына сәйкес жүргізіледі. </w:t>
-[...41 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+      27. Ұтқыр интеллектуалды бақылау аспаптарын беру және тапсыру есебі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша журналда тіркеледі, ол Инспекциялардың кеңсесінде сақталады. Журналдың парақтары нөмірленеді, тігіледі және мөрмен бекітіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Техникалық ақау (оның ішінде деректерді онлайн беру үшін байланыс арналарының сигналдарын жоғалту) жағдайында интеллектуалды бақылау аспабы деректерді автоматты режимде локальды жадта сақтайды, деректерді беру каналы ретке келтірілгеннен кейін – нақты уақыт режимін көрсете отырып, ақпаратты береді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+      28. Интеллектуалды бақылау аспаптарын техникалық пайдалану дайындаушы зауыттың нұсқаулығына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Мобильді интеллектуалды бақылау аспабын автокөлік құралына, стационарлық интеллектуалды бақылау аспабы жалпыға ортақ пайдаланылатын автомобиль жолдарына орнатылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+      29. Интеллектуалды бақылау аспабының істен шығуы орын алған жағдайда, Инспекция қызметкері бұл туралы тез арада бөлім басшысын және Ахуалдық орталықтың кезекшісіне хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. Әрбір интеллектуалды бақылау аспабын беру, қабылдау және ақпараттық деректерді түсіру кезінде жұмыста есепке алу үшін түгендеу нөмірі беріледі.</w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
+      30. Интелектуалды бақылау аспабының сақталуын және жұмысқа қабілеттілігін бақылауды бөлім басшысы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1963,64 +2231,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көліктік бақылау органдары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымды адамдарының </w:t>
+              <w:t>лауазымды адамдарының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">әкімшілік құқық бұзушылықтар </w:t>
+              <w:t>әкімшілік құқық бұзушылықтар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және әрекеттер жасау фактілерін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2028,64 +2296,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>құралдарды пайдалану</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>қағидаларына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2112,140 +2367,136 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бейнежетонды қабылдау – тапсыру журналы</w:t>
-[...56 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Бейнежетонды қабылдау-тапсыру журналы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(Инспекцияның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 __ жылғы "___" _______ басталды 20 __ жылғы "___" _______ аяқталды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z76" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Журналдың ішкі беті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2261,231 +2512,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейнежетонның атауы мен түгендеу нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бейнежетонның атауы мен түгендеу нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейнежетонды тапсырған Инспекция қызметкерінің А.Т.Ж. (бар болған жағдайда) Тапсырғаны туралы қолы, күні мен уақыты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бейнежетонды тапсырған Инспекция қызметкерінің А.Т.Ж. (бар болған жағдайда) Тапсырғаны туралы қолы, күні мен уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейнежетонды қабылдаған Инспекция қызметкерінің А.Т.Ж. (бар болған жағдайда) қабылдағаны туралы қолы, күні мен уақыты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бейнежетонды қабылдаған Инспекция қызметкерінің А.Т.Ж. (бар болған жағдайда) қабылдағаны туралы қолы, күні мен уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпараттарды көшіру күні мен уақыты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпараттарды көшіру күні мен уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескерту</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2955,64 +3266,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көліктік бақылау органдары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымды адамдарының </w:t>
+              <w:t>лауазымды адамдарының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">әкімшілік құқық бұзушылықтар </w:t>
+              <w:t>әкімшілік құқық бұзушылықтар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және әрекеттер жасау фактілерін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3020,64 +3331,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>құралдарды пайдалану</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>қағидаларына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3104,140 +3402,136 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> USB флеш-жинағын беру және USB флеш-жинағында сақталған жазбаларды қабылдау журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...53 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(Инспекцияның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 __ жылғы "___" _______ басталды 20 __ жылғы "___" _______ аяқталды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Журналдың ішкі беті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -3257,375 +3551,475 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-USB флеш-жинағының түгендеу нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>USB флеш-жинағының түгендеу нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-USB флеш-жинағын беру күні мен уақыты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>USB флеш-жинағын беру күні мен уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-USB флеш-жинағын қабылдаған Инспекция қызметкерлерінің А.Т.Ж. (бар болған жағдайда) Қабылдағандығы туралы қолы, күні мен уақыты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>USB флеш-жинағын қабылдаған Инспекция қызметкерлерінің А.Т.Ж. (бар болған жағдайда) Қабылдағандығы туралы қолы, күні мен уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөлім басшысының қолы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бөлім басшысының қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-USB флеш-жинағын тапсыру күні мен уақыты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>USB флеш-жинағын тапсыру күні мен уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-USB флеш-жинағын тапсырған адамның А.Т.Ж. (бар болған жағдайда) тапсырғандығы туралы қолы, күні мен уақыты.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>USB флеш-жинағын қабылдаған Инспекция қызметкерлерінің А.Т.Ж. (бар болған жағдайда) Тапсырғандығы туралы қолы, күні мен уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөлім басшысы-ның қолы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бөлім басшысының қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпараттарды көшіру күні мен уақыты және бейнежазбалардың ұзақтығы (сағат.мин. секунд)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпаратты түсіру күні мен уақыты және бейнежазбаның ұзақтығы(сағат.минут.секунд)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескерту</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4277,70 +4671,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескерту: 1, 2, 3, 4 және 5-бағандар USB флеш-жинағын беру кезінде толтырылады; 6, 7, 8, 9-бағандар USB флеш-жинағын бөлім басшысына ақпараттарды көшіріп алу үшін тапсыру кезінде толтырылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      1, 2, 3, 4 және 5-бағандар USB флеш-жинағын беру кезінде толтырылады; 6, 7, 8, 9-бағандар USB флеш-жинағын бөлім басшысына ақпараттарды көшіріп алу үшін тапсыру кезінде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4387,64 +4801,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көліктік бақылау органдары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымды адамдарының </w:t>
+              <w:t>лауазымды адамдарының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">әкімшілік құқық бұзушылықтар </w:t>
+              <w:t>әкімшілік құқық бұзушылықтар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және әрекеттер жасау фактілерін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4452,159 +4866,207 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>құралдарды пайдалану</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>қағидаларына 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:bookmarkStart w:name="z87" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мобильді интеллектуалды бақылау аспабын беру мен тапсыруды есепке алу журналы </w:t>
-[...56 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Мобильді интеллектуалды бақылау аспабын беру мен тапсыруды есепке алу журналы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z88" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(Инспекцияның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 __ жылғы "___" _______ басталды 20 __ жылғы "___" _______ аяқталды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Журналдың ішкі беті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -4620,231 +5082,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аспаптың түгендеу нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аспаптың түгендеу нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аспапты қабылдаған қызметкердің А.Т.Ж. (бар болған жағдайда).</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аспапты қабылдаған қызметкердің А.Т.Ж. (бар болған жағдайда).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметкеррдің аспапты қабылдау туралы қолы, күні және уақыты.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызметкеррдің аспапты қабылдау туралы қолы, күні және уақыты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметкердің аспапты тапсыру туралы қолы, күні және уақыты.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызметкердің аспапты тапсыру туралы қолы, күні және уақыты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпараттарды көшіру күні мен уақыты және бейнежазбалардың ұзақтығы (сағат.минут) (нақты уақыт режимінде деректерді беру мүмкіндігі болмаған жағдайда)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпараттарды көшіру күні мен уақыты және бейнежазбалардың ұзақтығы (сағат.минут) (нақты уақыт режимінде деректерді беру мүмкіндігі болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5224,124 +5746,156 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Аспапты қабылдап алған қызметкер аспапты тапсыруды жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>