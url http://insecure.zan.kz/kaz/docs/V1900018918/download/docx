--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6a7e4d3" w14:textId="6a7e4d3">
+    <w:p w14:paraId="b888701" w14:textId="b888701">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасының Ішкі істер министрлігі бөліністері үшін көлік құралдарының заттай тиесілік нормаларын бекіту туралы" Ішкі істер министрінің 2015 жылғы 26 қарашадағы № 963 бұйрығына өзгеріс енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ішкі істер министрінің 2019 жылғы 27 маусымдағы № 591 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 28 маусымда № 18918 болып тіркелді.</w:t>
+        <w:t>Қазақстан Республикасы Ішкі істер министрінің 2019 жылғы 27 маусымдағы № 591 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 28 маусымда № 18918 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ішкі істер министрінің 2026 жылғы 12 қаңтардағы № 18 бұйрығымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -368,127 +446,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ішкі істер министрі полиция генерал-лейтенанты </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -861,8192 +951,8201 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 – тарау. Қазақстан Республикасы Ішкі істер министрлігі аппаратына көлік құралдарының заттай нормалары тиесілігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4347"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөліністер мен қызметтер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел-қызметтік жеңіл автомобильдердің және жеңіл автомобильдер базасындағы арнайы автомобильдердің нормалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүк шассиі және автобустар базасындағы жедел-қызметтік автомобильдердің, жүк шассиі арнайы автомобильдерінің, жүк автомобильдерінің және жолаушылар автобустарының нормалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ең жоғарғы жылдық пайдалану нормасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министрлік басшылығы (министр, министрдің орынбасары, аппарат басшысы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әрбір штаттық бірлікке бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Криминалдық полиция бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел-техникалық бөлініс үшін бір автомобиль жылжымалы ядролық физикалық зертхана (бұдан әрі – ЖЯФЗ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экстремизмге қарсы іс-қимыл бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 3 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі автомобиль жылжымалы байланыс торабы (бұдан әрі – ЖБТ), шағын сыныпты бір жолаушылар автобусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "А" бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел-іздестіру қызметін бақылау бөлінісінің санын есептемегенде, құрамның штат санының 5 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел-іздестіру қызметін бақылау бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Интерпол" ұлттық орталық бюросы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерекше шағын сыныпты бір жолаушылар автобусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тергеу бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 8 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел- криминалистикалық бөлініс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль жылжымалы- криминалистикалық зертхана (бұдан әрі – ЖКЗ); бір автомобиль жылжымалы сот - автотехникалық зертхана (бұдан әрі – ЖСАЗ); бір автомобиль жылжымалы медициналық-криминалистикалық зертхана (бұдан әрі – МКЗ); бір автомобиль жылжымалы өрт-жарылғыш техникалық зертхана (бұдан әрі – ЖӨЖТЗ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қылмыстық-атқару жүйесі бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлімі және пробация қызметі бөлінісінің санын есептемегенде, құрамның штат санының 8 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын тонналы бір жүк автомобилі; 100 бірлікке орта немесе шағын сыныпты бір жолаушылар автобусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі автомобиль, оның ішінде біреуі жүріп өту мүмкіндігі жоғары автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пробация қызметі бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есірткі қылмысына қарсы іс-қимыл бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 3 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақпараттандыру және байланыс бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байланыс бөліністерінің санын есептемегенде, құрамның штат санының 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байланыс бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байланыс тораптарының санын есептемегенде, құрамның штат санының 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Профилактика және байланыс құралдарын жөндеу үшін екі автомобиль (бұдан әрі – ПБЖА); радиорелелік станцияға бір автомобиль (бұдан әрі-РРС); жедел басқармаға жылжымалы штаб (бұдан әрі – ЖБЖШ) – бір автомобиль; жылжымалы байланыс кешені (бұдан әрі – ЖБК) – бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байланыс торабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Радиостанция мен жылжымалы радио-техникалық бақылау пункттері (бұдан әрі – РжЖРБП) – бір автомобиль (радиоэлектронды құралдардың электромагнитті үйлесімділігі қызметіне бекітіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік полиция бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоғамдық тәртіпті сақтауды және жол қауіпсіздігін қамтамасыз етуді ұйымдастыру, тіркеу-емтихан және ұйымдастырушылық-аналитикалық және ақпараттық жұмыс, арнайы мекемелер және күзет қызметін бақылау бөліністері санын есептемегенде, құрамның штат санының 10 бірлігіне бір автомобиль. Қазақстан Республикасы Мемлекеттік күзет қызметімен өзара іс-қимыл жасасуға жауапты лауазымды адамдар үшін бір жеңіл автомобиль.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір штабтық автобус (бұдан әрі – ША)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоғамдық тәртіпті сақтауды және жол қауіпсіздігін қамтамасыз етуді ұйымдастыру бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 8 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арнайы мекемелер бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күзет қызметін бақылау бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 10 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерекше шағын сыныпты бір автобус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркеу-емтихан бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инспекторлардың штат санының 6 бірлігіне бір емтихан автомобилі (бұдан әрі – ЕА), бірақ әрбір пунктіге біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдастырушылық-аналитикалық және ақпараттық жұмыс бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көші-қон қызметі бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 10 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзіндік қауіпсіздік бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел және тергеу бөліністерінің санын есептемегенде, құрамның штат санының 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерекше шағын сыныпты бір жолаушылар автобусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел бөлініс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тергеу бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 8 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке құрам жөніндегі инспекция бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заң бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төрт автомобиль, оның ішінде біреуі жүріп өту мүмкіндігі жоғары автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екінші арнайы бөлініс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Металл сейф (бұдан әрі – МС-8/2) – бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадр саясаты бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсіби және идеологиялық даму бөлінісі санын есептемегенде құрамның штат санының 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсіби және идеологиялық даму бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тыл бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Техника, интенданттық қамтамасыз ету және санитариялық-эпидемиологиялық қызмет бөліністері санын есептемегенде, құрам есебіндегі 20 бірлікке бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Техника бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі автомобиль; қозғалыс қауіпсіздігінің бір автомобилі (бұдан әрі – ҚҚА)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Интенданттық қамтамасыз ету бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитариялық-эпидемиологиялық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммуналдық-пайдалану бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржымен қамтамасыз ету бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппараттың</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-19-тармақтарда көрсетілмеген бөліністері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төтенше жағдайлар бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штат санының 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 бірлікке орта немесе шағын сыныпты бір жолаушылар автобусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы қолданатын көлік құралдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қатардан шыққандарды алмастыруға арналған резервтегі үш автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министрліктің аппаратына штат санының 200 бірлігіне бір жолаушылар автобусы; шағын немесе ерекше шағын үш жолаушылар автобусы; екі өзі аударғыш автомобиль; бортты үш жүк автомобилі; екі ауыр жүк тартқыш автомобиль; екі жартылай тіркеме; өрт сөндіруге арналған бір автомобиль; шағын тонналы үш жүк автомобилі; бір автокөтергіш автомобиль; екі автотиегіш; бір отынқұйғыш; жүк көтерімділігі 16 тоннадан кем емес бір автокран; бір вакуумдық автомобиль; істен шыққан автомобильдерді тасымалдауға арналған (эвакуатор) бір автомобиль; трактор немесе автомобиль шассиіндегі бір су шашқыш әмбебап машина; бір дөңгелекті трактор; бір шынжыр табанды трактор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км, арнайы авто жөндеу шеберханасы автомобильдері, автокрандар, отынқұйғыш, су шашқыштар, жинағыштар және т.б., мотоциклдер үшін 20 00км, жұмысы мото-сағатпен өлшенетін көлік құралдарына – 1 200 мото-сағат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министрге арналған резерв</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүріп өту мүмкіндігі жоғары бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4347" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9141,2272 +9240,2281 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау Қазақстан Республикасы Ішкі істер министрлігінің орталық аппаратына ведомстволық бағынысты мемлекеттік мекемелерге көлік құралдарының заттай норма тиесілігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="6101"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамандандырылған күзет қызметінің бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерекше шағын сыныпты бір жолаушылар автобусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аумақтық мамандандырылған күзет қызметінің бөліністері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамандандырылған күзет қызметінің саптық бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел ден қою бөлінісі санын есептемегенде құрамның штат санының 40 бірлігіне бір патрульдік автомобиль (бұдан әрі-ПА)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 70 бірлігіне шағын сыныпты бір жолаушылар автобусы, бірақ бөлініске біреуден кем емес; құрамның штат санының 100 бірлігіне ерекше шағын сыныпты жолаушылар автобусы, бірақ бөлініске біреуден кем емес; шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 60 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлімнің бір автомобилі (бұдан әрі – КБА) әр бөлініске</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел ден қою бөліністері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 4 бірлігіне ПА– бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дипломатиялық өкілдіктерді және үкіметтік мекемелерді күзету жөніндегі полиция полктері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үш автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір бортты жүк автомобилі; шағын тонналы бір жүк автомобилі;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құрамның штат санының 100 бірлігіне шағын сыныпты бір автобус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полктер құрамына енетін дипломатиялық өкілдіктерді және үкіметтік мекемелерді күзету жөніндегі батальон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке құрамның штат санының 40 бірлігіне ПА-бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 70 бірлігіне ерекше шағын сыныпты бір автобус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 60 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - КБА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сақтау базасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір бортты жүк автомобилі; бір ауыр жүк тартқыш автомобиль; бір өздігінен аударатын автомобиль; шағын тонналы бір жүк автомобилі; бір автокран; бір вакуумды автомобиль; бір автомобиль немесе трактор шассиіндегі су шашқыш әмбебап машина; бір дөңгелекті немесе шынжыр табанды трактор; ерекше шағын сыныпты бір автобус; бір отынқұйғыш; екі автотиегіш; өрт сөндіруге арналған бір автомобиль; бір жартылай тіркеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км, арнайы авто жөндеу шеберханасы автомобильдері, автокрандар, отынқұйғыш, су шашқыштар, жинағыштар және т.б., мотоциклдер үшін 20 00км, жұмысы мото-сағатпен өлшенетін көлік құралдарына – 1 200 мото-сағат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автокөліктік қызмет көрсету мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үш автомобиль; бір автомобиль –ҚҚА; жүргізу шеберлігін жетілдіру бойынша практикалық сабақтар үшін екі автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль – жылжымалы авто жөндеу шеберханасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км, арнайы авто жөндеу шеберханасы автомобильдері, автокрандар, отынқұйғыш, су шашқыштар, жинағыштар және т.б., мотоциклдер үшін 20 00км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аумақтық әскери-тергеу бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 8 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кинологиялық орталық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үш автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль – 50 итке дейін болған кезде нарядтарды иттерімен бірге тасымалдау үшін (бұдан әрі – НИТА); екі НИТА – 50 иттен астам болған кезде; орта немесе шағын сыныпты жолаушылар автобусы; шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11429,8655 +11537,8712 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Облыстардың, республикалық маңызы бар қалалардың және астананың полиция департаменттеріне көлік құралдарының заттай нормаларының тиесілігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2501"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшылықтың штат санының әр бірлігіне бір автомобиль (бастық және оның орынбасарлары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Криминалдық полиция бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 70 бірлігіне ерекше шағын сыныпты бір жолаушылар автобусы (республикалық маңызы бар қалалардың, астананың ПД)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел-іздеу бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарақшылықты және қылмыстық топтарды әзірлеуді ашу және экстремизмге қарсы іс-қимыл бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 3 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерекше шағын сыныпты бір жолаушылар автобусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есірткі қылмысына қарсы іс-қимыл бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 3 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль – нарядтарды тасымалдау үшін (бұдан әрі – НТА) (облыстардың ПД үшін); ерекше шағын сыныпты бір жолаушылар автобусы, бір мобильді рентгеноскопиялық кешен (республикалық маңызы бар қалалардың, астананың ПД үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзіндік қауіпсіздік бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке құрам жөніндегі инспекция бөліністері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тергеу бөліністері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 8 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел – криминалистикалық бөлініс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль – ЖСАЗ (республикалық маңызы бар қалалардың, астананың ПД үшін);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір автомобиль – ЖДКЗ (республикалық маңызы бар қалалардың, астананың ПД үщін); бір</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 автомобиль - ЖКЗ; бір автомобиль - ЖӨЖТЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік полиция және жергілікті полиция қызметі бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (республикалық маңызы бар қалалардың, астананың ПД үшін) штаттық құрам санының 15 бірлігіне бір автомобиль, қоғамдық тәртіпті сақтауды ұйымдастыру, жол қауіпсіздігін қамтамасыз ету, жол-патрульдік полиция және іздестіруді ұйымдастыру бөліністерінің санын есептемегенде, (облыстардың ІІД үшін) штаттық құрам санының 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль– ША Бір автомобиль – жылжымалы диагностика станциясы (бұдан әрі - ЖДС); бір автомобиль – жол жағдайын бақылау зертханасы (бұдан әрі - ЖЖБЗ); бір автомобиль үгіт және насихат үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоғамдық тәртіпті сақтауды ұйымдастыру және жол қауіпсіздігін қамтамасыз ету, жол-патрульдік полициясы және іздестіруді ұйымдастыру бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоғамдық тәртіпті сақтауды ұйымдастыру және жол қауіпсіздігін қамтамасыз ету бөлінісі құрамының штат санының 15 бірлігіне бір автомобиль, патрульдік полиция және іздестіруді ұйымдастыру бөлінісі жеке құрамының штат санының 10 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадр саясаты бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке құрам жөніндегі инспекция бөлінісі санын есептемегенде, құрамның штат санының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғатты қорғау полициясы бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штаттық құрам санының 5 бірлігіне бір моторлы патрульдік көшпелі қайығы және құрамның штат санының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25 бірлігіне бір патрульдік көшпелі катер, құрамның штат санының 5 бірлігіне бір қарда жүретін көлік және құрамның штат санының 5 бірлігіне бір гидроцикл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, мототехника үшін 20 000км, жұмысы мото-сағатпен өлшенетін көлік құралдарына – 1 200 мото-сағат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тылдық қамтамасыз ету бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автокөліктік қызмет бөлінісі санын есептемегенде, құрам санының 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автокөліктік қызмет бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақпараттандыру және байланыс бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - ПБҚЖ;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір автомобиль - ЖБЖШ;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір автомобиль - РжРБ;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір автомобиль - ЖБК;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір автомобиль - РРС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел басқару орталығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МБК – бір автомобиль, тікұшақ буыны – 3 бірлік (жедел-жылжымалы бөлініс үшін), 2 бірлік броньды барлау-шолу машинасы (бұдан әрі – ББШМ).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі автомобиль - КБА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - КБА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитариялық-эпидемиологиялық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екінші арнайы бөлініс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль СМ-8/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заң бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-16-тармақтарда көрсетілмеген бөліністер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалалық (аудандық) полиция басқармасының аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тергеу немесе криминалдық полиция бөліністері құрамының штат санының 5 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес; қарақшылықты және қылмыстық топтарды әзірлеуді ашу және экстремизмге қарсы іс-қимыл бөлінісі құрамының штат санының 3 бірлігіне кемінде бір автомобиль; есірткі қылмысына қарсы іс-қимыл бөлінісі құрамының штат санының 3 бірлігіне кемінде бір автомобиль; тергеу және анықтау бөліністері құрамының штат санының 8 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес; жол және техникалық инспекция бөліністерінің құрамының штат санының 10 бірлігіне бір автомобиль, бірақ біреуден кем емес; аталған бөліністер санын есептемегенде, сондай-ақ кезекші бөлімнің, патрульдік полицияның саптық бөліністерінің, учаскелік полиция инспекторының, ювеналды полиция бөліністерінің, табиғатты қорғау полициясы бөліністерінің, айдауылдау бөліністер құрамының штат санының 15 бірлігіне (облыстардың ПД үшін); құрамның штат санының 10 бірлігіне бір автомобиль (республикалық маңызы бар қалалардың, астананың ПД);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль – ЖБТ(облыстардың ПД);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір автомобиль - ПБҚЖ байланыс бөлімі, қызметі, бөлімшелері бар болған жағдайда (облыстардың ПД); бір автомобиль - сараптамалық- криминалистикалық бөлінісі үшін құрамның штат санының 3 бірлігіне және одан көп - ЖКЗ; орта немесе шағын сыныпты жолаушылар автобусы; шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалалық (аудандық) полиция бөлімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Криминалдық полиция бөліністері құрамының штат санының 5 бірлігіне бір автомобиль, бірақ біреуден кем емес; қарақшылықты және қылмыстық топтарды әзірлеуді ашу және экстремизмге қарсы іс-қимыл бөлінісі штат санының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 бірлігіне бір автомобиль, бірақ біреуден кем емес; есірткі қылмысына қарсы іс-қимыл бөліністері штат санының 3 бірлігіне бір автомобиль, бірақ біреуден кем емес; тергеу және анықтау бөліністері құрамының штат санының 8 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес; жол және техникалық инспекция бөліністері құрамының штат санының 10 бірлігіне бір автомобиль, бірақ біреуден кем емес; аталған бөліністер санын есептемегенде, сондай-ақ кезекші бөлімнің, патрульдік полиция саптық бөліністерінің, учаскелік полиция инспекторының, ювеналды полиция бөліністерінің, табиғатты қорғау полициясы бөліністерінің, айдауылдау бөлінісі штат санының 15 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орта немесе шағын сыныпты жолаушылар автобусы; шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі автомобиль-КБА (республикалық маңызы бар қалалардың, астананың ПД үшін); бір автомобиль- КБА (облыстардың ПД үшін);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - КБА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильдер үшін – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Учаскелік полиция инспекторлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауылдық жерлердегі инспекторлардың әрбір бірлігіне жүріп өту мүмкіндігі жоғары бір автомобиль (облыстардың ПД үшін);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қала орталығындағы учаскелік полиция пунктіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ювеналдық полиция бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғатты қорғау полициясы бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полиция бөлімшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КБА – бір автомобиль, криминалдық полиция бөліністері құрамының штат санының 5 бірлігіне бір автомобиль, бірақ біреуден кем емес; тергеу бөлінісі құрамының штат санының 8 бірлігіне бір автомобиль, бірақ біреуден кем емес;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 учаскелік инспекторлар санын есептемегенде, құрамның штат санының 10 бірлігіне бір автомобиль (республикалық маңызы бар қалалардың, астананың ПД үшін); құрамның штат санының 5 бірлігіне бір автомобиль (облыстардың ПД үшін);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км кезекші бөлім автомобильдері үшін – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жылдам қимылдайтын арнайы жасақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль жеке құрамның штат санының 15 бірлігіне ПА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - КБА; бір автомобиль - ЖБТ; бір автомобиль құрамның штат санының 50 бірлігіне НТА, бірақ жасаққа біреуден кем емес; құрамның штат санының 50 бірлігіне орта немесе шағын сыныпты жолаушылар автобусы; бір автомобиль мас күйіндегі адамдарды тасымалдау үшін (бұдан әрі – МАА); ерекше шағын сыныпты бір автобус; бортты екі жүк автомобилі; броньды бір автомобиль; су шашқышпен жабдықталған екі арнайы автомобиль (республикалық маңызы бар қалалардың, астананың ПД үшін);су шашқыш қондырғымен жабдықталған арнайы техника, облыс халқының саны 1 млн. адамға дейін - 1 бірлік, 1 млн. астам -</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, кезекші бөлім автомобильдері үшін – 60 000км, автомобиль мас күйіндегі адамдарды тасымалдау автомобильі үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Метрополитендегі патрульдік полицияның саптық бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - құрамның штат санының 10 бірлігіне ПА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 50 бірлігіне бір жолаушылар автобусы (республикалық маңызы бар қалалардың, астананың ПД үшін); патрульдік полиция ротасына бір автомобиль (жылжымалы полиция пункті) (республикалық маңызы бар қалалардың, астананың ПД үшін); екі автомобиль - патрульдік полиция ротасына НТА; бір автомобиль ротаға енбейтін патрульдік полиция взводына НТА; бір автомобиль –кинологтардың штат санының 8 бірлігіне НИТА, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 60 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уақытша ұстау изоляторын күзету және айдауылдау бөліністері изоляторларларды нақты толтыру кезінде тәулігіне орта есеппен:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 адамға дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 адамнан астам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль (республикалық маңызы бар қалалардың, астананың ПД үшін);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль (республикалық маңызы бар қалалардың, астананың ПД үшін);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль – ҚА</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі автомобиль – ҚА; шағын тонналы бір жүк автомобилі (облыстардың ПД үшін);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, автозактар үшін – 60 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айдауылдау қызметінің саптық бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚА бір автомобиль - бөліністің құрамының штат санының 6 бірлігіне (республикалық маңызы бар қалалардың, астананың ПД үшін); ҚА бір автомобиль - бөлініс құрамының штат санының 8 бірлігіне, бірақ біреуден кем емес (облыстардың ПД үшін);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автозактар үшін – 60 000 км,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белгілі бір тұрғылықты жері және құжаттары жоқ адамдар үшін қабылдау-тарату орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль (республикалық маңызы бар қалалардың, астананың ПД);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі автомобиль – (МАА); бортты немесе шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік тәртіппен тұтқындалған адамдар үшін арнайы қабылдау орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль (республикалық маңызы бар қалалардың, астананың ПД үшін);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - МАА; бортты немесе шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, мас күйдегі адамдарды тасымалдау үшін жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кинологиялық орталық:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 итке дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 иттен көп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын тонналы бір жүк автомобилі; бір автомобиль- НИТА</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын тонналы бір жүк автомобилі; екі автомобиль – НИТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патрульдік полицияның саптық бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патрульдік полицияның (бұдан әрі – ПП) ілесіп жүру бөліністері мен кезекші бөлім санын есептемегенде, құрамның штат санының 3 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 50 бірлігіне бір жолаушылар автобусы (республикалық маңызы бар қалалардың, астананың ПД үшін); патрульдік полиция ротасына бір автомобиль (республикалық маңызы бар қалалардың, астананың ПД үшін); (жылжымалы полиция пункті); құрамның штат санының 100 бірлігіне бір жолаушылар автобусы (облыстардың ПД үшін); патрульдік полиция взводына бір автомобиль (облыстардың ПД үшін); (жылжымалы полиция пункті); екі автомобиль-патрульдік полиция ротасына НТА; бір автомобиль - ротаға енбейтін патрульдік полиция взводына НТА; бір автомобиль – кинологтардың штат санының 8 бірлігіне НИТА, бірақ әрбір бөлініске біреуден кем емес. Құрамның штат санының 20 бірлігіне бір мотоцикл; жол - көлік оқиғалары зардаптарын жоюға арналған екі автомобиль (бұдан әрі – ЖКОЖ); мемлекеттік тіркеу нөмірі белгілерін (бұдан әрі – МТНБ) ағында есептеуге арналған екі автомобиль, атты полицияға бір жүк автомобилі, өзі аударғыш бір автомобиль, жылқыларды тасуға арналған үш автомобиль және дөңгелекті бір трактор, "Шеп" бекеттеріне бір патрульдік автомобиль әрбір бекетке.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патрульдік жеңіл автомобильдер үшін – 80 000 км, ЖКО анықтауға шыққан автомобильдер үшін – 60 000км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ілесіп жүру бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эскорттық бөліністің санын есептемегенде, құрамның штат санының 3 бірлігіне бір автомобиль ЖП ПА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖКОЖ – екі автомобилі (республикалық маңызы бар қалалардың, астананың ПД үшін); МТНБ ағында есептеуге арналған екі автомобиль (республикалық маңызы бар қалалардың, астананың ПД үшін);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патрульдік жеңіл автомобильдер үшін – 80 000 км, ЖКО анықтауға шыққан автомобильдер үшін – 60 000км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эскорттық бөлініс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төрт автомобиль - ПА (республикалық маңызы бар қалалардың, астананың ПД үшін);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбасыз жиырма бес мотоцикл (республикалық маңызы бар қалалардың, астананың ПД үшін);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 80 000 км, мотоциклдер үшін – 20 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шеп" бекеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әрбір бекетке бір автомобиль - ПА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патрульдік жеңіл автомобильдер үшін – 80 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патрульдік полицияның кезекші бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖКО орындарын қарауға шығу үшін төрт автомобиль (ЖКОА); екі ЖКО ЖКОЖ автомобилі -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, ЖКО анықтауға шыққан автомобильдер үшін – 60 000км,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркеу-емтихан бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - ЕА инспекторлардың штат санының 6 бірлігіне, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - инспекторлардың штат санының 6 бірлігіне ЕА, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңсыз көші-қонға қарсы күрес арнайы жеке саптық бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль құрамның штат санының 15 бірлігіне, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - МАА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, мас күйдегі адамдарды тасымалдау үшін жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автошаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль; бір автомобиль ҚҚА; бір автомобиль жүргізу шеберлігін жетілдіру бойынша практикалық сабақтар (жаттығулар) үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - жылжымалы жөндеу шеберханасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы қолданатын көлік құралдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қатардан шыққандарды алмастыру үшін екі автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бортты үш жүк автомобилі (республикалық маңызы бар қалалардың, астананың ПД үшін); шағын тонналы үш жүк автомобилі (республикалық маңызы бар қалалардың, астананың ПД үшін); орта немесе шағын сыныпты екі жолаушылар автобусы (республикалық маңызы бар қалалардың, астананың ПД үшін); бортты жүк автомобилі (облыстардың ПД үшін); шағын тонналы екі жүк автомобилі (облыстардың ПД үшін); ПД аппараты штаттық санының 200 бірлігіне орта немесе шағын сыныпты бір жолаушылар автобусы, бірақ біреуден кем емес (облыстардың ПД үшін); өзі аударғыш екі автомобиль; изотермиялық шанақты бір автомобиль; ерекше шағын сыныпты бір автобус; бір автотиегіш; бір жанар-жағар май құятын; бір вакуумдық автомобиль; (автомобиль немесе трактор шассиіндегі) жинайтын немесе су шашқыш бір әмбебап машина; дөңгелекті немесе шынжыр табанды бір трактор, жүк автомобильдерінің шассилеріндегі және автобус базасындағы арнайы автомобильдердің орнына (олар жоқ кезде) осы тектес аналогты тағайындалған арнайы "Универсал" үлгідегі жеңіл автомобильдерді пайдалана алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20136,3422 +20301,3411 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Көліктегі ішкі істер органдары көлік құралдарының заттай нормаларының тиесілігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="6288"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көліктегі ПД-нің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшылықтың штат санының әр бірлігіне бір автомобиль (бастық және оның орынбасарларына)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Криминалдық полиция бөліністері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 5 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарақшылықты және қылмыстық топтарды әзірлеуді ашу және экстремизмге қарсы іс-қимыл бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 3 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есірткі қылмысына қарсы іс-қимыл бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 3 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерекше шағын сыныпты бір жолаушылар автобусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тергеу бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 8 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жедел криминалистикалық бөлініс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - ЖКЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақпараттандыру және байланыс бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - ПБҚЖ;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір автомобиль - ЖБТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - КБА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль КБА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильдер үшін – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автошаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль; бір автомобиль ҚҚА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орта немесе шағын сыныпты бір жолаушылар автобусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)-8)-тармақтарда көрсетілмеген бөліністер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрамның штат санының 20 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы колданатын көлік құралдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПД аппараты штат санының 200 бірлігіне орта немесе шағын сыныпты бір жолаушылар автобусы, бірақ біреуден кем емес; бортты бір жүк автомобилі; өзі аударғыш бір автомобиль; шағын тонналы бір автомобиль; бір автотиегіш; бір вакуумды автомобиль; дөңгелекті немесе шынжыр табанды бір трактор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км, арнайы авто жөндеу шеберханасы автомобильдері, автокрандар, отынқұйғыш, су шашқыштар, жинағыштар және т.б., мотоциклдер үшін 20 00км, жұмысы мото-сағатпен өлшенетін көлік құралдарына – 1 200 мото-сағат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иттерді ұстайтын кинологиялық орталық:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50-ге дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50-ден астам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын тонналы бір жүк автомобилі; бір автомобиль - НИТА</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын тонналы бір жүк автомобилі; екі автомобиль НИТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көліктегі желілік полиция басқармасы (бөлімі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім, желілік полиция бөлімшелері және желілік полиция пункттері санын есептемегенде, құрамның штат санының 20 бірлігіне бір автомобиль, бірақ әрбір бөлініске біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орта немесе шағын сыныпты бір жолаушылар автобусы; бортты немесе шағын тонналы бір жүк автомобилі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көліктегі желілік полиция бөлімшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім санын есептемегенде, құрамның штат санының 20 бірлігіне бір автомобиль, бірақ біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - КБА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көліктегі желілік полиция пункті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патрульдік полицияның саптық бөлінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - патрульдік полиция бөлінісіне ЖТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23574,1883 +23728,1863 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Облыстардың, республикалық маңызы бар қалалардың және астананың қылмыстық-атқару жүйесі бөліністері көлік құралдарының заттай нормаларының тиесілігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5266"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшылықтың штат санының әр бірлігіне бір автомобиль (бастық және оның орынбасарлары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылымдық бөліністер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім және қылмыстық-атқару инспекциясының бөлінісі санын есептемегенде, штат санының 20 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пробация қызметі (облыстың)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пробация қызметі (республикалық маңызы бар қалалардың, астананың)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пробация қызметі (ауданның, облыстағы қаланың, республикалық маңызы бар қалалардың, астананың)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түзеу мекемелері, тергеу қамауындағыларды ұстайтын тергеу изоляторы 500 адамға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бортты екі жүк автомобилі; изотермиялық шанақты бір автомобиль; штаттық құрам санының 100 бірлігіне бір орта сыныпты автобус, бірақ біреуден кем емес; бір вакуумды автомобиль; қамауға алынған адамдарды тасымалдайтын автомобиль; автоцистерна; бір трактор; бір санитариялық автомобиль; өрт сөндіруге арналған бір автомобиль; қоқыс тасу үшін арнайы шанақпен жабдықталған бір автомобиль; бір экскаватор, бір бульдозер (мекеменің теңгерімінде су құбырлары, кәріз, кәбіл және электр тогы әлсіз желілер болған кезде); суық климатты өңірлерге жабық үлгідегі қарда жүргіш (Ақмола, Шығыс Қазақстан, Қарағанды, Қостанай, Павлодар, Солтүстік Қазақстан, Ақтөбе және Батыс Қазақстан облыстары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл және санитарлық автомобильдер үшін – 40 000 км, автозактар үшін – 60 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км, арнайы авто жөндеу шеберханасы автомобильдері, автокрандар, отынқұйғыш, су шашқыштар, жинағыштар және т.б., мотоциклдер үшін 20 00 км, жұмысы мото-сағатпен өлшенетін көлік құралдарына – 1 200 мото-сағат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501-ден 1000 адамға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бортты үш жүк автомобилі; изотермиялық шанақты бір автомобиль; штаттық құрам санының 100 бірлігіне орта сыныпты бір автобус, бірақ біреуден кем емес; бір ваккумдық автомобиль; қамауға алынғандарды таситын екі автомобиль; автоцистерна; бір трактор; бір санитариялық автомобиль; өрт сөндіруге арналған бір автомобиль; қоқыс тасу үшін арнайы шанақпен жабдықталған бір автомобиль; бір экскаватор, бір бульдозер (мекеменің теңгерімінде су құбырлары, кәріз, кәбіл және электр тогы әлсіз желілер болған кезде); суық климатты өңірлерге жабық үлгідегі қарда жүргіш (Ақмола, Шығыс Қазақстан, Қарағанды, Қостанай, Павлодар, Солтүстік Қазақстан, Ақтөбе және Батыс Қазақстан облыстары); су шашқыш қондырғымен жабдықталған арнайы техника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл және санитарлық автомобильдер үшін – 40 000 км, автозактар үшін – 60 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км, арнайы авто жөндеу шеберханасы автомобильдері, автокрандар, отынқұйғыш, су шашқыштар, жинағыштар және т.б., мотоциклдер үшін 20 00 км, жұмысы мото-сағатпен өлшенетін көлік құралдарына – 1 200 мото-сағат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 адамнан астам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үш автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бортты төрт жүк автомобилі; изотермиялық шанақты бір автомобиль; штаттық құрам санының 100 бірлігіне бір орта сыныпты автобус, бірақ біреуден кем емес; бір вакуумдық автомобиль; қамауға алынғандарды таситын екі автомобиль; автоцистерна; бір трактор; бір санитариялық автомобиль; өрт сөндіруге арналған бір автомобиль; қоқыс тасу үшін арнайы шанақпен жабдықталған бір автомобиль; бір экскаватор, бір бульдозер (мекеменің теңгерімінде су құбырлары, кәріз, кәбіл және электр тогы әлсіз желілер болған кезде); суық климатты өңірлерге жабық үлгідегі қарда жүргіш (Ақмола, Шығыс Қазақстан, Қарағанды, Қостанай, Павлодар, Солтүстік Қазақстан, Ақтөбе және Батыс Қазақстан облыстары); су шашқыш қондырғымен жабдықталған арнайы техника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл және санитарлық автомобильдер үшін – 40 000 км, автозактар үшін – 60 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км, арнайы авто жөндеу шеберханасы автомобильдері, автокрандар, отынқұйғыш, су шашқыштар, жинағыштар және т.б., мотоциклдер үшін 20 00 км, жұмысы мото-сағатпен өлшенетін көлік құралдарына – 1 200 мото-сағат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекші бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүріп өту мүмкіндігі жоғары бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5035" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25509,408 +25643,413 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Обыстардың, республикалық маңызы бар қалалардың және астананың төтенше жағдайлар бөліністері көлік құралдарының заттай нормаларының тиесілігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1394"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4888"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обыстардың, республикалық маңызы бар қалалардың және астананың аумақтық бөліністері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4888" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обыстардың, республикалық маңызы бар қалалардың және астананың басқармалары</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (бөлімдері), бөліністері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штат санының 10 бірлігіне бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4888" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25933,209 +26072,210 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Қазақстан Республикасы Ішкі істер министрлігі білім беру ұйымдарының көлік құралдарының заттай нормаларының тиесілігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ІІМ-нің білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары оқу орындарына бес автомобиль және академияға қосымша екі автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4692" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыспалы құрамның штаттық саны (сырттай оқитын тыңдаушылардан басқа) 400 бірлікке дейін болғанда бортты екі жүк автомобилі және қосымша ауыспалы құрамның штат санының әрбір 200 бірлігіне бортты бір жүк автомобилі; шағын тонналы бір жүк автомобилі; нан тасуға арналған бір автомобиль; ауыспалы құрамның штат саны 300 бірлікке дейін болғанда орта немесе шағын сыныпты екі жолаушылар автобусы және қосымша ауыспалы құрамның штат санының әрбір 200 бірлігіне бір автобус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26169,993 +26309,990 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль жүргізуді оқыту кезінде (бұл оқу бағдарламасында көзделген болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5410" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы курс бойынша:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль - ауыспалы құрамның әрбір 100 бірлігіне ЕА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4692" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 патрульдік полицияның инспекторларын даярлау курсы бойынша:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әрбір оқу тобына екі автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4692" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патрульдік полицияның қатардағы және басшы құрамының оқу бөліністерінен басқа, қатардағы және басшы құрамның оқу орталықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыспалы құрамның 250 бірлігіне бір автомобиль, бірақ оқу тобына біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4692" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыспалы құрамның 150 адамына орта немесе шағын сыныпты бір жолаушылар автобусы, бірақ біреуден кем емес; бортты бір жүк автомобилі; шағын тонналы бір жүк автомобилі; бір автомобиль - НИТА (оқу бағдарламасында кинолог- мамандарды даярлау көзделген жағдайда); нан тасуға арналған бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км, арнайы авто жөндеу шеберханасы автомобильдері, автокрандар, отынқұйғыш, су шашқыштар, жинағыштар және т.б. үшін 20000 км, жұмысы мото-сағатпен өлшенетін көлік құралдарына – 1 200 мото-сағат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильді жүргізіп үйрену үшін (бұл оқу бағдарламасында көзделген болса):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үш автомобиль оқу тобына ЕА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4692" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір жүк автомобилі оқу тобына ЕА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңіл автомобильдер үшін – 40 000 км, жүк шассиі және автобустар базасындағы автомобильдер, жүк шассиі арнайы автомобильдері, жүк автомобильдері және жолаушылар автобустары үшін – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патрульдік полициясының қатардағы және басшы құрамының оқу орталықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір автомобиль ауыспалы құрамның 250 бірлігіне, бірақ әр оқу тобына біреуден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4692" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыспалы құрамның 150 адамына орта немесе шағын сыныпты бір жолаушылар автобусы, бірақ бір автобустан кем емес; бортты бір жүк автомобилі; шағын тонналы бір жүк автомобилі; нан тасуға арналған бір автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27232,394 +27369,395 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Қазақстан Республикасы Ішкі істер министрлігі жүйесі емдеу-профилактикалық мекемелеріне көлік құралдарының заттай нормаларының тиесілігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="666"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2434"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4698" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Медициналық қызмет көрсетуге бекітілген адамдар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Үйде медициналық көмек көрсету" жеңіл автомобильдер нормалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитариялық автомобильдер нормалары (жеңіл, жүк автомобильдері шассилері мен автобус базасында)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ең жоғарғы жылдық пайдалану нормасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4698" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27653,410 +27791,444 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83. Емханалар (амбулаториялар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4698" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5000-ға дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5001-ден 12000-ға дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12001-ден 17000-ға дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17001-ден 20000-ға дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20000-нан астам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28090,559 +28262,567 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84 Стационарлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4698" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төсектер саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Үйде медициналық көмек көрсету" жеңіл автомобильдер нормалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитариялық автомобильдер нормалары (жеңіл, жүк автомобильдері шассилері мен автобус базасында)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4698" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50-ге дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51-ден 100-ге дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101-ден 200-ге дейін</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200-ден астам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28696,63 +28876,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -29074,35 +29276,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>