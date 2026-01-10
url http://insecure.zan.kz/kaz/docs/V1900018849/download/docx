--- v0 (2025-10-09)
+++ v1 (2026-01-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="948d8b0" w14:textId="948d8b0">
+    <w:p w14:paraId="d9ed9a7" w14:textId="d9ed9a7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,93 +93,193 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Азаматтық және қызметтік қарудың иелері мен пайдаланушыларын даярлау және қайта даярлау бағдарламаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ішкі істер министрінің 2019 жылғы 13 маусымдағы № 536 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 14 маусымда № 18849 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ішкі істер министрінің 2019 жылғы 13 маусымдағы № 536 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 14 маусымда № 18849 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбына орыс тілінде өзгеріс енгізіледі, қазақ тілінде мәтін өзгермейді - ҚР Ішкі істер министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Жекелеген қару түрлерінің айналымына мемлекеттік бақылау жасау туралы" 1998 жылғы 30 желтоқсандағы Қазақстан Республикасы Заңының 29-бабы 1-тармағы </w:t>
+      "Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасының Ішкі істер министрлігі туралы ереженің 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8-1) тармақшасына</w:t>
+        <w:t>43) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ішкі істер министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Азаматтық және қызметтік қарудың иелері мен пайдаланушыларын даярлау және қайта даярлау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -388,127 +488,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Министр полиция </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">генерал-лейтенанты </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -703,94 +815,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Азаматтық және қызметтік қарудың иелері мен пайдаланушыларын даярлау және қайта даярлау бағдарламалары (бұдан әрі – Бағдарламалар) "Жекелеген қару түрлерінің айналымына мемлекеттік бақылау жасау туралы" 1998 жылғы 30 желтоқсандағы Қазақстан Республикасы Заңының (бұдан әрі – Заң) 12-бабы </w:t>
+      1. Осы Азаматтық және қызметтік қарудың иелері мен пайдаланушыларын даярлау және қайта даярлау бағдарламалары (бұдан әрі – Бағдарламалар) "Жекелеген қару түрлерінің айналымына мемлекеттік бақылау жасау туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2)</w:t>
+        <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң) 12-бабы 2) – 11) тармақшаларында көрсетілген адамдарға қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11) тармақшаларында</w:t>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген адамдарға қолданылады.</w:t>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бағдарламалар қарудың иелері мен пайдаланушыларының, сондай-ақ азаматтық және қызметтік қаруды сатып алуға, сақтауға, сақтау мен алып жүруге рұқсат алуға үміткер адамдардың азаматтық және қызметтік қару айналымы қағидаларын, қаруды қауіпсіз ұстау және қаруды қауіпсіз ұстау дағдыларын игеруді зерделуге, сондай-ақ азаматтарды қаруды қолдану мәдениетін танысуға бағытталған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1024,1969 +1178,1928 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Азаматтық атыс қару иелері мен пайдаланушыларды даярлау және қайта даярлау бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1900"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1613"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тақырыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәріс, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Практика, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойық қарудың тактикалық-техникалық сипаттамалары*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегіс ұңғылы қарудың тактикалық-техникалық сипаттамалары*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баллистика*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атыс қаруын сақтау, алып жүру, тасымалдау тәртібі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаруды сақтау, алып жүру, тасымалдау және тіркеу (қайта тіркеу) тәртібін бұзғаны үшін әкімшілік және қылмыстық жауапкершілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атыс қаруын қолдану қағидалары мен тәртібі*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қажетті қорғаныс, аса қажеттілік немесе қылмыс жасаған адамды ұстау кезінде атыс қаруын қолдану негіздері*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атыс қаруынан жараланған кезде алғашқы медициналық көмек көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Атыс даярлығы" бойынша практикалық сабақ (атыс)*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1038" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3020,198 +3133,191 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уақыт бағдарламаның жалпы оқыту уақытына кіреді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1038" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3254,1784 +3360,1743 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Өзін-өзі қорғау (газды, электрлі) қаруының иелері мен пайдаланушыларын даярлау және қайта даярлау бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1463"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тақырыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәріс, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Практика, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаруды қолдану қағидалары мен тәртібі*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қажетті қорғаныс, аса қажеттілік немесе қылмыс жасаған адамды ұстау кезінде атыс қаруын қолдану негіздері*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамға қарудың тигізетін әсері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаруды сақтау, алып жүру, тасымалдау тәртібі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарудың тактикалық-техникалық сипаттамалары*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алғашқы медициналық көмек көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаруды сақтау, алып жүру, тасымалдау және тіркеу (қайта тіркеу) тәртібін бұзғаны үшін әкімшілік және қылмыстық жауапкершілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Атыс даярлығы" бойынша практикалық сабақ (атыс)*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5065,198 +5130,191 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уақыт бағдарламаның жалпы оқыту уақытына кіреді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6768" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5299,1220 +5357,1200 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Лақтырылатын қару (садақ және арбалет) иелері мен пайдаланушыларды даярлау және қайта даярлау бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1543"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1208"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7134" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тақырыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1207" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәріс, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Практика, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7134" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лақтырылатын қарудың тактикалық-техникалық сипаттамалары*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1207" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7134" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баллистика *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1207" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7134" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лақтырылатын қаруды сақтау, алып жүру, тасымалдау тәртібі, оны пайдалану кезіндегі техникалық қауіпсіздік қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1207" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7134" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаруды сақтау, алып жүру, тасымалдау және тіркеу (қайта тіркеу) тәртібін бұзғаны үшін әкімшілік және қылмыстық жауапкершілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1207" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7134" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жараланған кезде алғашқы медициналық көмек көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1207" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7134" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6546,198 +6584,191 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уақыт бағдарламаның жалпы оқыту уақытына кіреді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="7134" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1207" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6780,2148 +6811,2121 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қызметтік қару иелері мен пайдаланушыларын даярлау бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2061"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1749"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тақырыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәріс, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Практика, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ату негіздері. Баллистика.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарудың және арнайы құралдардың құқықтық негіздері және қолдану тәртібі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойық, тегіс ұңғылы, газды, травматикалық және электрлі қарудың мақсаты, жауынгерлік сипаттамасы, құрылысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атыс қаруының (ойық, тегіс ұңғылы және газды) материалдық бөлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атыс жүргізу кезінде қаруды қауіпсіз қолдану қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарудан ату тәсілдері мен қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойық, тегіс ұңғылы, газды және травматикалық қаруды қолдану кезіндегі қауіпсіздік шаралары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тапаншадан, револьверден, карабиннен, винтовкадан, қарудан және ЭТҚ-дан ату үшін жаттығуларды орындау тәртібі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атыстан жараланған кезде алғашқы медициналық көмек көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Атыс даярлығы" бойынша практикалық сабақ (атыс).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8955,198 +8959,191 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уақыт бағдарламаның жалпы оқыту уақытына кіреді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="5615" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>