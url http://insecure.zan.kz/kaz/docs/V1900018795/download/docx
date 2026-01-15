--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0cb9ec6" w14:textId="0cb9ec6">
+    <w:p w14:paraId="0a04969" w14:textId="0a04969">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,120 +150,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Ақпараттандыру туралы" Қазақстан Республикасы Заңының 7-1-бабының </w:t>
-[...29 lines deleted...]
-        <w:t>БҰЙЫРАМЫН:</w:t>
+      "Ақпараттандыру туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-1-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) тармақшасына және Қазақстан Республикасы Үкіметінің 2025 жылғы 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 257/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1146,64 +1156,146 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы "Электрондық үкіметтің" ақпараттандыру объектілерінің және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу әдістемесі (бұдан әрі – Әдістеме) "Ақпараттандыру туралы" Қазақстан Республикасы Заңының 7-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5)-тармақшасына</w:t>
+        <w:t>5) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Үкіметінің 2025 жылғы 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z266" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Әдістемеде мынадай негізгі ұғымдар және қысқартулар пайдаланылады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z267" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1654,70 +1746,132 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Бастапқы кодтарды талдау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z290" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Сынақ объектілерінің бастапқы кодтарын талдау БҚ-ның осалдықтарын анықтау мақсатында жүргізіледі.</w:t>
+      4. Сынақ объектілерінің бастапқы кодтарын талдау БҚ осалдықтарын анықтау мақсатында халықаралық осалдықтар жіктеуіштеріне (Common Weakness Enumeration, Open Web Application Security Project Top 10, Open Web Application Security Project Mobile Top 10, Open Web Application Security Project Application Programming Interface Top 10), осалдықтардың халықаралық деректер базаларына (Common Vulnerabilities and Exposures, National Institute of Standards and Technology) және Қазақстан Республикасының 15408-3 "Ақпараттық технологиялар. Қауіпсіздікті қамтамасыз ету әдістері және құралдары. Ақпараттық технологиялардың қауіпсіздігін бағалау өлшемшарттары. 3-бөлім. Қорғауды қамтамасыз етуге қойылатын талаптар" стандартына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын сынақ объектілерінің бастапқы кодтарын талдау ДМ және БҚ осалдықтарын анықтау мақсатында жүргізіледі.</w:t>
+      Мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын сынақ объектілерінің бастапқы кодтарын талдау ДМ және БҚ осалдықтарын анықтау мақсатында халықаралық осалдықтар жіктеуіштеріне (Common Weakness Enumeration, Open Web Application Security Project Top 10, Open Web Application Security Project Mobile Top 10, Open Web Application Security Project Application Programming Interface Top 10), осалдықтардың халықаралық деректер базаларына (Common Vulnerabilities and Exposures, National Institute of Standards and Technology) және Қазақстан Республикасының 15408-3 "Ақпараттық технологиялар. Қауіпсіздікті қамтамасыз ету әдістері және құралдары. Ақпараттық технологиялардың қауіпсіздігін бағалау өлшемшарттары. 3-бөлім. Қорғауды қамтамасыз етуге қойылатын талаптары" стандартына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z291" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Бастапқы кодтарды талдау "Электрондық үкіметтің" ақпараттандыру объектілерінің және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жатқызылған ақпараттық жүйелердің олардың ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу қағидаларына (бұдан әрі – Қағидалар) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1772,70 +1926,132 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бастапқы кодтарға қайтадан талдау жүргізу туралы қосымша келісім жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z293" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. БҚ кемшіліктерін айқындау өтініш беруші ұсынған бастапқы кодтардың негізінде бастапқы кодты талдауға арналған бағдарламалық құралды пайдалана отырып жүргізіледі.</w:t>
+      7. БҚ осалдықтарын айқындау өтініш беруші ұсынған бастапқы кодтардың негізінде бастапқы кодты талдауға арналған бағдарламалық құралды пайдалана отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын сынақ объектілері бойынша БҚ кемшіліктерін анықтау бастапқы кодты талдаудың қолмен әдісімен және өтініш беруші ұсынған бастапқы кодтардың негізінде бастапқы кодты талдауға арналған бағдарламалық құралды пайдалана отырып жүргізіледі.</w:t>
+      Мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын сынақ объектілерінің БҚ осалдықтарын анықтау бастапқы кодты талдаудың қолмен әдісімен және өтініш беруші ұсынған бастапқы кодтардың негізінде бастапқы кодты талдауға арналған бағдарламалық құралды пайдалана отырып жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z294" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын сынақ объектілері бойынша БҚ ДМ анықтау бастапқы кодты егжей-тегжейлі қарап және ашық бастапқы коды бар кітапханаларда бэкдорларды іздеуді жүргізе отырып, бастапқы кодты талдаудың қолмен әдісімен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z295" w:id="42"/>
     <w:p>
       <w:pPr>
@@ -2125,69 +2341,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       функционалдық объектілерді орындау бағытын зерделеу және өңдеу деректерін тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      функционалдық объектілер деңгейінде бастапқы мәтіндердің толықтығын және артық болмауын бақылау;</w:t>
+      функционалдық объектілер деңгейінде бастапқы кодтардың толықтығын және артық болмауын бақылау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      есепте ДМ анықтау нәтижелерін кейіннен ұсыну үшін скриншот көмегімен ДМ-ны тіркеу;</w:t>
+      есепте ДМ анықтау нәтижелерін кейіннен ұсыну үшін экран түсірімінің көмегімен ДМ-ны тіркеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z308" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) олардың сипаттамасын, маршрутын (файлға жол) және скриншотын келтіре отырып, анықталған ДМ тізбесін қамтитын есепті қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z309" w:id="56"/>
     <w:p>
       <w:pPr>
@@ -2206,50 +2422,112 @@
         <w:t>
       4) ашық бастапқы коды бар кітапханаларда, оның ішінде автоматтандырылған анализатордың көмегімен бэкдорларды іздеуді жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z310" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осалдықтардың халықаралық дерекқорынан сәйкестендіргіш келтіре отырып, осалдықтардың сипаттамасын қамтитын есепті қалыптастыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z311" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бастапқы кодты талдау бойынша жұмыстардың көлемі бастапқы кодтың өлшемімен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z312" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2340,1870 +2618,1972 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік техникалық қызмет берген хаттамасы электрондық түрде өтініш берушінің SYNAQ интернет-порталының жеке кабинетінде орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z315" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Бастапқы кодтарды талдау жүргізу аяқталғаннан кейін оның нәтижелері оң болған кезде сынақ объектісінің бастапқы кодтары таңбаланады және мөр басылған түрінде қызмет берушінің мұрағатына жауапты сақтауға тапсырылады.</w:t>
+      14. Бастапқы кодтарды талдау жүргізу аяқталғаннан кейін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z316" w:id="63"/>
+    <w:bookmarkStart w:name="z506" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Қызмет беруші сынақтар аяқталғаннан кейін олардың құпиялылығын кем дегенде үш жыл сақтай отырып, алынған бастапқы кодтарды сақтауды қамтамасыз етеді.</w:t>
+      1) сынақ объектісінің (мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын ақпараттандыру объектілерін қоспағанда) бастапқы кодтары таңбаланады және мөр басылған түрінде аккредиттелген сынақ зертханасының мұрағатына жауапты сақтауға тапсырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z317" w:id="64"/>
+    <w:bookmarkStart w:name="z507" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сынақ объектісінің (мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын ақпараттандыру объектісінің) бастапқы кодтары бірегей сәйкестендіру нөмірін алады және SYNAQ интернет-порталында сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Ақпараттық қауіпсіздік функцияларын сынау</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z318" w:id="65"/>
+    <w:bookmarkStart w:name="z316" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Ақпараттандыру объектілерінің функцияларын ақпараттық қауіпсіздік талаптарына сәйкестігіне бағалау (бұдан әрі – ақпараттық қауіпсіздік функцияларын сынау) олардың техникалық құжаттаманың, Қазақстан Республикасының нормативтік құқықтық актілері мен Қазақстан Республикасы аумағында қолданыстағы ақпараттық қауіпсіздік саласындағы стандарттардың талаптарына сәйкестігін бағалау мақсатында жүзеге асырылады.</w:t>
+      15. Қызмет беруші сынақтар аяқталғаннан кейін олардың құпиялылығын кем дегенде үш жыл сақтай отырып, алынған бастапқы кодтарды сақтауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z319" w:id="66"/>
+    <w:bookmarkStart w:name="z317" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Ақпараттық қауіпсіздік функцияларын сынау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z318" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Ақпараттық қауіпсіздік функцияларын сынау мыналарды қамтиды:</w:t>
+      16. Ақпараттандыру объектілерінің функцияларын ақпараттық қауіпсіздік талаптарына сәйкестігіне бағалау (бұдан әрі – ақпараттық қауіпсіздік функцияларын сынау) олардың техникалық құжаттаманың, Қазақстан Республикасының нормативтік құқықтық актілері мен Қазақстан Республикасы аумағында қолданыстағы ақпараттық қауіпсіздік саласындағы стандарттардың талаптарына сәйкестігін бағалау мақсатында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z320" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z319" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қауіпсіздік функцияларының техникалық құжаттаманың, Қазақстан Республикасының нормативтік құқықтық актілерінің және Қазақстан Республикасының аумағында қолданылатын ақпараттық қауіпсіздік саласындағы стандарттардың талаптарына сәйкестігін, оның ішінде бағдарламалық құралдарды қолдана отырып (қажет болған жағдайда) бағалауды;</w:t>
+      17. Ақпараттық қауіпсіздік функцияларын сынау мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z321" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z320" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын сынақ объектілерінің кіруіне қолмен тестілеу;</w:t>
+      1) қауіпсіздік функцияларының техникалық құжаттаманың, Қазақстан Республикасының нормативтік құқықтық актілерінің және Қазақстан Республикасының аумағында қолданылатын ақпараттық қауіпсіздік саласындағы стандарттардың талаптарына сәйкестігін, оның ішінде бағдарламалық құралдарды қолдана отырып (қажет болған жағдайда) бағалауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z322" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z321" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бағдарламалық қамтылымның жаңартуларға сканерлеуі және конфигурацияны талдау;</w:t>
+      2) мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын сынақ объектілерінің кіруіне қолмен тестілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z323" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z322" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) байқау, сәйкестікті немесе сәйкессіздікті бағалау нәтижелері көрсетілген есепте сынақ нәтижелерін және анықталған сәйкессіздіктерді түзету жөніндегі ұсынымдарды (қажет болған жағдайда) тіркеуді қамтиды.</w:t>
+      3) бағдарламалық қамтылымның жаңартуларға сканерлеуі және конфигурацияны талдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z324" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z323" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> және қолмен тестілеу функцияларының тізбесі Әдістемеге 2-қосымшада келтірілген.</w:t>
+        <w:t>
+      4) байқау, сәйкестікті немесе сәйкессіздікті бағалау нәтижелері көрсетілген есепте сынақ нәтижелерін және анықталған сәйкессіздіктерді түзету жөніндегі ұсынымдарды (қажет болған жағдайда) тіркеуді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z325" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z324" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      19. Ақпараттық қауіпсіздік функцияларын сынау Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сынақ объектісінің сипаттамалары туралы сауалнама-сауалнаманың 1) тармақшасының және 5-тармағының 4) тармақшасының кестелерінде санамаланған серверлер, виртуалды ресурстар және виртуалдандыру орталары бөлінісінде жүргізіледі.</w:t>
+      18. Ақпараттық қауіпсіздік функцияларының тізбесі Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қолмен тестілеу функцияларының тізбесі Әдістемеге 2-қосымшада келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z326" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z325" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      20. Мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын сынақ объектілерінің енуіне қолмен тестілеуді қамтиды:</w:t>
+        <w:t xml:space="preserve">
+      19. Ақпараттық қауіпсіздік функцияларын сынау Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сынақ объектісінің сипаттамалары туралы сауалнама-сауалнаманың 1) тармақшасының және 5-тармағының 4) тармақшасының кестелерінде санамаланған серверлер, виртуалды ресурстар және виртуалдандыру орталары бөлінісінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z327" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z326" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сынақ объектісіндегі осалдықтарды анықтау;</w:t>
+      20. Мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын сынақ объектілерінің енуіне қолмен тестілеуді қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z328" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z327" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Анықталған осалдықтарды жою бойынша ұсынымдар қалыптастыру.</w:t>
+      1) сынақ объектісіндегі осалдықтарды анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z329" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z328" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Ақпараттық қауіпсіздік функцияларын сынау нәтижелерін қызмет берушінің осы жұмыс түрінің жауапты орындаушысы сынақ объектісінің сипаттамалары туралы сауалнама-сұраулықтың көшірмесін қоса бере отырып, ақпараттық қауіпсіздік функцияларын сынау хаттамасында тіркейді (еркін нысанда).</w:t>
+      2) Анықталған осалдықтарды жою бойынша ұсынымдар қалыптастыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z329" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қосымшаларымен және есеппен берілетін ақпараттық қауіпсіздік функцияларын сынаудың:</w:t>
+      21. Ақпараттық қауіпсіздік функцияларын сынау нәтижелерін қызмет берушінің осы жұмыс түрінің жауапты орындаушысы сынақ объектісінің сипаттамалары туралы сауалнама-сұраулықтың көшірмесін қоса бере отырып, ақпараттық қауіпсіздік функцияларын сынау хаттамасында тіркейді (еркін нысанда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z330" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аккредиттелген зертхана беретін хаттамасы парақтарды бірыңғай нөмірлей отырып, тігіледі және мөр басылады (болған кезде);</w:t>
+      Қосымшаларымен және есеппен берілетін ақпараттық қауіпсіздік функцияларын сынаудың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z331" w:id="78"/>
+    <w:bookmarkStart w:name="z330" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      1) аккредиттелген зертхана беретін хаттамасы парақтарды бірыңғай нөмірлей отырып, тігіледі және мөр басылады (болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z331" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       2) мемлекеттік техникалық қызмет беретін хаттамасы электрондық түрде өтініш берушінің SYNAQ интернет-порталындағы Жеке кабинетінде орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z332" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z332" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Жүктемелік сынау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z333" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z333" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Жүктемелік сынау сынақ объектісінің қолжетімділігін, тұтастығын және құпиялылығын сақтауды бағалау мақсатында жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z334" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z334" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Жүктемелік сынау дербес деректер жалған деректермен алмастырылған сынақ объектісін штаттық пайдалану ортасында автоматтандырылған сценарийлер негізінде мамандандырылған бағдарламалық құралды пайдалана отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z335" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z335" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Өтініш беруші жүктемелік сынау параметрлерін Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сынақ объектісінің сипаттамалары туралы сауалнама-сұраулықтың 5-тармағының 9) тармақшасы мен 10) тармақшасының кестелерінде ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жүктемелік сынау жүргізу кезінде сынақ объектісінің нақты жүктемелік қабілеттілігінің параметрлері айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z336" w:id="83"/>
+    <w:bookmarkStart w:name="z336" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Жүктемелік сынау мынадай тәртіппен жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z337" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z337" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сынауға дайындық жүргізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z338" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z338" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сынақ жүргізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z339" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z339" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сынақ нәтижелері тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z340" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z340" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Сынауға дайындық мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z341" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z341" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сынау сценарийін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z342" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z342" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сынаудың уақытша және сандық сипаттамаларын анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z343" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z343" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сынау жүргізу уақытын тапсырыс берушімен келісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z344" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z344" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Сынау жүргізу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z345" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z345" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мамандандырылған бағдарламалық құралға сынау сценарийі мен конфигурациясын баптауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z346" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z346" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мамандандырылған бағдарламалық құралды іске қосуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z347" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z347" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сынақ объектісіне жүктеуді тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z348" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z348" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сынақ объектісінің нақты өткізу қабілетін жоғарылату немесе төмендету жөнінде ұсынымдар көрсете отырып, жүктемелік сынаудың есебін қалыптастыруды және беруді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z349" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z349" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Жүктемелік тестілеу жүргізу жөніндегі жұмыстар Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сынақ объектісінің сипаттамалары туралы сауалнама-сұраулықтың 5-тармағының 9) тармақшасы мен 10) тармақшасының кестелерінде көрсетілген бір сынақ объектісіне пайдаланушыларды қосу нүктелерінің нұсқалары мен сынақ объектісінің интеграциялық өзара іс-қимылын іске қосу нүктелерінің нұсқалар саны бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z350" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z350" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Жүктемелік сынау нәтижелерін қызмет берушінің осы жұмыс түрінің жауапты орындаушысы сынақ объектісінің сипаттамалары туралы сауалнама-сұраулықтың көшірмесін қоса бере отырып, жүктемелік сынау хаттамасында тіркейді (еркін нысанда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қосымшаларымен және есеппен берілетін жүктемелік сынаудың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z351" w:id="98"/>
+    <w:bookmarkStart w:name="z351" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аккредиттелген зертхана беретін хаттамасы парақтарды толассыз нөмірлей отырып, тігіледі және мөр басылады (болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z352" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z352" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік техникалық қызмет беретін хаттамасы электрондық түрде өтініш берушінің SYNAQ интернет-порталындағы жеке кабинетінде орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z353" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z353" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Желілік инфрақұрылымды зерттеп-қарау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z354" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z354" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Желілік инфрақұрылымды зерттеп-қарау желілік инфрақұрылымның қауіпсіздігін бағалау мақсатында жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z355" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z355" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Желілік инфрақұрылымды зерттеу мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z356" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z356" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) желілік инфрақұрылымды қорғау функцияларының техникалық құжаттаманың, Қазақстан Республикасының нормативтік құқықтық актілерінің және Қазақстан Республикасының аумағында қолданылатын ақпараттық қауіпсіздік саласындағы стандарттардың талаптарына сәйкестігін бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z357" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z357" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтініш берушінің желілік инфрақұрылымын, оның ішінде бағдарламалық құралдарды қолдана отырып тексеру (қажет болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z358" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z358" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Бағдарламалық құралдың жалпы осалдықтар мен тәуекелдер базасынан бағдарламалық қамтамасыз етудің белгілі осалдықтарының болуына сканерлеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z359" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z359" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) байқау, сәйкестікті немесе сәйкессіздікті бағалау нәтижелерін және анықталған сәйкессіздіктерді түзету жөніндегі ұсынымдарды көрсете отырып, есепте алынған сынақ нәтижелерін тіркеуді (қажет болған жағдайда) қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z360" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z360" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Желілік инфрақұрылымды қорғау функцияларының тізбесі осы Әдістемеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z361" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z361" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Желілік инфрақұрылымды тексеру жөніндегі жұмыстар Қағидаларға 2-қосымшаның сынақ объектісінің сипаттамалары туралы сауалнама-сұрақнаманың 5-тармағының 7) тармақшасының кестесінде көрсетілген сынақ объектісі желісінің (кіші желісінің) әрбір сегменті үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z362" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z362" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Желілік инфрақұрылымды зерттеп-қарау нәтижелерін қызмет берушінің осы жұмыс түрінің жауапты орындаушысы сынақ объектісінің сипаттамалары туралы сауалнама-сұраулықтың көшірмесін қоса бере отырып, желілік инфрақұрылымды зерттеп-қарау хаттамасында тіркейді (еркін нысанда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қосымшаларымен және есеппен берілетін желілік инфрақұрылымды зерттеп-қараудың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z363" w:id="110"/>
+    <w:bookmarkStart w:name="z363" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аккредиттелген зертхана беретін хаттамасы парақтарды толассыз нөмірлей отырып, тігіледі және мөр басылады (болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z364" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z364" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік техникалық қызмет беретін хаттамасы электрондық түрде өтініш берушінің SYNAQ интернет-порталындағы жеке кабинетінде орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z365" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z365" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Ақпараттық қауіпсіздікті қамтамасыз ету процестерін зерттеп-қарау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z366" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z366" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Ақпараттық қауіпсіздікті қамтамасыз ету процестерін зерттеп-қарау олардың ақпараттық қауіпсіздікті қамтамасыз ету саласындағы нормативтік құқықтық актілер мен стандарттардың талаптарына сәйкестігін бағалау мақсатында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z367" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z367" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Ақпараттық қауіпсіздікті қамтамасыз ету процестерін зерттеу мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z368" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z368" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақпараттық қауіпсіздікті қамтамасыз ету процестерінің ақпараттық қауіпсіздікті қамтамасыз ету саласындағы нормативтік құқықтық актілер мен стандарттардың талаптарына сәйкестігін бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z369" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z369" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) байқау нәтижелерін, сәйкестікті немесе сәйкессіздікті бағалауды және анықталған сәйкессіздіктерді түзету жөніндегі ұсынымдарды көрсете отырып, сынақты бағалау нәтижелерін тіркеуді (қажет болған жағдайда) қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z370" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z370" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Ақпараттық қауіпсіздікті қамтамасыз ету процестерінің тізбесі және олардың мазмұны Әдістемеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z371" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z371" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Ақпараттық қауіпсіздікті қамтамасыз ету процестерін тексеру бойынша жұмыстар сынақ объектісі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z372" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z372" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Ақпараттық қауіпсіздікті қамтамасыз ету процестерін тексеру нәтижелерін өнім берушінің осы жұмыс түрінің жауапты орындаушысы сынақ объектісінің сипаттамалары туралы сауалнама-сауалнаманың көшірмесін қоса бере отырып, ақпараттық қауіпсіздікті қамтамасыз ету процестерін тексеру хаттамасында (еркін нысанда) тіркейді.</w:t>
-      </w:r>
-[...56 lines deleted...]
-      2) мемлекеттік техникалық қызмет электрондық түрде өтініш берушінің Жеке кабинетінде SYNAQ интернет-порталында орналастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Қосымшаларымен және есебімен ақпараттық қауіпсіздікті қамтамасыз ету процестерін тексеру хаттамасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z373" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аккредиттелген зертханамен тігіледі, беттердің өтпелі нөмірленуімен тігіледі және мөрмен (бар болса) мөрленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z374" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік техникалық қызмет электрондық түрде өтініш берушінің Жеке кабинетінде SYNAQ интернет-порталында орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       Бағдарламалық құралдың ақпараттық қауіпсіздікті қамтамасыз ету саласындағы стандарттарға сәйкестігіне сканерлеу нәтижелері ақпараттық қауіпсіздікті қамтамасыз ету процестерін тексеру хаттамасына енгізілмейді және ұсынымдық сипатта болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z375" w:id="122"/>
+    <w:bookmarkStart w:name="z375" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. "Электрондық үкіметтің" ақпараттандыру объектілерінің бастапқы кодтарынан құрастырылған орындалатын кодтардың өзгермеуін талдау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z376" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z376" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. "Электрондық үкіметтің" ақпараттандыру объектілерінің бастапқы кодтарынан құрастырылған орындалатын кодтарды өзгермеуіне талдау жүргізудің (бұдан әрі – өзгермеуге талдау) объектілеріне өнеркәсіптік қолдануға енгізілген ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жатқызылған "электрондық үкіметтің" ақпараттандыру объектілері жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z377" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z377" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Өзгермеуді талдау жүргізу үшін мемлекеттік техникалық қызмет берген "электрондық үкіметтің" ақпараттандыру объектісінің бастапқы кодтарынан құрастырылған бастапқы және орындалатын кодтарды пайдалана отырып, мемлекеттік техникалық қызмет қызметкерінің бақылауымен өзгермеуге талдау жасау объектісін өнеркәсіптік пайдалану ортасында өрістетуді жүзеге асыру қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z378" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z378" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Өзгермеуді талдау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z379" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z379" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бағдарламалық қамтылымды орнату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z380" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z380" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) іске қосылған орындалатын кодқа өзгерістер енгізілуін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z381" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z381" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бастапқы кодқа өзгеріс енгізілген жағдайда, осы Қағидаларға сәйкес бастапқы кодты талдау кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z382" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z382" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Өзгермеуге талдау "электрондық үкіметтің" ақпараттандыру объектісі орналасқан жерде мемлекеттік техникалық қызмет белгілеген бағдарламалық қамтылым арқылы тұрақты негізде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өзгермейтіндікті талдауға арналған бағдарламалық қамтылым "электрондық үкімет" ақпараттандыру объектісінің оқиғаларын тіркеу журналдарын жинауды жүзеге асырады. Қазақстан Республикасы Үкіметінің 2016 жылғы 20 желтоқсандағы № 832 қаулысымен бекітілген Ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың 38-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес оқиғаларды тіркеу журналдары ақпараттық қауіпсіздік жөніндегі техникалық құжаттамада көрсетілген, бірақ 3 (үш) жылдан кем емес мерзім бойы сақталады және кем дегенде 2 (екі) ай жедел қолжетімді болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z383" w:id="130"/>
+    <w:bookmarkStart w:name="z383" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. "Электрондық үкіметтің" ақпараттандыру объектісінің меншік иесі немесе иеленушісі өзгермеуге талдау жүргізу үшін мемлекеттік техникалық қызметке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z384" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z384" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "электрондық үкіметтің" ақпараттандыру объектісінің серверлік жабдықтарына қол жеткізу және мемлекеттік техникалық қызметтің ақпараттық қауіпсіздігінің инциденттері мен оқиғаларын мониторингілеу және басқару жүйесімен желі бойынша қол жеткізуді ұйымдастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z385" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z385" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оқиғаларды тіркеу журналына өзгермеуге талдау үшін бағдарламалық қамтылыммен болып жатқан оқиғалар туралы ақпаратты жазуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z386" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z386" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жұмыс орны, әкімшінің жұмыс орнына, "электрондық үкіметтің" ақпараттандыру объектісінің серверлік жабдығына физикалық қол жеткізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z387" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z387" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Мемлекеттік техникалық қызмет "электрондық үкіметтің" ақпараттандыру объектісінің бастапқы кодына өзгеріс енгізілген жағдайда 5 (бес) жұмыс күні ішінде ресми хатпен Қазақстан Республикасының Ұлттық қауіпсіздік комитетін (бұдан әрі – ҰҚК), ақпараттық қауіпсіздік саласындағы уәкілетті органды және "электрондық үкіметтің" ақпараттандыру объектісінің меншік иесі немесе иеленушісін хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z388" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z388" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Мемлекеттік техникалық қызмет әр тоқсан сайын, тоқсанның соңғы айының 25 (жиырма бес) күнінен кеш емес мерзімге дейін, ақпараттық қауіпсіздік саласындағы уәкілетті орган және ҰҚК үшін электрондық түрде өзгермеуге талдау нәтижелері жайлы жиынтық ақпаратты SYNAQ интернет-порталында орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z389" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z389" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. "Электрондық үкіметтің" ақпараттандыру объектісінің бастапқы кодына өзгеріс енгізілген жағдайда "электрондық үкіметтің" ақпараттандыру объектісінің меншік иесі немесе иеленушісі өзгеріс енгізлген күннен кейін 2 (екі) жұмыс күні ішінде енгізілген өзгерістерді егжей-тегжейлі сипаттай отырып, бастапқы кодқа енгізілген өзгерістер туралы мемлекеттік техникалық қызметті хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z390" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z390" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. "Электрондық үкіметтің" ақпараттандыру объектісінің бастапқы кодына өзгеріс енгізілген жағдайда өтініш беруші Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2024 жылғы 29 ақпандағы № 110/НҚ бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 34101 болып тіркелген) бекітілген "Электрондық үкіметтің" бірыңғай репозиторийінің жұмыс істеу қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3), 4) және 5) тармақшаларында айқындалған деректерді және "электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға ЭҮБР және техникалық тапсырмасын бастапқы кодқа талдау жүргізу үшін мемлекеттік техникалық қызметке SYNAQ интернет-порталы арқылы жіберуді қамтамасыз етеді. Сонымен қатар, бастапқы кодты талдау мерзімі "электрондық үкіметтің" ақпараттандыру объектісінің меншік иесі немесе иеленушісімен келісіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z391" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z391" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. "Электрондық үкіметтің" ақпараттандыру объектісі бойынша жұмыс істеуді қамтамасыз ету серверінде техникалық жұмыстар жүргізуді жоспарлау кезінде "электрондық үкіметтің" ақпараттандыру объектісінің меншік иесі немесе иеленушісі 2 (екі) жұмыс күні ішінде мемлекеттік техникалық қызметті хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z392" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z392" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Мемлекеттік техникалық қызмет ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жатқызылған "электрондық үкіметтің" ақпараттандыру объектісінде өзгермеуге талдау үшін БҚ белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21112,68 +21492,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№111/НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="140"/>
+    <w:bookmarkStart w:name="z64" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Электрондық үкіметтің" ақпараттандыру объектілері және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар жаңа редакцияда – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 30.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21188,828 +21568,992 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тіртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z397" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z397" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Электрондық үкіметтің" ақпараттандыру объектілері мен ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу қағидалары (бұдан әрі – Қағидалар) "Ақпараттандыру туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 7-1-бабының </w:t>
-[...9 lines deleted...]
-        <w:t>5) тармақшасына</w:t>
+      1. Осы "Электрондық үкіметтің" ақпараттандыру объектілері мен ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу қағидалары (бұдан әрі – Қағидалар) "Ақпараттандыру туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-1-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) тармақшасына, Қазақстан Республикасы Үкіметінің 2025 жылғы 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және "электрондық үкіметтің" ақпараттандыру объектілері мен ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z398" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z398" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Қағидаларда мынадай негізгі ұғымдар мен қысқартулар пайдаланылады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z399" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z399" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ақпараттық жүйе – ақпараттық өзара іс-қимыл арқылы белгілі бір технологиялық әрекеттерді іске асыратын және нақты функционалдық міндеттерді шешуге арналған ақпараттық-коммуникациялық технологиялардың, қызмет көрсетуші персоналдың және техникалық құжаттаманың ұйымдық реттелген жиынтығы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z400" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z400" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ақпараттық жүйенің кіші жүйесі – ақпараттық жүйенің мақсатына жету үшін қажетті оның белгілі бір функцияларын іске асыратын ақпараттық жүйенің жиынтық бөлігі (құрамдас бөлігі) ;</w:t>
+      2) ақпараттық жүйенің кіші жүйесі – ақпараттық жүйенің мақсатына жету үшін қажетті оның белгілі бір функцияларын іске асыратын ақпараттық жүйенің жиынтық бөлігі (құрамдас бөлігі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z401" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z401" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ақпараттандыру саласындағы ақпараттық қауіпсіздік (бұдан әрі – АҚ) –электрондық ақпараттық ресурстардың, ақпараттық жүйелер мен ақпараттық-коммуникациялық инфрақұрылымның сыртқы және ішкі қатерлерден қорғалу жағдайы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z402" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z402" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ақпараттық қауіпсіздік жөніндегі техникалық құжаттама (бұдан әрі – АҚ бойынша ТҚ) – Қазақстан Республикасы Үкіметінің 2016 жылғы 20 желтоқсандағы № 832 қаулысымен бекітілген және объектінің ақпараттық қауіпсіздігін қамтамасыз ету жөніндегі жалпы талаптарды, қағидаттар мен қағидаларды регламенттейтін ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптарға сәйкес әзірленген құжаттар жиынтығы сынақтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z403" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z403" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органның интернет-порталы – "электрондық үкіметтің" ақпараттандыру объектілерінің және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынау бойынша қызмет көрсету процесін автоматтандыруға арналған ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органның интернет-порталы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z404" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z404" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) бағдарламалық қамтылым – бағдарламалардың, бағдарламалық кодтардың, сондай-ақ оларды пайдалану үшін қажетті техникалық құжаттамасы бар бағдарламалық өнімдердің жиынтығы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z405" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z405" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) "электрондық үкіметтің" ақпараттық-коммуникациялық платформасының бағдарламалық өнімі (бұдан әрі – платформалық бағдарламалық өнім) – "электрондық үкіметтің" ақпараттық-коммуникациялық платформасында әзірленген және орналастырылған бағдарламалық қамтылым; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z406" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z406" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8) бастапқы кодтар – сынақ объектісінің компакт-дискідегі сәтті компиляциясы үшін қажетті кітапханалары мен файлдары бар сынақ объектісінің компоненттері мен модульдерінің бастапқы кодтары; </w:t>
+      8) бастапқы кодтар – сынақ объектісінің сәтті компиляциясы үшін қажетті кітапханалары мен файлдары бар сынақ объектісінің компоненттері мен модульдерінің компьютерлік бағдарламалардың бастапқы мәтіндері; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z407" w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z407" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) үлестірілген сынақ объектісі – бірдей мақсаттарға арналған, бірдей функцияларды орындайтын және бірдей қолданбалы бағдарламалық қамтылымды пайдаланатын, бірдей архитектура бойынша салынған көптеген, оның ішінде белгісіз тораптардан тұратын сынақ объектісі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z408" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z408" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) интернет-ресурс – бірегей желілік мекенжайы және (немесе) домендік атауы бар және Интернетте жұмыс істейтін аппараттық-бағдарламалық кешенде орналастырылған ақпарат (мәтіндік, графикалық, аудиовизуалды немесе өзге де түрде); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z409" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z409" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) өнім беруші – мемлекеттік техникалық қызмет немесе аккредиттелген сынақ зертханасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z410" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z410" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) мемлекеттік техникалық қызмет – Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған акционерлік қоғам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z411" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z411" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) өтініш беруші – ақпараттандыру объектісінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізуге өтінім берген сынақ объектісінің меншік иесі немесе иеленушісі, сондай-ақ сынақ объектісінің меншік иесі немесе иесі уәкілеттік берген жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z412" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z412" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) сынақ зертханасы – оның атынан әрекет ететін, сынақтарды жүзеге асыратын, техникалық реттеу туралы заңнамаға сәйкес аккредиттелген заңды тұлға немесе заңды тұлғаның құрылымдық бөлімшесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z413" w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z413" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) сынақ объектісі – ақпараттық қауіпсіздік талаптарына сәйкестігін сынау жөніндегі жұмыстар жүргізілетін ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z414" w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z414" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) штаттық пайдалану ортасы – тәжірибелік пайдалану (пилоттық жоба) кезеңінде пайдаланылатын және ақпараттандыру объектісін өнеркәсіптік пайдалану кезеңінде қолдануға арналған серверлік жабдықтың, желілік инфрақұрылымның, жүйелік бағдарламалық қамтылымның нысаналы жиынтығы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z415" w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z415" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) "электрондық үкіметтің" ақпараттық-коммуникациялық платформасы – мемлекеттік органның қызметін автоматтандыруға, оның ішінде мемлекеттік функцияларды автоматтандыруға және олардан туындайтын мемлекеттік қызметтер көрсетуге, сондай-ақ мемлекеттік электрондық ақпараттық ресурстарды орталықтандырылған жинауға, өңдеуге, сақтауға арналған технологиялық платформа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z416" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z416" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) SYNAQ интернет-порталы – мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын ақпараттандыру объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынау бойынша қызмет көрсету процесін автоматтандыруға арналған мемлекеттік техникалық қызметтің интернет-порталы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 27.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 605/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (08.01.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (08.01.2025 бастап қолданысқа енгізіледі); 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z417" w:id="162"/>
+    <w:bookmarkStart w:name="z417" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Объектілердің АҚ талаптарына сәйкестігін сынау (бұдан әрі – сынақтар) сынақ объектілерінің техникалық құжаттаманың, Қазақстан Республикасының нормативтік құқықтық актілерінің және Қазақстан Республикасының аумағында қолданылатын ақпараттық қауіпсіздік саласындағы стандарттардың талаптарына сәйкестігін бағалау жөніндегі жұмыстарды қамтиды және сынақ объектісін штаттық пайдалану ортасында жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z418" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z418" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Электрондық үкіметтің" ақпараттық-коммуникациялық платформасында және "электрондық үкіметтің" ақпараттық-коммуникациялық платформасында құрылған және (немесе) орналастырылған бағдарламалық қамтылымды (бағдарламалық өнімді) қоспағанда, сынақ объектісінің сынақтарының құрамына мынадай жұмыс түрлері кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z419" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z419" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бастапқы кодтарды талдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z420" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z420" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпараттық қауіпсіздік функцияларын сынау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z421" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z421" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жүктеме сынағы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z422" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z422" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) желілік инфрақұрылымды зерттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z423" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z423" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) АҚ қамтамасыз ету процестерін тексеру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z424" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z424" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Сынақ объектісінің бастапқы коды (мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын ақпараттандыру объектілерін қоспағанда) болмаған немесе сынақтардың басқа түрін (түрлерін) жүргізу мүмкін болмаған жағдайда, сынақ объектісінің бастапқы кодына немесе сынақтарының басқа түріне (түрлеріне) талдау жүргізудің міндетті остігі туралы ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органның шешімімен өтініш берушінің сұрау салуы бойынша белгіленеді.</w:t>
+      5. Сынақ объектісінің бастапқы коды болмаған немесе сынақтардың басқа түрін (түрлерін) жүргізу мүмкін болмаған жағдайда (мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын ақпараттандыру объектілерін қоспағанда), сынақ объектісінің бастапқы кодына немесе сынақтарының басқа түріне (түрлеріне) талдау жүргізудің міндетті еместігі туралы ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органның шешімімен өтініш берушінің сұрау салуы бойынша белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті орган осы Қағидалардың 7-тармағына сәйкес басқа түрлері бойынша сынақтар жүргізу кезеңінде бастапқы кодты немесе сынақ объектісінің сынақтарының басқа түрін (түрлерін) талдауды алып тастау туралы өтінім берушінің сұрау салуының негізділігін тексеру туралы Өнім берушіге сұрау салуды жібереді.</w:t>
+      Ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті орган осы Қағидалардың 4-тармағына сәйкес басқа түрлері бойынша сынақтар жүргізу кезеңінде бастапқы кодты немесе сынақ объектісінің сынақтарының басқа түрін (түрлерін) талдауды алып тастау туралы өтінім берушінің сұрау салуының негізділігін тексеру туралы өнім берушіге сұрау салуды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z425" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z425" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Электрондық үкіметтің" ақпараттық-коммуникациялық платформасында құрылған және (немесе) орналастырылған бағдарламалық қамтылымды (платформалық бағдарламалық өнімді) сынауға мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z426" w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z426" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бастапқы кодтарды талдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z427" w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z427" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпараттық қауіпсіздік функцияларын сынау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z428" w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z428" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жүктеме сынағы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z429" w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z429" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) АҚ қамтамасыз ету процестерін зерттеп-қарау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22028,1954 +22572,2394 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (08.01.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z430" w:id="175"/>
+    <w:bookmarkStart w:name="z430" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Электрондық үкіметтің" ақпараттық-коммуникациялық платформасының сынақтарына мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z431" w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бастапқы кодтарды талдау;</w:t>
-      </w:r>
-[...97 lines deleted...]
-      Біртекті үлестірілген сынақ объектісінің орталық торабы (тары) үшін сынақтар жұмыс түрлерінің толық құрамында жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Біртекті үлестірілген сынақ объектісінің тораптары үшін сынақтар құрамына мыналар кіреді:</w:t>
-[...773 lines deleted...]
-      Өтініш беруші белгіленген мерзімде екі реттен артық емес қайталама сынақтарға өтінім бере алады.</w:t>
+      2) ақпараттық қауіпсіздік функцияларын сынау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қажет болған жағдайда, өтініш беруші қайталама сынақтарды өткізу мерзімін ұзартуға қосымша өтінім беру арқылы, бірақ 20 жұмыс күнінен аспайтын мерзімін бір рет ұзарта алады.</w:t>
+      3) жүктемелік сынақ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Белгіленген мерзімді өткізу осы Қағидаларда белгіленген жалпы тәртіппен сынақтар жүргізу үшін негіз болып табылады.</w:t>
-[...391 lines deleted...]
-      Өтініш беруші белгіленген мерзімде екі реттен артық емес қайталама сынақтарға өтінім бере алады.</w:t>
+      4) желілік инфрақұрылымды зерттеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қажет болған жағдайда, өтініш беруші қайталама сынақтарды өткізу мерзімін ұзартуға қосымша өтінім беру арқылы, бірақ 20 жұмыс күнінен аспайтын мерзімін бір рет ұзарта алады.</w:t>
+      5) ақпараттық қауіпсіздікті қамтамасыз ету процестерін тексеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Алып тасталды - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z438" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Сынақ объектісі басқа ақпараттандыру объектісімен интеграцияланған (қолданыстағы немесе жоспарланған) жағдайда сынақтар сынақ объектісінің құрамына интеграцияны қамтамасыз ететін компоненттерді (интеграция модулі, интеграцияның кіші жүйесі, интеграциялық автобус немесе басқа) енгізе отырып жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z439" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Ақпараттандыру объектілерінің мемлекеттік техникалық қызметтегі ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z440" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Сынақтарды жүргізу үшін өтініш беруші SYNAQ интернет-порталында осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сынақтар жүргізуге өтінімді (бұдан әрі – өтінім) толтырады, электрондық цифрлық қолтаңбамен (бұдан әрі – ЭЦҚ) қол қояды және мынадай құжаттарды қоса бере отырып, мемлекеттік техникалық қызметке береді: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z441" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) SYNAQ интернет-порталында сынақ объектісінің меншік иесінің (иеленушісінің) ЭЦҚ-мен куәландырылған осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сынақ объектісінің сипаттамалары туралы сауалнама-сұрақнама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z442" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шарттарға немесе заңды тұлғаның басшысын тағайындау туралы құжатқа қол қоюға уәкілетті тұлғаға сенімхаттың электрондық көшірмесі (заңды тұлғалар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z443" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ақпараттандыру саласындағы уәкілетті органмен және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органмен келісілген ақпараттандыру объектісіне техникалық тапсырманың электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z444" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сәтті құрастыру үшін қажетті кітапханалары мен файлдары бар сынақ объектісінің компоненттері мен модульдерінің бастапқы кодтары (қажет болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z445" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сынақ объектісінің ақпараттық қауіпсіздігі жөніндегі бекітілген техникалық құжаттаманың электрондық көшірмелері (қажет болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z446" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иеленуші (меншік иесі) сынақтар жүргізуге өтінім беруге өтінім берушіге уәкілеттік беретін құжаттың электрондық көшірмесі (қажет болған жағдайда):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z447" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) сынақ объектісінің меншік иесі (иеленуші) және (немесе) тапсырыс беруші мемлекеттік орган болып табылатын растайтын құжат. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z448" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Егер өтініш беруші сатып алуды мемлекеттік сатып алу веб-порталы арқылы жүзеге асырған жағдайда, сынақтар жүргізуге өтінім ағымдағы жылдың 1 қарашасынан кешіктірілмей қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z449" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік техникалық қызмет өтінімді алған күннен бастап үш жұмыс күні ішінде осы Қағидалардың 10-тармағында көрсетілген құжаттардың толықтығын тексеруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z450" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Өтінім мен қоса берілген құжаттар осы Қағидалардың 10-тармағында көрсетілген талаптарға сәйкес келмеген жағдайда, өтінім қайтару себептері көрсетіле отырып, он жұмыс күні ішінде өтініш берушіге қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z451" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Мемлекеттік техникалық қызмет осы Қағидалардың 10-тармағына сәйкес құжаттардың толық топтамасының болуына өтінімді тексергеннен кейін үш жұмыс күні ішінде өтініш берушіге жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z452" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік сатып алу веб-порталы арқылы сатып алуды жүзеге асыру кезінде сынақтар жүргізуге арналған шартқа техникалық ерекшеліктің жобасы. Өтініш беруші техникалық ерекшелік жобасын алған күннен бастап үш жұмыс күні ішінде мемлекеттік сатып алу туралы шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алу туралы шарттың жобасын мемлекеттік сатып алу веб-порталында орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z453" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік сатып алу веб-порталын қолданбай сатып алуды жүзеге асыру кезінде сынақтар жүргізуге арналған шарттың екі данасы. Өтініш беруші жоғарыда көрсетілген шарттың екі данасын алған күннен бастап бес жұмыс күні ішінде оларға қол қояды және шарттың бір данасын мемлекеттік техникалық қызметке қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z454" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Егер өтініш беруші сатып алуды мемлекеттік сатып алу веб-порталы арқылы жүзеге асырса және 15 қарашаға дейінгі мерзімде мемлекеттік техникалық қызмет атына мемлекеттік сатып алу туралы шартты мемлекеттік сатып алу веб-порталы арқылы жібермеген жағдайда, өтінім жойылады және өтініш берушіге қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z455" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Сынақ мерзімі Өтініш берушімен келісіледі және сынақ бойынша жұмыс көлеміне және сынақ объектісінің жіктеу сипаттамаларына байланысты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынақ жүргізу мерзімдерін келісу мүмкін болмаған жағдайда, өтінім қанағаттандырусыз өтініш берушіге сынақ мерзімдерін айқындау үшін ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органға жүгіну мүмкіндігін көрсете отырып қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z456" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Сынақтарды өткізу үшін өтініш беруші мемлекеттік техникалық қызмет үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z457" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жұмыс орнын, пайдаланушының жұмыс орнына, серверлік және желілік жабдыққа, фото және бейне тіркеуді жүргізе отырып, сынақ объектісінің телекоммуникация желісіне және сынақ объектісіне құжаттамаға және ілеспе құжаттамаға, оның ішінде сынақ объектісінің құрамына кіретін сынақ объектісі мен компоненттерді сүйемелдеу және техникалық қолдау шарттарына физикалық қол жеткізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z458" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) техникалық құжаттама талаптарына сәйкес сынақ объектісінің функцияларын көрсетуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z459" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Өтініш беруші осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарын қамтамасыз ете алмаған жағдайда, сынақтар оның орындалу мерзімін ұзартуға арналған шартқа қосымша келісімге қол қоюды ескере отырып, оларды қамтамасыз ету үшін өтініш берушіге қажетті уақытқа тоқтатыла тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z460" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Сынақтар "Электрондық үкіметтің" ақпараттандыру объектілері және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу әдістемесіне сәйкес жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z461" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Сынақтарды жүргізу кезінде осы Қағидалардың 10-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және сынақ объектісінің нақты жай-күйіне сәйкес берілген сынақ объектісінің сипаттамалары туралы сауалнама-сұрақнаманың деректері арасында алшақтық анықталды, өтініш беруші мемлекеттік техникалық қызметке SYNAQ интернет-порталында сынақ объектісінің меншік иесінің (иесінің) ЭЦҚ-мен куәландырылған сынақ объектісінің сипаттамалары туралы жаңартылған сауалнама-сұрақнаманы жібереді. Сынақ объектісінің сипаттамалары туралы жаңартылған сауалнама-сауалнама (қажет болған жағдайда) сынақ мерзімін ұзартуға және сынақ жүргізу құнын өзгертуге қосымша келісім жасасу үшін негіз болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z462" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Қажет болған жағдайда, егер сынақ жүргізу кезінде сынақ мерзімі аяқталғанға дейін сынақтардың бір немесе бірнеше түрі бойынша қайта сынақ жүргізу қажеттілігі анықталса, өтініш беруші мемлекеттік техникалық қызметке сұрау салады және өтеусіз негізде осы жұмыс түрлері бойынша қайта сынақ жүргізу туралы қосымша келісім жасалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z463" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Сынақтарға кіретін жұмыстардың нәтижелері және анықталған сәйкессіздіктерді жою жөніндегі ұсынымдар жұмыстардың барлық түрлері аяқталғаннан кейін өтініш берушінің Жеке кабинетінде SYNAQ интернет-порталында орналастырылатын жекелеген хаттамаларға енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z464" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Мемлекеттік техникалық қызметтің сынақтарға кіретін жұмыстардың әрбір түрін жүргізуіне бағалар Заңның 14-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z465" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Сынақтарды өткізу құнын есептеу үшін өтініш беруші мемлекеттік техникалық қызметке SYNAQ интернет-порталында сынақ объектісінің меншік иесінің (иесінің) ЭЦҚ-мен куәландырылған сынақ объектісінің сипаттамалары туралы сауалнама-сұрақнаманы және ақпараттандыру объектісін құруға арналған техникалық тапсырманы (дамытуға арналған техникалық тапсырманы, бар болған жағдайда техникалық тапсырмаға толықтыруды) жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z466" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Өтініш беруші сынақтар кезінде анықталған сәйкессіздіктерді SYNAQ интернет-порталында жүргізілген жұмыстар бойынша сынақтар хаттамаларын орналастырған күннен бастап алпыс жұмыс күні ішінде жойған және мемлекеттік техникалық қызметке SYNAQ интернет-порталы арқылы анықталған сәйкессіздіктерді түзету нәтижелерімен салыстыру кестесін қоса бере отырып, қайталама сынақтар жүргізуге сұрау салуды жіберген кезде, мемлекеттік техникалық қызмет өтеусіз негізде өтініш берушіден сұрау салуды алған күннен бастап жиырма жұмыс күні ішінде тиісті құжаттарды ресімдей отырып, осы жұмыс түрлері бойынша қайта сынақтар жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші белгіленген мерзімде екі реттен артық емес қайталама сынақтарға өтінім бере алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Белгіленген мерзімді өткізу осы Қағидаларда белгіленген жалпы тәртіппен сынақтар жүргізу үшін негіз болып табылады.</w:t>
-[...133 lines deleted...]
-      Бұл ретте ақпараттандыру объектісін өнеркісіптік пайдалануға енгізу үшін сынақтың жекелеген түрі бойынша хаттаманың қолданылу мерзімі хаттама берілген күннен бастап бір жылдан аспайды.</w:t>
+      Қажет болған жағдайда, өтініш беруші қайталама сынақтарды өткізу мерзімін ұзартуға қосымша өтінім беру арқылы, бірақ 20 жұмыс күнінен аспайтын мерзімін бір рет ұзарта алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Электрондық үкіметтің" ақпараттық-коммуникациялық платформасын сынау хаттамалары бір жыл қолданылу мерзімімен беріледі.</w:t>
+      Белгіленген мерзімді өткізу осы Қағидаларда белгіленген жалпы тәртіппен сынақтар жүргізу үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z486" w:id="231"/>
+    <w:bookmarkStart w:name="z467" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. Қызмет беруші тұрақты негізде тізімнің ақпараттық қауіпсіздігін қамтамасыз ету саласындағы уәкілетті органға мынадай деректерді ұсынады:</w:t>
+      26. Объектінің бағдарламалық қамтамасыз етуіне өзгерістер енгізуге байланысты сәйкессіздіктер түзетілгеннен кейін қайталама сынақтар жүргізу кезінде бастапқы кодқа талдау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z487" w:id="232"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сынақтар жүргізуге өтінім;</w:t>
+      Бұл ретте өтініш беруші қайталама сынақтар жүргізуге сұрау салуға сынақ объектісінің құрамдас бөліктері мен модульдерінің бастапқы кодтарын сынақ объектісін сәтті құрастыру үшін қажетті кітапханалармен және файлдармен қоса тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z488" w:id="233"/>
+    <w:bookmarkStart w:name="z468" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) сынақ зертханаларында сынақтар жүргізуге арналған шарт туралы ақпарат (күні, нөмірі);</w:t>
+      27. Қайта сынақтар жүргізу кезінде сәйкессіздіктер анықталған жағдайда мемлекеттік техникалық қызмет теріс қорытындысы бар хаттаманы ресімдейді, одан кейін сынақтар осы Қағидалардың 2-тарауында белгіленген тәртіппен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z489" w:id="234"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28. Алып тасталды - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z470" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Ақпараттандыру объектілерінің сынақ зертханаларында ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z471" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) сынақ объектісінің атауы;</w:t>
+      29. Сынақтарды сынақ зертханаларында жүргізуге шарттар жасау тәртібі Қазақстан Республикасының Азаматтық кодексіне сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z490" w:id="235"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z472" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) сынақ объектісінің меншік иесінің және (немесе) иесінің атауы;</w:t>
+        <w:t xml:space="preserve">
+      30. Сынақтар жүргізу үшін өтініш беруші мынадай құжаттарды ұсына отырып, мемлекеттік техникалық қызметке қағаз тасымалдауышта ілеспе хатпен осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сынақтар жүргізуге өтінім (бұдан әрі – өтінім) береді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z491" w:id="236"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z473" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) нәтижесін көрсете отырып, жұмыстың әрбір түрі бойынша ақпараттық қауіпсіздік талаптарына сәйкестігін сынаудың тізілімдік нөмірі, берілген күні және хаттамасы;</w:t>
+      1) шарттарға немесе заңды тұлғаның басшысын тағайындау туралы құжатқа қол қоюға уәкілетті тұлғаға сенімхаттың көшірмесі (заңды тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z492" w:id="237"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z474" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) сынақ объектісінің серверлік және желілік жабдықтың нақты орналасқан орны;</w:t>
+        <w:t xml:space="preserve">
+      2) сынақ объектісінің меншік иесі немесе иеленуші қағаз жеткізгіште бекіткен осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сынақ объектісінің сипаттамалары туралы сынақ объектісінің сипаттамалары туралы сауалнама-сұрақнама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z493" w:id="238"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z475" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) сынақ объектісінің меншік иесі немесе иеленушісі бекіткен сынақ объектісінің сипаттамалары туралы сауалнама-сұраулық.</w:t>
+      3) меншік иесі немесе иеленуші бекіткен, мемлекеттік заңды тұлғаның ақпараттық жүйесі және мемлекеттік электрондық ақпараттық ресурстарды қалыптастыруға арналған мемлекеттік емес ақпараттық жүйені қоспағанда, ақпараттандыру объектісіне техникалық тапсырма немесе техникалық ерекшелік, мемлекеттік электрондық ақпараттық ресурстарды қалыптастыруға арналған, компакт-дискіде (қажет болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z503" w:id="239"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z476" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аккредиттелген сынақ зертханасы жоғарыда көрсетілген деректерді ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органның интернет-порталына енгізуді қамтамасыз етеді.</w:t>
+      4) библиотекам дискіде сәтті компиляциялау үшін қажетті кітапханалары мен файлдары бар сынақ объектісінің компоненттері мен модульдерінің бастапқы кодтары (қажет болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z504" w:id="240"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z477" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Есеп түріндегі ақпарат аккредиттелген сынақ зертханасының ЭЦҚ-сын пайдалана отырып қалыптастырылады.</w:t>
+        <w:t xml:space="preserve">
+      5) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сынақ объектісінің ақпараттық қауіпсіздігі жөніндегі техникалық құжаттаманың бекітілген тізбесінің көшірмелері электронам дискіде электрондық түрде (қажет болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z505" w:id="241"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z478" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғарыда көрсетілген деректерді беру үшін мемлекеттік техникалық қызмет SYNAQ интернет-порталының ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органның интернет-порталымен интеграциялануын қамтамасыз етеді.</w:t>
+      6) өтініш берушіге меншік иесі немесе иеленушісі сынақтар жүргізуге өтінім беруге (қажет болған жағдайда) уәкілеттік беретін құжат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z494" w:id="242"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z479" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Ақпараттандыру объектісінің жұмыс істеу жағдайлары мен функционалдығына өзгерістер енгізген кезде ақпараттандыру объектісінің меншік иесі немесе иеленушісі өзгерістерге әкелген жұмыстарды аяқтағаннан кейін көрсетілетін қызмет берушіге барлық жүргізілген өзгерістердің сипаттамасын және сынақтар объектісінің меншік иесінің немесе иеленушісімен бекітілген сынақтар объектісінің сипаттамалары туралы жаңартылған сауалнама-сұраулықты қоса беріп, хабарлама жібереді.</w:t>
+      31. Сынақтар "Электрондық үкіметтің" ақпараттандыру объектілері мен ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу әдістемесіне сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z495" w:id="243"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z480" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. Ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті орган осы Қағидалардың талаптарына сәйкессіздіктер анықталған кезде, анықталған сәйкессіздіктерді қоса бере отырып, қызмет берушіге ақпарат жібереді.</w:t>
+      32. Егер өтініш беруші жүргізілген жұмыстар бойынша сынақ хаттамаларын алған күннен бастап жиырма жұмыс күні ішінде сынақтар кезінде анықталған сәйкессіздіктерді жойған және анықталған сәйкессіздіктерді түзету нәтижелерімен салыстыру кестесін қоса бере отырып, өнім берушіге қайталама сынақтар жүргізуге сұрау салуды жіберген жағдайда, өнім беруші өтініш берушіден хабарлама алған күннен бастап жиырма жұмыс күні ішінде өтеусіз негізде тиісті құжаттарды ресімдей отырып, осы жұмыс түрлеріне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z496" w:id="244"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. Қызмет беруші ақпараттандыру объектісіне енгізілген өзгерістерді және (немесе) анықталған сәйкессіздіктер туралы ақпаратты және (немесе) өзгермеуге талдау нәтижелері бойынша бастапқы кодтың өзгерістері туралы ақпаратты он жұмыс күнінен аспайтын мерзімде қарайды және тестілеу хаттамаларын кері қайтарып алу және ақпараттандыру объектісінің жұмыс істеу және (немесе) функционалдығы жағдайлары өзгерген кезде функциялары бұзылған сынақтардың сол түрін жүргізу қажеттілігі туралы шешім қабылдайды.</w:t>
+      Өтініш беруші белгіленген мерзімде екі реттен артық емес қайталама сынақтарға өтінім бере алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес ақпараттандыру объектісінің жұмыс істеуі және (немесе) функционалдығы өзгерістерінің тізбесі ескеріле отырып қабылданады.</w:t>
+        <w:t>
+      Қажет болған жағдайда, өтініш беруші қайталама сынақтарды өткізу мерзімін ұзартуға қосымша өтінім беру арқылы, бірақ 20 жұмыс күнінен аспайтын мерзімін бір рет ұзарта алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z497" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. Сынақ хаттамаларын қайтарып алу кезінде меншік иесі немесе иеленуші үш ай мерзімде осы Қағидалардың 2 немесе 3-тарауында белгіленген тәртіппен сынақтардан өту туралы қызмет берушілерге өтінім беру үшін шаралар қолданады.</w:t>
+      Белгіленген мерзімді өткізу осы Қағидаларда белгіленген жалпы тәртіппен сынақтар жүргізу үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z498" w:id="246"/>
+    <w:bookmarkStart w:name="z481" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      33. Қайталама сынақтар жүргізу кезінде сәйкессіздіктер анықталған жағдайда өнім беруші теріс қорытындысы бар хаттаманы ресімдейді, содан кейін сынақтар осы Қағидалардың 3-тарауында белгіленген тәртіппен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z482" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Сынақ хаттамалары жоғалған, бүлінген немесе бүлінген кезде сынақ объектісінің меншік иесі немесе иеленушісі өнім берушіге себептерін көрсете отырып хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнім беруші хабарламаны алған күннен бастап бес жұмыс күні ішінде сынақ хаттамаларының телнұсқасын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z483" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Ақпараттық қауіпсіздік талаптарына сәйкестігін сынау хаттамаларын беру және кері қайтарып алу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z484" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Ақпараттық қауіпсіздік талаптарына сәйкестігін сынау хаттамаларын қызмет беруші береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z485" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Сынақ хаттамаларының жарамдылық мерзімі "электрондық үкіметтің" ақпараттық-коммуникациялық платформасын қоспағанда, барлық сынақ объектілері үшін немесе сынақ объектісінің жұмыс істеуі және (немесе) функционалдық шарттары және (немесе) меншік және (немесе) иелену құқықтары өзгергеннен кейін 3 (үш) жыл мерзімге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте ақпараттандыру объектісін өнеркәсіптік пайдалануға беру үшін сынақтың жекелеген түрі бойынша хаттаманың қолданылу мерзімі хаттама берілген күннен бастап бір жылдан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттандыру объектісінің меншік иесі немесе иеленушісі сынақ хаттамаларының жарамдылық мерзімінің аяқталуына дейін осы Қағидалардың 2 немесе 3-тарауларында белгіленген тәртіппен 3 (үш) ай бұрын өнім берушіге сынақ өту жөнінде өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Электрондық үкіметтің" ақпараттық-коммуникациялық платформасының сынақ хаттамалары 1 (бір) жыл қолданылу мерзімімен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z486" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37. Қызмет беруші тұрақты негізде ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органға мынадай деректерді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z509" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сынақтар жүргізуге өтінімді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z510" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сынақ зертханаларында сынақтар жүргізуге арналған шарт туралы ақпаратты (күні, нөмірі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z511" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сынақ объектісінің атауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z512" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сынақ объектісінің меншік иесінің және (немесе) иеленушінің атауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z513" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) нәтижесін көрсете отырып, жұмыстың әрбір түрі бойынша ақпараттық қауіпсіздік талаптарына сәйкестігін сынаудың тізілімдік нөмірі, берілген күні және хаттамасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z514" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сынақ объектісінің серверлік және желілік жабдықтың нақты орналасқан орнын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z515" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сынақ объектісінің меншік иесі немесе иеленушісі бекіткен сынақ объектісінің сипаттамалары туралы сауалнама-сұраулықты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z516" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккредиттелген сынақ зертханасы жоғарыда көрсетілген деректерді ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органның интернет-порталына енгізуді қамтамасыз етеді немесе меншік интернет-порталы болған жағдайда ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органға жеке кабинетке қолжетімдікті ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z517" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есеп түріндегі ақпарат аккредиттелген сынақ зертханасының ЭЦҚ-сын пайдалана отырып қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z518" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоғарыда көрсетілген деректерді беру үшін мемлекеттік техникалық қызмет SYNAQ интернет-порталының ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органның интернет-порталымен интеграциялануын қамтамасыз етеді немесе SYNAQ интернет-порталында ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органға жеке кабинетке қолжетімдікті ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z519" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызмет беруші тоқсан сайын ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органға электрондық құжат айналымы жүйесі бойынша осы Қағидалардағы 37-тармақтың 3), 4) және 5) тармақшаларында көрсетілген деректерді ұсына отырып жүргізілген және жоспарланатын сынақтар туралы есепті ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z494" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Ақпараттандыру объектісінің жұмыс істеу жағдайлары және (немесе) функционалдығы өзгерген және (немесе) меншік құқықтары өзгерген кезде ақпараттандыру объектісінің меншік иесі немесе иеленушісі өзгерістерге әкелген жұмыстарды аяқтағаннан кейін көрсетілетін қызмет берушіге барлық жүргізілген өзгерістердің сипаттамасын және сынақтар объектісінің меншік иесінің немесе иеленушісімен бекітілген сынақтар объектісінің сипаттамалары туралы жаңартылған сауалнама-сұраулықты қоса беріп, хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cынақ бір (бірнеше) түрін өткізу туралы шешім қабылданған кезде бұрын берілген тиісті сынақ хаттамасы (хаттамалары) немесе сынақ актісі өз қолданысын тоқтатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z495" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті орган осы Қағидалардың талаптарына сәйкессіздіктер анықталған кезде, анықталған сәйкессіздіктерді қоса бере отырып, қызмет берушіге ақпарат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z496" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Қызмет беруші ақпараттандыру объектісіне енгізілген өзгерістерді және (немесе) анықталған сәйкессіздіктер туралы ақпаратты және (немесе) өзгермеуге талдау нәтижелері бойынша бастапқы кодтың өзгерістері туралы ақпаратты он жұмыс күнінен аспайтын мерзімде қарайды және тестілеу хаттамаларын кері қайтарып алу және ақпараттандыру объектісінің жұмыс істеу және (немесе) функционалдығы жағдайлары өзгерген кезде функциялары бұзылған сынақтардың сол түрін жүргізу қажеттілігі туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шешім осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ақпараттандыру объектісінің жұмыс істеуі және (немесе) функционалдығы өзгерістерінің тізбесі ескеріле отырып қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z497" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Сынақ хаттамаларын қайтарып алу кезінде меншік иесі немесе иеленуші үш ай мерзімде осы Қағидалардың 2 немесе 3-тарауында белгіленген тәртіппен сынақтардан өту туралы қызмет берушілерге өтінім береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 41-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z498" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       42. Шағымды қарау өтініш беруші ақпараттық қауіпсіздік талаптарына сәйкестігін сынау хаттамаларының нәтижелерімен келіспеген жағдайда жүзеге асырылады және оны Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабына сәйкес ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті орган жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24131,888 +25115,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...63 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...759 lines deleted...]
-      (Мөр орны) болған жағдайда</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаға өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25048,168 +25231,999 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">Нысан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (өнім берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Сынақтарды өткізуге өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (сынақ объектісінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақпараттық қауіпсіздік талаптарына сәйкестігіне (бұдан әрі – сынақтар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1._______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (өтініш беруші ұйымның атауы, аты-жөні (бар болса),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бизнес-сәйкестендіру нөмірі, өтініш берушінің банктік деректемелері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (өтініш берушінің пошталық мекенжайы, e-mail және телефоны, облыс, қала, аудан)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сынақтарды өткізуді сұрайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (сынақ объектісінің атауы, нұсқа нөмірі, әзірленген күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай жұмыс түрлерінің құрамында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Қағидалардың 4,6,7-тармақтарына сәйкес жұмыс түрлерінің тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қажетті тармақты көрсетіңіз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сыналатын сынақ объектісінің меншік иесі (иеленуші) туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (атауы немесе аты-жөні (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (облыс, қала, аудан, пошта мекенжайы, телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сыналатын сынақ объектісін әзірлеуші туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әзірлеуші туралы ақпарат, авторлардың атауы немесе аты-жөні (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қала, аудан, пошта мекенжайы, телеф)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өнім берушімен байланыс үшін жауапты тұлғаның деректері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тегі, аты, әкесінің аты: _____________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лауазымы: ________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жұмыс телефоны:___________, ұялы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      телефон:_______________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электрондық пошта мекенжайы: е-mail:__________________@___________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші ұйымның басшысы/ аты-жөні (бар болса),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берушінің ______ (өтініш берушінің)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Мөр орны) болған жағдайда</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Электрондық үкіметтің"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ақпараттандыру объектілерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және ақпараттық-</w:t>
+              <w:t>және ақпараттық- коммуникациялық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">коммуникациялық </w:t>
+              <w:t>инфрақұрылымның аса маңызды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>инфрақұрылымның аса маңызды</w:t>
+              <w:t>объектілерінің ақпараттық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>объектілерінің ақпараттық</w:t>
+              <w:t>қауіпсіздік талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қауіпсіздік талаптарына</w:t>
+              <w:t>сәйкестігіне сынақтар жүргізу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сәйкестігіне сынақтар</w:t>
-[...25 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>қағидаларына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -25263,505 +26277,583 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сынақ объектісінің сипаттамалары туралы сауалнама-сұраулық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-            1. Сынақ объектісінің атауы:_____________________________________</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________</w:t>
+      1. Сынақ объектісінің атауы:________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Сынақ объектісіне қысқаша аннотация ____________________________</w:t>
+       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________</w:t>
+      2. Сынақ объектісіне қысқаша аннотация ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                        (мақсаты және қолдану саласы)</w:t>
+      ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Сынақ объектісінің жіктелуі:</w:t>
+      (мақсаты және қолдану саласы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қолданбалы бағдарламалық қамтылым класы ________________________.</w:t>
+      3. Сынақ объектісінің жіктелуі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2016 жылғы 28 қаңтардағы № 135 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13349 болып тіркелген) бекітілген ақпараттандыру объектілерін сыныптау қағидаларына 2-қосымша нысан бойынша сыныптау схемасы.</w:t>
+      1) қолданбалы бағдарламалық қамтылым класы ________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Сынақ объектісінің архитектурасы:</w:t>
+        <w:t xml:space="preserve">
+      2) Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2016 жылғы 28 қаңтардағы № 135 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13349 болып тіркелген) бекітілген ақпараттандыру объектілерін сыныптау қағидаларына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысан бойынша сыныптау схемасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сынақ объектісінің функционалдық схемасы (қажет болған жағдайда):</w:t>
+      4. Сынақ объектісінің архитектурасы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      сынақ объектісінің компоненттерін, модульдерін және олардың IP-мекенжайларын;</w:t>
+      1) сынақ объектісінің функционалдық схемасы (қажет болған жағдайда):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      компоненттер немесе модульдер арасындағы байланыстар және ақпараттық ағындардың бағыттары;</w:t>
+      сынақ объектісінің компоненттерін, модульдерін және олардың IP-мекенжайларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      басқа объектілермен интеграциялық өзара әрекеттесудің қосылу нүктелері ақпараттандыру;</w:t>
+      компоненттер немесе модульдер арасындағы байланыстар және ақпараттық ағындардың бағыттары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      пайдаланушылардың қосылу нүктелері;</w:t>
+      басқа объектілермен интеграциялық өзара әрекеттесудің қосылу нүктелері ақпараттандыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      деректерді сақтау орындары мен технологиялары;</w:t>
+      пайдаланушылардың қосылу нүктелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қолданылатын резервтік жабдық;</w:t>
+      деректерді сақтау орындары мен технологиялары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қолданылатын терминдер мен аббревиатураларды түсіндіру;</w:t>
+      қолданылатын резервтік жабдық;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) сынақ объектісінің деректерін беру желісінің сызбасы (қажет болған жағдайда):</w:t>
+      қолданылатын терминдер мен аббревиатураларды түсіндіру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      желінің архитектурасы мен сипаттамалары;</w:t>
+      2) сынақ объектісінің деректерін беру желісінің сызбасы (қажет болған жағдайда):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      серверлік желілік және коммуникациялық жабдықтар;</w:t>
+      желінің архитектурасы мен сипаттамалары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      адресации и применяемых сетевых технологий;</w:t>
+      серверлік желілік және коммуникациялық жабдықтар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      пайдаланылатын жергілікті, ведомстволық (корпоративтік) және жаһандық желілер;</w:t>
+      адрестеу және қолданылатын желілік технологиялар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ақауларға төзімділікті қамтамасыз ету және резервтеу жөніндегі шешімдер(лар).</w:t>
+      пайдаланылатын жергілікті, ведомстволық (корпоративтік) және жаһандық желілер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қолданылатын терминдер мен аббревиатураларды түсіндіру;</w:t>
+      ақауларға төзімділікті қамтамасыз ету және резервтеу жөніндегі шешім (дер);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Сынақ объектісі туралы ақпарат:</w:t>
+      қолданылатын терминдер мен аббревиатураларды түсіндіру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) серверлік жабдық туралы ақпарат (кестені толтыру):</w:t>
+      5. Сынақ объектісі туралы ақпарат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) серверлік жабдық туралы ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -25780,449 +26872,267 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...37 lines deleted...]
-              <w:t>п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...37 lines deleted...]
-              <w:t>(домендік атау, желі атауы немесе логикалық Сервер атауы)</w:t>
+Сервердің немесе виртуалды ресурстың атауы (домендік атау, желі атауы немесе логикалық сервер атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...37 lines deleted...]
-              <w:t>(орындалатын функционалдық міндеттер)</w:t>
+Мақсаты (орындалатын функционалдық міндеттер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Саны</w:t>
+Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сервердің сипаттамалары немесе қолданылатын мәлімделген виртуалды ресурстар</w:t>
+Сервердің сипаттамалары немесе қолданылатын мәлімделген виртуалды ресурстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...37 lines deleted...]
-              <w:t>(нұсқа нөмірлері көрсетілген бағдарламалық ортаның құрамы)</w:t>
+Операциялық жүйе (бұдан әрі – ОЖ), деректер қоры басқару жүйесі (бұдан әрі – ДҚБЖ), бағдарламалық қамтама (бұдан әрі – БҚ), қосымшалар, кітапханалар және серверлерде орнатылған немесе пайдаланылатын виртуалды сервистер қорғау құралдары (нұсқа нөмірлері көрсетілген бағдарламалық ортаның құрамы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қолданылатын IP мекенжайлары</w:t>
+Қолданылатын IP мекенжайлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26914,51 +27824,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            2) желілік жабдық туралы ақпарат (кестені толтыру):</w:t>
+      2) желілік жабдық туралы ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -26977,337 +27887,267 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Желілік жабдықтың атауы (бренд / модель)</w:t>
+Желілік жабдықтың атауы (марка / модель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Мақсаты (орындалатын функционалдық міндеттер)</w:t>
+Мақсаты (орындалатын функционалдық міндеттер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Саны</w:t>
+Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қолданылатын желілік технологиялар</w:t>
+Қолданылатын желілік технологиялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Желіні қорғаудың қолданылатын технологиялары</w:t>
+Желіні қорғаудың қолданылатын технологиялары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Пайдаланылған IP мекенжайлары, соның ішінде басқару порты</w:t>
+Пайдаланылған IP мекенжайлары, соның ішінде басқару порты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27999,51 +28839,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            3) серверлік және желілік жабдықтың орналасқан жері (кестені толтыру):</w:t>
+      3) серверлік және желілік жабдықтың орналасқан жері:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -28061,291 +28901,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Серверлік үй-жайдың иесі</w:t>
+Серверлік үй-жайдың иесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Серверлік үй-жай иесінің заңды мекенжайы</w:t>
+Серверлік үй-жай иесінің заңды мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Нақты орналасқан жері – сервер бөлмесінің мекен-жайы</w:t>
+Нақты орналасқан жері – сервер бөлмесінің мекен-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қолжетімділікті ұйымдастыруға жауапты тұлғалар (Т.А.Ә. (бар болса)</w:t>
+Қолжетімділікті ұйымдастыруға жауапты тұлғалар (Т.А.Ә. (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Жауапты тұлғалардың телефондары (жұмысшылар, ұялы)</w:t>
+Жауапты тұлғалардың телефондары (жұмыс, ұялы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28937,51 +29717,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            4) резервтік серверлік жабдықтың сипаттамалары (кестені толтыру):</w:t>
+      4) резервтік серверлік жабдықтың сипаттамалары:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -29001,383 +29781,303 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сервердің немесе виртуалды ресурстың атауы (домендік атау, желі атауы немесе логикалық Сервер атауы)</w:t>
+Сервердің немесе виртуалды ресурстың атауы (домендік атау, желі атауы немесе логикалық Сервер атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Мақсаты (орындалатын функционалдық міндеттер)</w:t>
+Мақсаты (орындалатын функционалдық міндеттер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Саны</w:t>
+Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сипаттамалары сервер немесе пайдаланылған мәлімделген виртуалды ресурстар</w:t>
+Сипаттамалары сервер немесе пайдаланылған мәлімделген виртуалды ресурстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>ОЖ, ДҚБЖ, БҚ, қосымшалар, кітапханалар және серверлерде орнатылған немесе пайдаланылатын виртуалды сервистер қорғау құралдары (нұсқа нөмірлері көрсетілген бағдарламалық ортаның құрамы)</w:t>
+ОЖ, ДҚБЖ, БҚ, қосымшалар, кітапханалар және серверлерде орнатылған немесе пайдаланылатын виртуалды сервистер қорғау құралдары (нұсқа нөмірлері көрсетілген бағдарламалық ортаның құрамы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қолданылатын IP мекенжайлары</w:t>
+Қолданылатын IP мекенжайлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Брондау әдісі</w:t>
+Брондау әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30169,51 +30869,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            5) резервтік желілік жабдықтың сипаттамалары (кестені толтыру):</w:t>
+      5) резервтік желілік жабдықтың сипаттамалары:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -30233,383 +30933,303 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Желілік жабдықтың атауы (бренд / модель)</w:t>
+Желілік жабдықтың атауы (марка / модель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Мақсаты (орындалатын функционалдық міндеттер)</w:t>
+Мақсаты (орындалатын функционалдық міндеттер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Саны</w:t>
+Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қолданылатын желілік технологиялар</w:t>
+Қолданылатын желілік технологиялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Желіні қорғаудың қолданылатын технологиялары</w:t>
+Желіні қорғаудың қолданылатын технологиялары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Пайдаланылған IP мекенжайлары, соның ішінде басқару порты</w:t>
+Пайдаланылған IP мекенжайлары, соның ішінде басқару порты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Брондау әдісі</w:t>
+Брондау әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31401,51 +32021,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            6) резервтік серверлік және желілік жабдықтың орналасқан жері (кестені толтыру):</w:t>
+      6) резервтік серверлік және желілік жабдықтың орналасқан жері:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -31463,291 +32083,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Серверлік үй-жайдың иесі</w:t>
+Серверлік үй-жайдың иесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Серверлік үй-жай иесінің заңды мекенжайы</w:t>
+Серверлік үй-жай иесінің заңды мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Нақты орналасқан жері – сервер бөлмесінің мекен-жайы</w:t>
+Нақты орналасқан жері – сервер бөлмесінің мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қолжетімділікті ұйымдастыруға жауапты тұлғалар (аты-жөні. (бар болса)</w:t>
+Қолжетімділікті ұйымдастыруға жауапты тұлғалар (тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Жауапты тұлғалардың телефондары (жұмысшылар, ұялы)</w:t>
+Жауапты тұлғалардың телефондары (жұмыс, ұялы телефоны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32339,51 +32899,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            7) сынақ объектісі желісінің құрылымы (кестені толтыру) (қажет болған жағдайда):</w:t>
+      7) сынақ объектісі желісінің құрылымы (қажет болған жағдайда):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -32398,153 +32958,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Желі сегментінің атауы</w:t>
+Желі сегментінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Желінің IP мекенжайы / желі маскасы</w:t>
+Желінің IP мекенжайы / желі маскасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32836,51 +33366,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            8) әкімшілердің жұмыс станциялары бойынша ақпарат (кестені толтыру):</w:t>
+      8) әкімшілердің жұмыс станциялары бойынша ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -32899,337 +33429,267 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Әкімші рөлі</w:t>
+Әкімші рөлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Әкімші есептік жазбаларының саны</w:t>
+Әкімші есептік жазбаларының саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Интернетке қол жетімділіктің болуы</w:t>
+Интернетке қол жетімділіктің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Жабдыққа қашықтан қол жеткізудің болуы</w:t>
+Жабдыққа қашықтан қол жеткізудің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Әкімші жұмыс станциясының IP мекенжайы</w:t>
+Әкімші жұмыс станциясының IP мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Нақты орналасқан жері-жұмыс орнының мекен-жайы</w:t>
+Нақты орналасқан жері-жұмыс орнының мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33921,51 +34381,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            9) қолданбалы бағдарламалық қамтылымды пайдаланушылар туралы, оның ішінде мобильді және интернет қосымшаларды қолдана отырып ақпарат (кестені толтыру):</w:t>
+      9) қолданбалы бағдарламалық қамтылымды пайдаланушылар туралы, оның ішінде мобильді және интернет қосымшаларды қолдана отырып ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -33985,383 +34445,303 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Пайдаланушының рөлі</w:t>
+Пайдаланушының рөлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Пайдаланушының үлгілік әрекеттерінің тізбесі</w:t>
+Пайдаланушының үлгілік әрекеттерінің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Пайдаланушылардың сынақ объектісіне қосылу нүктесінің мекенжайы мен порты</w:t>
+Пайдаланушылардың сынақ объектісіне қосылу нүктесінің мекенжайы мен порты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Пайдаланушыларды сынақ объектісіне қосу хаттамасы</w:t>
+Пайдаланушыларды сынақ объектісіне қосу хаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сынақ объектісін құруға немесе дамытуға арналған техникалық құжаттамаға сәйкес пайдаланушылар саны</w:t>
+Сынақ объектісін құруға немесе дамытуға арналған техникалық құжаттамаға сәйкес пайдаланушылар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Секундына өңделетін сұраулардың (пакеттердің) ең көп саны</w:t>
+Секундына өңделетін сұраулардың (пакеттердің) ең көп саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сұраулар арасындағы максималды күту уақыты</w:t>
+Сұраулар арасындағы максималды күту уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34631,51 +35011,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            10) сынақ объектісінің интеграциялық өзара іс-қимылы туралы, оның ішінде жоспарланатын ақпарат (кестені толтыру):</w:t>
+      10) сынақ объектісінің интеграциялық өзара іс-қимылы туралы, оның ішінде жоспарланатын ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -34696,429 +35076,339 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Интеграциялық байланыстың (ақпараттандыру объектісінің)атауы</w:t>
+Интеграциялық байланыстың (ақпараттандыру объектісінің) атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Интеграцияланатын объектінің иесі немесе иесі</w:t>
+Интеграцияланатын объектінің меншік иесі немесе иесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қолданыстағы / жоспарланған</w:t>
+Қолданыстағы / жоспарланған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Интеграция Модулінің болуы</w:t>
+Интеграция модулінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қосылу нүктесінің мекенжайы</w:t>
+Қосылу нүктесінің мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қосылу хаттамасы</w:t>
+Қосылу хаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Секундына сұраныстардың (пакеттердің) максималды саны</w:t>
+Секундына сұраныстардың (пакеттердің) максималды саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сұраулар арасындағы максималды күту уақыты</w:t>
+Сұраулар арасындағы максималды күту уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -36010,51 +36300,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            11) қолданбалы бағдарламаның бастапқы кодтары (кестені толтыру) (қажет болған жағдайда):</w:t>
+      11) қолданбалы бағдарламаның бастапқы кодтары (қажет болған жағдайда):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -36076,503 +36366,375 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Дискінің маркалауы (қажет болған жағдайда)</w:t>
+Дискіні маркалау (қажет болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Каталог атауы / дискідегі каталог атауы</w:t>
+Каталог атауы / дискідегі каталог атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Файл атауы</w:t>
+Файл атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...37 lines deleted...]
-              <w:t>Мбайт</w:t>
+Файл өлшемі, Мбайт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қолданылатын бағдарламалау тілі (қажет болған жағдайда)</w:t>
+Қолданылатын бағдарламалау тілі (қажет болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Бағдарламалау тілінің нұсқасы</w:t>
+Бағдарламалау тілінің нұсқасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қолданылатын жақтау, жақтау нұсқасы</w:t>
+Қолданылатын жақтау, жақтау нұсқасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Даму ортасының нұсқасы</w:t>
+Даму ортасының нұсқасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Файлды өзгерту күні</w:t>
+Файлды өзгерту күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -37564,51 +37726,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            12) пайдаланылатын кітапханалар мен бағдарламалық платформаның(лардың) бастапқы кодтары мен орындалатын файлдары(қажет болған жағдайда):</w:t>
+      12) пайдаланылатын кітапханалар мен бағдарламалық платформаның (лардың) бастапқы кодтары мен орындалатын файлдары (қажет болған жағдайда):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -37627,337 +37789,267 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Дискінің маркалауы (қажет болған жағдайда)</w:t>
+Дискіні маркалау (қажет болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Каталог атауы / дискідегі каталог атауы</w:t>
+Каталог атауы / дискідегі каталог атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Кітапхана / бағдарламалық платформа / файл атауы</w:t>
+Кітапхана / бағдарламалық платформа / файл атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Өлшемі, Мбайт</w:t>
+Өлшемі, Мбайт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Бағдарламалау тілі</w:t>
+Бағдарламалау тілі (қажет болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Кітапхана нұсқасы</w:t>
+Кітапхана нұсқасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -38649,51 +38741,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       6. Сыналатын объектіні құжаттау (кестені толтыру) (қажет болған жағдайда):</w:t>
+      6. Сыналатын объектіні құжаттау (қажет болған жағдайда):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -38711,291 +38803,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Құжаттың атауы</w:t>
+Құжаттың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Болуы</w:t>
+Болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Беттер саны</w:t>
+Беттер саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Бекітілген күні</w:t>
+Бекітілген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Құжат әзірленген Стандарт немесе нормативтік құжат</w:t>
+Құжат әзірленген Стандарт немесе нормативтік құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -39454,51 +39486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпаратты өңдеу құралдарымен байланысты активтерді сәйкестендіру, жіктеу және таңбалау қағидалары;</w:t>
+Ақпараттық қауіпсіздік тәуекелдерін бағалау әдістемесі;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39659,51 +39691,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпараттық қауіпсіздік тәуекелдерін бағалау әдістемесі;</w:t>
+Ақпаратты өңдеу құралдарымен және оларды түгендеумен байланысты активтерді сәйкестендіру, сыныптау, таңбалау, паспорттау қағидалары;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39864,51 +39896,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпаратты өңдеу құралдарымен байланысты активтердің үздіксіз жұмысын қамтамасыз ету жөніндегі қағидалар;</w:t>
+Ақпараттық қауіпсіздіктің ішкі аудитін жүргізу қағидалары;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40069,51 +40101,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептеу техникасы, телекоммуникациялық жабдық және бағдарламалық қамтамасыз ету құралдарын түгендеу және паспорттау қағидалары;</w:t>
+Ақпаратты криптографиялық қорғау құралдарын пайдалану қағидалары;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40274,51 +40306,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпараттық қауіпсіздіктің ішкі аудитін жүргізу қағидалары;</w:t>
+Электрондық ақпараттық ресурстарға қол жеткізу құқықтарын аутентификациялау және олардың аражігін ажырату рәсімін ұйымдастыру қағидалары;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40479,51 +40511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпаратты криптографиялық қорғау құралдарын пайдалану қағидалары;</w:t>
+Антивирустық бақылауды ұйымдастыру, мобильді құрылғыларды, ақпарат жеткізгіштерді, Интернетті және электрондық поштаны пайдалану қағидалары;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40684,51 +40716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық ақпараттық ресурстарға қол жеткізу құқықтарының аражігін ажырату қағидалары;</w:t>
+Ақпаратты өңдеу құралдарымен байланысты активтердің физикалық қорғалуын, жұмыс істеуі мен үздіксіз жұмысын қамтамасыз етудің қауіпсіз ортасын ұйымдастыру қағидалары;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40889,51 +40921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Интернет және электрондық поштаны пайдалану қағидалары;</w:t>
+Ақпараттандыру объектісін сүйемелдеу, ақпаратты резервтік көшіру және қалпына келтіру жөніндегі әкімшінің нұсқауы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -41094,1281 +41126,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аутентификация рәсімін ұйымдастыру қағидалары;</w:t>
-[...1229 lines deleted...]
-Ақпараттық қауіпсіздік инциденттеріне және штаттан тыс (дағдарыстық) жағдайларға ден қою бойынша пайдаланушылардың іс-қимыл тәртібі туралы нұсқаулық.</w:t>
+Пайдаланушылардың ақпараттық қауіпсіздіктің оқыс оқиғаларына және штаттан тыс (дағдарысты) жағдайларда ден қою бойынша іс-қимыл тәртібі туралы нұсқаулық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -42458,230 +41260,50 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...178 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -42743,140 +41365,179 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ақпараттандыру объектілерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және ақпараттық-</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>коммуникациялық</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>коммуникациялық</w:t>
+              <w:t>инфрақұрылымның аса маңызды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>инфрақұрылымның аса маңызды</w:t>
+              <w:t>объектілерінің ақпараттық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>объектілерінің ақпараттық</w:t>
+              <w:t>қауіпсіздік талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қауіпсіздік талаптарына</w:t>
+              <w:t>сәйкестігіне сынақтар жүргізу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сәйкестігіне сынақтар</w:t>
-[...25 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>қағидаларына 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -42930,327 +41591,277 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сынақ объектісінің ақпараттық қауіпсіздігі жөніндегі техникалық құжаттаманың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      1. Ақпараттық қауіпсіздік саясаты;</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z520" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Ақпаратты өңдеу құралдарымен байланысты активтерді сәйкестендіру, жіктеу және таңбалау қағидалары;</w:t>
+      1. Ақпараттық қауіпсіздік саясаты;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z521" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Ақпараттық қауіпсіздік тәуекелдерін бағалау әдістемесі;</w:t>
+      2. Ақпараттық қауіпсіздік тәуекелдерін бағалау әдістемесі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z522" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Ақпаратты өңдеу құралдарымен байланысты активтердің үздіксіз жұмысын қамтамасыз ету жөніндегі қағидалар;</w:t>
+      3. Ақпаратты өңдеу құралдарымен және оларды түгендеумен байланысты активтерді сәйкестендіру, жіктеу, таңбалау, паспорттау қағидалары;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z523" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Есептеу техникасы, телекоммуникациялық жабдық және бағдарламалық қамтылым құралдарын түгендеу және паспорттау қағидалары;</w:t>
+      4. Ақпараттық қауіпсіздіктің ішкі аудитін жүргізу қағидалары;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z524" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Ақпараттық қауіпсіздіктің ішкі аудитін жүргізу қағидалары;</w:t>
+      5. Ақпаратты криптографиялық қорғау құралдарын пайдалану қағидалары;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z525" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Ақпаратты криптографиялық қорғау құралдарын пайдалану қағидалары;</w:t>
+      6. Электрондық ақпараттық ресурстарға қол жеткізу құқықтарын аутентификациялау және олардың аражігін ажырату рәсімін ұйымдастыру қағидалары;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z526" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Электрондық ақпараттық ресурстарға қол жеткізу құқықтарының аражігін ажырату қағидалары;</w:t>
+      7. Антивирустық бақылауды ұйымдастыру, мобильді құрылғыларды, ақпарат жеткізгіштерді, Интернетті және электрондық поштаны пайдалану қағидалары;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z527" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Интернет және электрондық поштаны пайдалану қағидалары;</w:t>
+      8. Ақпаратты өңдеу құралдарымен байланысты активтердің физикалық қорғалуын, жұмыс істеуінің қауіпсіз ортасын ұйымдастыру және үздіксіз жұмысын қамтамасыз ету қағидалары;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z528" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Аутентификация рәсімін ұйымдастыру қағидалары;</w:t>
+      9. Ақпараттандыру объектісін сүйемелдеу, ақпаратты резервтік көшіру және қалпына келтіру жөніндегі әкімшінің нұсқауы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z529" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Антивирустық бақылауды ұйымдастыру қағидлары;</w:t>
+      10. Ақпараттық қауіпсіздіктің инциденттеріне және штаттан тыс (дағдарыстық) жағдайларға ден қою бойынша пайдаланушылардың іс-қимыл тәртібі туралы нұсқаулық.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="251"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -43421,50 +42032,88 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақпараттандыру объектісінің жұмыс істеуі және (немесе) функционалдығы өзгерістерінің тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымшаға өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -46561,50 +45210,307 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттандыру объектісінің меншік және (немесе) иеленуші құқықтарын өзгерту (меншік иесін және/немесе иеленушісін өзгерту)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>