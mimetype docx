--- v0 (2025-10-12)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="21eec8c" w14:textId="21eec8c">
+    <w:p w14:paraId="5f84f8e" w14:textId="5f84f8e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1013,268 +1013,454 @@
         <w:t>
       4) қаражатты алушы – ұлттық фильм деп тануға үмітті киножобаны қаржыландыру туралы шарт жасасқан кинематографиялық қызмет субъектісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уәкілетті орган – кинематография саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша 01.01.2026 бастап мынадай редакциясы қолданыста болады - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Мәдениет және ақпарат министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 605-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) Ұлттық киноны қолдау мемлекеттік орталығы – ұлттық фильмдер деп танылуға үмітті киножобалар мен ұлттық фильмдерді қаржыландыру түрінде мемлекеттік қолдауды, оның ішінде қызметінің негізгі нысанасы фильмдер шығару болып табылатын, жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғаға мемлекеттік қаржылық қолдаудың жыл сайынғы сомасының жалпы көлемінің кемінде отыз бес пайызы мөлшерінде ұсыну бойынша бірыңғай оператор (бұдан әрі – бірыңғай оператор).</w:t>
+      6) Ұлттық киноны қолдау мемлекеттік орталығы – қызметінің негізгі нысанасы фильмдер шығару болып табылатын, жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғаға фильмдерді қаржыландырудың жалпы көлемінің кемінде отыз пайызы мөлшеріндегі мемлекеттік тапсырманы орындауға бөлінетін қаражатты қоспағанда, ұлттық фильмдер деп танылуға үмітті киножобалар мен ұлттық фильмдерді қаржыландыру түрінде мемлекеттік қолдауды ұсыну, Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждауды қаржыландыру жөніндегі бірыңғай оператор (бұдан әрі – бірыңғай оператор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 605-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ұлттық фильмдер деп танылуға үмітті киножобаларды қаржыландыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасы Мәдениет және спорт министрі міндетін атқарушының 2019 жылғы 15 наурыздағы № 64 бұйрығымен бекітілген Ұлттық фильмдер деп танылуға үмітті киножобаларды шығару бойынша мемлекеттік қаржылық қолдау көрсету үшін оларды іріктеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің Мемлекеттік тіркеу тізілімінде № 18405 болып тіркелген) сәйкес жүргізілген конкурстық іріктеу қорытындылары бойынша уәкілетті орган оларды ұлттық фильм деп тануға үмітті киножобаларды (бұдан әрі – киножобалар) қаржыландыру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бұйрық шыққаннан кейін 10 (он) жұмыс күні ішінде уәкілетті орган бірыңғай оператормен оларды ұлттық фильм деп тануға үміткер киножобалар үшін мемлекеттік қаржылық қолдау көрсету жөніндегі оператордың қызметтеріне шарт жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бірыңғай оператор уәкілетті органмен шарт жасасқаннан кейін 15 (он бес) жұмыс күні ішінде қаржы қаражатын алушымен киножобаны қаржыландыруға шарт (бұдан әрі – шарт) жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қаржыландыруды бірыңғай оператор жасалған шарт негізінде кезең-кезеңімен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қаржы қаражатын алушы киножобаны іске асыру барысында қаржы қаражатын алушы бекіткен шығындардың баптары (еңбекақы төлеу қорын қоспағанда) арасында бірыңғай оператордың келісімінсіз бір кезең шеңберінде киножоба бойынша шығындар сметасының жалпы сомасының 10 (он) пайызынан аспайтын сомаға қайта бөледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қаржы қаражатын алушы бірыңғай операторға шартта белгіленген мерзімдерде әрбір кезең үшін аралық есеппен қоса орындалған жұмыстардың (көрсетілген қызметтердің) актісін, сондай-ақ киножобаны өндіруге бөлінген қаржы қаражатын пайдаланудың есебін қоса алғанда, киножобаны іске асырудың аяқталуы жөніндегі қорытынды есепті ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Бөлінген қаражаттың нысаналы пайдаланылуын талдау және күтілетін нәтижелерге қол жеткізу мақсатында бірыңғай оператор киножобаларды өндіру кезеңдерінің сақталуына оны іске асырудың кез келген кезеңінде мониторинг жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қаржы қаражатын алушы келесі траншты бірыңғай оператор уәкілетті органмен келісім-шарт бойынша орындалған жұмыстардың (көрсетілген қызметтердің) актісіне қол қойғаннан кейін алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1379,121 +1565,3434 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 140 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="30"/>
+    <w:bookmarkStart w:name="z28" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық фильмдер деп танылуға үмітті киножобалар шығаруды қаржыландыру көлемдерінің нормативтері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Мәдениет және спорт министрінің 10.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік маңызы бар анимациялық фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100%-нан аспауы тиіс)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыстар бөлімдері мен баптарының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістің сметалық құнынан %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Авторлық қаламақы төлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әдеби сценарий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Музыкалық партитура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Авторлық құқық беру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайын шығармаларға (музыка, архивтік және бейнематериалдар) лицензия сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Еңбекақы және есептеулер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штаттық персоналдың жалақысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қойылым сыйақысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Актерлердің ақысы (басты, негізгі, эпизодтар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көпшілік сахна, топтық жұмыс, дыбыстандыру ақысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атқарушы персоналдың ақысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штаттық персоналдың қосымша ақысы (пайдаланылмаған демалыс күндері үшін өтемақы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалақы есептеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Материалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейнематериалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа материалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейнемонтаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компьютерлік графика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дыбыс жазу және қайта жазу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Анимациялық фильмдер жасауға арналған жабдықты жалға алу және басқа да техникалық қызмет көрсету </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Автокөлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автобустар, шағын автобустар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Экспедиция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуліктік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұру шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жол жүру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Басқа шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс реквизиті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік үй-жайларды жалға алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Жалпыстудиялық шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпыстудиялық шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әлеуметтік маңызы бар деректі фильмдер, оның ішінде оқиғалы фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100%-нан аспауы тиіс)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1736,51 +5235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-ке дейін</w:t>
+6-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1962,51 +5461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-ке дейін</w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2230,51 +5729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35-ке дейін</w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2456,51 +5955,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20-ға дейін</w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2569,51 +6068,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-ке дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2795,51 +6294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-ке дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3176,51 +6675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2-ке дейін</w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3289,51 +6788,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1-ге дейін</w:t>
+3-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3408,51 +6907,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейнемонтаж</w:t>
+Павильон, интерьер, табиғи, декорация құрылысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3521,87 +7020,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Компьютерлік графика</w:t>
-[...35 lines deleted...]
-30-ға дейін</w:t>
+Жарықтандыру аппаратурасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3634,87 +7133,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дыбыс жазу және қайта жазу</w:t>
-[...35 lines deleted...]
-10-ға дейін</w:t>
+Түсіру аппаратурасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3746,975 +7245,2105 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-10-ға дейін</w:t>
+              <w:t>
+Дыбыс жазу және қайта жазу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-5. Автокөлік</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейнемонтаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19.</w:t>
-[...71 lines deleted...]
-1-ге дейін</w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компьютерлік графика, түсті түзету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-6. Экспедиция</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге де техникалық қызмет көрсету және техникалық құрылғылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
-[...71 lines deleted...]
-1-ге дейін</w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сахналық-қойылым құралдары (грим, костюм, реквизит, пиротехника)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1-ге дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Автокөлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22.</w:t>
-[...71 lines deleted...]
-1-ге дейін</w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеңіл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-7. Басқа шығындар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автобустар, шағын автобустар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23.</w:t>
-[...71 lines deleted...]
-1-ге дейін</w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүк тасымалдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24.</w:t>
-[...71 lines deleted...]
-5-ке дейін</w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы көлік құралдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8. Жалпыстудиялық шығындар</w:t>
+6. Экспедиция</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуліктік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұру шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жол жүру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Басқа шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс реквизиті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тірі реквизит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ойын автокөлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерьерлерді жалға алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік үй-жайларды жалға алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Жалпыстудиялық шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4748,65 +9377,65 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әлеуметтік маңызы бар деректі фильмдер, оның ішінде оқиғалы фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100%-нан аспауы тиіс)</w:t>
+        <w:t xml:space="preserve"> Әлеуметтік маңызы бар ойын фильмдері (қаржыландыру көлемі өндірістің сметалық құнының 100% - нан аспауы тиіс)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -5049,51 +9678,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6-ға дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5238,88 +9867,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-15-ке дейін</w:t>
+              <w:t>
+Авторлық құқық беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5543,51 +10172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20-ға дейін</w:t>
+35-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5732,52 +10361,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу</w:t>
+              <w:t xml:space="preserve">
+Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5882,51 +10511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6185,87 +10814,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штаттық персоналдың қосымша ақысы (пайдаланылмаған демалыс күндері үшін өтемақы)</w:t>
-[...35 lines deleted...]
-5-ке дейін</w:t>
+Каскадерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6298,242 +10927,242 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалақы есептеу</w:t>
-[...35 lines deleted...]
-3-ке дейін</w:t>
+Штаттық персоналдың қосымша ақысы (пайдаланылмаған демалыс күндері үшін өтемақы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3. Материалдар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалақы есептеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-5-ке дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Материалдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6566,242 +11195,242 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа материалдар</w:t>
-[...35 lines deleted...]
-3-ке дейін</w:t>
+Бейнематериалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-4. Қызметтер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа материалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-10-ға дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6834,51 +11463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарықтандыру аппаратурасы</w:t>
+Павильон, интерьер, табиғи, декорация құрылысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6947,87 +11576,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түсіру аппаратурасы</w:t>
-[...35 lines deleted...]
- 10-ға дейін</w:t>
+Жарықтандыру аппаратурасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7060,87 +11689,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дыбыс жазу және қайта жазу</w:t>
-[...35 lines deleted...]
- 15-ке дейін</w:t>
+Түсіру аппаратурасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7173,87 +11802,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейнемонтаж</w:t>
-[...35 lines deleted...]
- 10-ға дейін</w:t>
+Дыбыс жазу және қайта жазу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7286,87 +11915,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Компьютерлік графика, түсті түзету</w:t>
-[...35 lines deleted...]
-15-ке дейін</w:t>
+Бейнемонтаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7399,87 +12028,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзге де техникалық қызмет көрсету және техникалық құрылғылар</w:t>
-[...35 lines deleted...]
-5-ке дейін</w:t>
+Компьютерлік графика, түсті түзету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7511,243 +12140,243 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-10-ға дейін</w:t>
+              <w:t xml:space="preserve">
+Өзге де техникалық қызмет көрсету </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-5. Автокөлік</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сахналық-қойылым құралдары (грим, костюм, реквизит, пиротехника)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-5-ке дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Автокөлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7780,87 +12409,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автобустар, шағын автобустар</w:t>
-[...35 lines deleted...]
-10-ға дейін</w:t>
+Жеңіл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7893,87 +12522,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жүк тасымалдау</w:t>
-[...35 lines deleted...]
-5-ке дейін</w:t>
+Автобустар, шағын автобустар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8006,700 +12635,700 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы көлік құралдары</w:t>
-[...35 lines deleted...]
-10-ға дейін</w:t>
+Жүк тасымалдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-6. Экспедиция</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-20-ға дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Экспедиция</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
-[...71 lines deleted...]
-20-ға дейін</w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуліктік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...71 lines deleted...]
-20-ға дейін</w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұру шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-7. Басқа шығындар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жол жүру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-5-ке дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Басқа шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31.</w:t>
-[...35 lines deleted...]
-Тірі реквизит</w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс реквизиті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8732,87 +13361,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32.</w:t>
-[...35 lines deleted...]
-Ойын автокөлігі</w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тірі реквизит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8845,87 +13474,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
-[...35 lines deleted...]
-Интерьерлерді жалға алу</w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ойын автокөлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8958,206 +13587,319 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
-[...71 lines deleted...]
-10-ға дейін</w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерьерлерді жалға алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-8. Жалпыстудиялық шығындар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік үй-жайларды жалға алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-35.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Жалпыстудиялық шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9185,71 +13927,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әлеуметтік маңызы бар ойын фильмдері (қаржыландыру көлемі өндірістің сметалық құнының 100% - нан аспауы тиіс)</w:t>
+        <w:t xml:space="preserve"> Дебюттік фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100% - нан аспауы тиіс)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -9492,51 +14234,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10175,52 +14917,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу </w:t>
+              <w:t>
+Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11426,51 +16168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-ке дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11652,51 +16394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-ға дейін</w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11954,52 +16696,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Өзге де техникалық қызмет көрсету </w:t>
+              <w:t>
+Өзге де техникалық қызмет көрсету және техникалық құрылғылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12104,51 +16846,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20-ға дейін</w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12562,51 +17304,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы</w:t>
+Арнайы көлік құралдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12681,51 +17423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
+28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12753,205 +17495,205 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30.</w:t>
-[...71 lines deleted...]
-10-ға дейін</w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұру шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31.</w:t>
+30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12979,51 +17721,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13062,51 +17804,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
+31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13175,51 +17917,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
+32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13288,51 +18030,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.</w:t>
+33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13401,51 +18143,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36.</w:t>
+34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13514,51 +18256,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37.</w:t>
+35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13669,51 +18411,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38.</w:t>
+36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13741,71 +18483,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-ке дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Дебюттік фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100% - нан аспауы тиіс)</w:t>
+        <w:t xml:space="preserve"> Бірлесіп шығарылған фильмдер (қаржыландыру көлемі осындай фильмдерді шығару туралы тиісті келісімдер шеңберінде көзделген көлемдерден аспауға тиіс)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14048,51 +18790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-ке дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15946,51 +20688,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарықтандыру аппаратурасы</w:t>
+Бейнемонтаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16059,51 +20801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түсіру аппаратурасы</w:t>
+Дыбыс жазу және қайта жазу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16172,51 +20914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дыбыс жазу және қайта жазу</w:t>
+Жарықтандыру аппаратурасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16285,51 +21027,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейнемонтаж</w:t>
+Түсіру аппаратурасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16660,51 +21402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-ке дейін</w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17386,51 +22128,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұру шығыстары</w:t>
+Тұру шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18142,51 +22884,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+10-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18297,4630 +23039,74 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
-[...4555 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кең ауқымды көрермендер аудиториясына арналған ойын фильмдері (қаржыландыру көлемі шығарудың сметалық құнының: 2019 жылғы 1 қаңтардан бастап – 90%; 2020 жылғы 1 қаңтардан бастап – 80%; 2021 жылғы 1 қаңтардан бастап – 70%-нан аспауы тиіс)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -27503,55 +27689,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>