--- v1 (2025-12-31)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5f84f8e" w14:textId="5f84f8e">
+    <w:p w14:paraId="911a17b" w14:textId="911a17b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1013,454 +1013,350 @@
         <w:t>
       4) қаражатты алушы – ұлттық фильм деп тануға үмітті киножобаны қаржыландыру туралы шарт жасасқан кинематографиялық қызмет субъектісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уәкілетті орган – кинематография саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) Ұлттық киноны қолдау мемлекеттік орталығы – қызметінің негізгі нысанасы фильмдер шығару болып табылатын, жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғаға фильмдерді қаржыландырудың жалпы көлемінің кемінде отыз пайызы мөлшеріндегі мемлекеттік тапсырманы орындауға бөлінетін қаражатты қоспағанда, ұлттық фильмдер деп танылуға үмітті киножобалар мен ұлттық фильмдерді қаржыландыру түрінде мемлекеттік қолдауды ұсыну, Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждауды қаржыландыру жөніндегі бірыңғай оператор (бұдан әрі – бірыңғай оператор).</w:t>
+      6) Ұлттық киноны қолдау мемлекеттік орталығы – қызметінің негізгі нысанасы фильмдер шығару болып табылатын, жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғаға фильмдерді қаржыландырудың жалпы көлемінің кемінде отыз пайызы мөлшеріндегі мемлекеттік тапсырманы орындауға бөлінетін қаражатты қоспағанда, ұлттық фильмдер деп танылуға үмітті киножобалар мен ұлттық фильмдерді қаржыландыру түрінде мемлекеттік қолдауды ұсыну, Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждауды қаржыландыру және кинематография саласындағы субсидияларды төлеу жөніндегі бірыңғай оператор (бұдан әрі – бірыңғай оператор).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 605-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ұлттық фильмдер деп танылуға үмітті киножобаларды қаржыландыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасы Мәдениет және спорт министрі міндетін атқарушының 2019 жылғы 15 наурыздағы № 64 бұйрығымен бекітілген Ұлттық фильмдер деп танылуға үмітті киножобаларды шығару бойынша мемлекеттік қаржылық қолдау көрсету үшін оларды іріктеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің Мемлекеттік тіркеу тізілімінде № 18405 болып тіркелген) сәйкес жүргізілген конкурстық іріктеу қорытындылары бойынша уәкілетті орган оларды ұлттық фильм деп тануға үмітті киножобаларды (бұдан әрі – киножобалар) қаржыландыру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бұйрық шыққаннан кейін 10 (он) жұмыс күні ішінде уәкілетті орган бірыңғай оператормен оларды ұлттық фильм деп тануға үміткер киножобалар үшін мемлекеттік қаржылық қолдау көрсету жөніндегі оператордың қызметтеріне шарт жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бірыңғай оператор уәкілетті органмен шарт жасасқаннан кейін 15 (он бес) жұмыс күні ішінде қаржы қаражатын алушымен киножобаны қаржыландыруға шарт (бұдан әрі – шарт) жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қаржыландыруды бірыңғай оператор жасалған шарт негізінде кезең-кезеңімен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қаржы қаражатын алушы киножобаны іске асыру барысында қаржы қаражатын алушы бекіткен шығындардың баптары (еңбекақы төлеу қорын қоспағанда) арасында бірыңғай оператордың келісімінсіз бір кезең шеңберінде киножоба бойынша шығындар сметасының жалпы сомасының 10 (он) пайызынан аспайтын сомаға қайта бөледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қаржы қаражатын алушы бірыңғай операторға шартта белгіленген мерзімдерде әрбір кезең үшін аралық есеппен қоса орындалған жұмыстардың (көрсетілген қызметтердің) актісін, сондай-ақ киножобаны өндіруге бөлінген қаржы қаражатын пайдаланудың есебін қоса алғанда, киножобаны іске асырудың аяқталуы жөніндегі қорытынды есепті ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Бөлінген қаражаттың нысаналы пайдаланылуын талдау және күтілетін нәтижелерге қол жеткізу мақсатында бірыңғай оператор киножобаларды өндіру кезеңдерінің сақталуына оны іске асырудың кез келген кезеңінде мониторинг жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қаржы қаражатын алушы келесі траншты бірыңғай оператор уәкілетті органмен келісім-шарт бойынша орындалған жұмыстардың (көрсетілген қызметтердің) актісіне қол қойғаннан кейін алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1565,3434 +1461,121 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 140 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="29"/>
+    <w:bookmarkStart w:name="z28" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық фильмдер деп танылуға үмітті киножобалар шығаруды қаржыландыру көлемдерінің нормативтері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Мәдениет және спорт министрінің 10.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік маңызы бар анимациялық фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100%-нан аспауы тиіс)</w:t>
-      </w:r>
-[...3311 lines deleted...]
-        <w:t xml:space="preserve"> Әлеуметтік маңызы бар деректі фильмдер, оның ішінде оқиғалы фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100%-нан аспауы тиіс)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -5235,51 +1818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6-ға дейін</w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5461,51 +2044,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-ке дейін</w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5729,51 +2312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20-ға дейін</w:t>
+35-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5955,51 +2538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-ке дейін</w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6068,51 +2651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6294,51 +2877,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6675,51 +3258,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-ке дейін</w:t>
+2-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6788,51 +3371,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3-ке дейін</w:t>
+1-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6907,51 +3490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Павильон, интерьер, табиғи, декорация құрылысы</w:t>
+Бейнемонтаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7020,87 +3603,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарықтандыру аппаратурасы</w:t>
-[...35 lines deleted...]
-10-ға дейін</w:t>
+Компьютерлік графика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7133,87 +3716,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түсіру аппаратурасы</w:t>
-[...35 lines deleted...]
- 10-ға дейін</w:t>
+Дыбыс жазу және қайта жазу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7245,2105 +3828,975 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
- 15-ке дейін</w:t>
+              <w:t xml:space="preserve">
+Анимациялық фильмдер жасауға арналған жабдықты жалға алу және басқа да техникалық қызмет көрсету </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
- 10-ға дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Автокөлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
-[...71 lines deleted...]
-15-ке дейін</w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автобустар, шағын автобустар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-5-ке дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Экспедиция</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22.</w:t>
-[...71 lines deleted...]
-10-ға дейін</w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуліктік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-5. Автокөлік</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұру шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23.</w:t>
-[...71 lines deleted...]
-5-ке дейін</w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жол жүру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-10-ға дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Басқа шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
-[...71 lines deleted...]
-5-ке дейін</w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс реквизиті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
-[...71 lines deleted...]
-10-ға дейін</w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік үй-жайларды жалға алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Экспедиция</w:t>
+8. Жалпыстудиялық шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27.</w:t>
-[...987 lines deleted...]
-35.</w:t>
+25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9377,65 +4830,65 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әлеуметтік маңызы бар ойын фильмдері (қаржыландыру көлемі өндірістің сметалық құнының 100% - нан аспауы тиіс)</w:t>
+        <w:t xml:space="preserve"> Әлеуметтік маңызы бар деректі фильмдер, оның ішінде оқиғалы фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100%-нан аспауы тиіс)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -9678,51 +5131,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+6-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9867,88 +5320,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-10-ға дейін</w:t>
+              <w:t xml:space="preserve">
+Авторлық құқық беру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10172,51 +5625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35-ке дейін</w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10361,52 +5814,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу </w:t>
+              <w:t>
+Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10511,51 +5964,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20-ға дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10814,87 +6267,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каскадерлер</w:t>
-[...35 lines deleted...]
-10-ға дейін</w:t>
+Штаттық персоналдың қосымша ақысы (пайдаланылмаған демалыс күндері үшін өтемақы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10927,242 +6380,242 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штаттық персоналдың қосымша ақысы (пайдаланылмаған демалыс күндері үшін өтемақы)</w:t>
-[...35 lines deleted...]
-5-ке дейін</w:t>
+Жалақы есептеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-5-ке дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Материалдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3. Материалдар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейнематериалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11195,242 +6648,242 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейнематериалдар</w:t>
-[...35 lines deleted...]
-5-ке дейін</w:t>
+Басқа материалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-5-ке дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-4. Қызметтер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Павильон, интерьер, табиғи, декорация құрылысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11463,51 +6916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Павильон, интерьер, табиғи, декорация құрылысы</w:t>
+Жарықтандыру аппаратурасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11576,87 +7029,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарықтандыру аппаратурасы</w:t>
-[...35 lines deleted...]
-15-ке дейін</w:t>
+Түсіру аппаратурасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11689,87 +7142,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түсіру аппаратурасы</w:t>
-[...35 lines deleted...]
-10-ға дейін</w:t>
+Дыбыс жазу және қайта жазу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11802,87 +7255,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дыбыс жазу және қайта жазу</w:t>
-[...35 lines deleted...]
-15-ға дейін</w:t>
+Бейнемонтаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11915,87 +7368,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейнемонтаж</w:t>
-[...35 lines deleted...]
-10-ға дейін</w:t>
+Компьютерлік графика, түсті түзету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12028,87 +7481,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Компьютерлік графика, түсті түзету</w:t>
-[...35 lines deleted...]
-15-ке дейін</w:t>
+Өзге де техникалық қызмет көрсету және техникалық құрылғылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12140,243 +7593,243 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-5-ке дейін</w:t>
+              <w:t>
+Сахналық-қойылым құралдары (грим, костюм, реквизит, пиротехника)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-20-ға дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Автокөлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-5. Автокөлік</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеңіл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12409,87 +7862,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеңіл</w:t>
-[...35 lines deleted...]
-5-ке дейін</w:t>
+Автобустар, шағын автобустар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12522,87 +7975,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автобустар, шағын автобустар</w:t>
-[...35 lines deleted...]
-10-ға дейін</w:t>
+Жүк тасымалдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12635,700 +8088,700 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жүк тасымалдау</w:t>
-[...35 lines deleted...]
-5-ке дейін</w:t>
+Арнайы көлік құралдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-10-ға дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Экспедиция</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-6. Экспедиция</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуліктік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...71 lines deleted...]
-10-ға дейін</w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұру шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30.</w:t>
-[...71 lines deleted...]
-10-ға дейін</w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жол жүру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-10-ға дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Басқа шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-7. Басқа шығындар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс реквизиті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
-[...35 lines deleted...]
-Шығыс реквизиті</w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тірі реквизит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13361,87 +8814,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
-[...35 lines deleted...]
-Тірі реквизит</w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ойын автокөлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13474,87 +8927,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.</w:t>
-[...35 lines deleted...]
-Ойын автокөлігі</w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерьерлерді жалға алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13587,319 +9040,206 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36.</w:t>
-[...71 lines deleted...]
-5-ке дейін</w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік үй-жайларды жалға алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-10-ға дейін</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Жалпыстудиялық шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...71 lines deleted...]
-38.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13927,71 +9267,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-ке дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Дебюттік фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100% - нан аспауы тиіс)</w:t>
+        <w:t xml:space="preserve"> Әлеуметтік маңызы бар ойын фильмдері (қаржыландыру көлемі өндірістің сметалық құнының 100% - нан аспауы тиіс)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14234,51 +9574,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-ке дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14917,52 +10257,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу</w:t>
+              <w:t xml:space="preserve">
+Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16168,51 +11508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16394,51 +11734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-ке дейін</w:t>
+15-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16696,52 +12036,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Өзге де техникалық қызмет көрсету және техникалық құрылғылар</w:t>
+              <w:t xml:space="preserve">
+Өзге де техникалық қызмет көрсету </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16846,51 +12186,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-ке дейін</w:t>
+20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17304,51 +12644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы көлік құралдары</w:t>
+Арнайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17423,51 +12763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
+29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17495,205 +12835,205 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20-ға дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...71 lines deleted...]
-20-ға дейін</w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұру шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30.</w:t>
+31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17721,51 +13061,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20-ға дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17804,51 +13144,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31.</w:t>
+33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17917,51 +13257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32.</w:t>
+34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18030,51 +13370,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
+35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18143,51 +13483,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
+36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18256,51 +13596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.</w:t>
+37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18411,51 +13751,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36.</w:t>
+38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18483,71 +13823,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бірлесіп шығарылған фильмдер (қаржыландыру көлемі осындай фильмдерді шығару туралы тиісті келісімдер шеңберінде көзделген көлемдерден аспауға тиіс)</w:t>
+        <w:t xml:space="preserve"> Дебюттік фильмдер (қаржыландыру көлемі шығарудың сметалық құнының 100% - нан аспауы тиіс)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -18790,51 +14130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ға дейін</w:t>
+5-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20688,51 +16028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейнемонтаж</w:t>
+Жарықтандыру аппаратурасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20801,51 +16141,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дыбыс жазу және қайта жазу</w:t>
+Түсіру аппаратурасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20914,51 +16254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарықтандыру аппаратурасы</w:t>
+Дыбыс жазу және қайта жазу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21027,51 +16367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түсіру аппаратурасы</w:t>
+Бейнемонтаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21402,51 +16742,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20-ға дейін</w:t>
+15-ке дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -22128,51 +17468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұру шығындары</w:t>
+Тұру шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22884,51 +18224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ке дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -23039,74 +18379,4630 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-ке дейін</w:t>
+10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бірлесіп шығарылған фильмдер (қаржыландыру көлемі осындай фильмдерді шығару туралы тиісті келісімдер шеңберінде көзделген көлемдерден аспауға тиіс)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыстар бөлімдері мен баптарының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістің сметалық құнынан %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Авторлық қаламақы төлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әдеби сценарий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Музыкалық партитура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авторлық құқық беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайын шығармаларға (музыка, архивтік және бейнематериалдар) лицензия сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Еңбекақы және есептеулер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штаттық персоналдың жалақысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қойылым сыйақысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тартылған мамандар мен қызмет көрсетуші персоналдың қызметтеріне ақы төлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Актерлердің ақысы (басты, негізгі, эпизодтар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көпшілік сахна, топтық жұмыс, дыбыстандыру ақысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атқарушы персоналдың ақысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каскадерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штаттық персоналдың қосымша ақысы (пайдаланылмаған демалыс күндері үшін өтемақы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалақы есептеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Материалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейнематериалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа материалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Павильон, интерьер, табиғи, декорация құрылысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейнемонтаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дыбыс жазу және қайта жазу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарықтандыру аппаратурасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсіру аппаратурасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компьютерлік графика, түсті түзету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге де техникалық қызмет көрсету және техникалық құрылғылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сахналық-қойылым құралдары (грим, костюм, реквизит, пиротехника)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Автокөлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеңіл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автобустар, шағын автобустар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүк тасымалдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы көлік құралдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Экспедиция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуліктік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұру шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жол жүру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Басқа шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс реквизиті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тірі реквизит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ойын автокөлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерьерлерді жалға алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік үй-жайларды жалға алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Жалпыстудиялық шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпыстудиялық шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кең ауқымды көрермендер аудиториясына арналған ойын фильмдері (қаржыландыру көлемі шығарудың сметалық құнының: 2019 жылғы 1 қаңтардан бастап – 90%; 2020 жылғы 1 қаңтардан бастап – 80%; 2021 жылғы 1 қаңтардан бастап – 70%-нан аспауы тиіс)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -27689,55 +27585,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>