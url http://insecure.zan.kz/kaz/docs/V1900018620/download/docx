--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f4e7fc4" w14:textId="f4e7fc4">
+    <w:p w14:paraId="e229e34" w14:textId="e229e34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Ұлттық ұланын авариялық-құтқару құрал-саймандарымен, жабдықтарымен, жабдық-тұрмандарымен және киім-кешегімен жабдықтаудың заттай нормаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ішкі істер министрінің 2019 жылғы 26 сәуірдегі № 350 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 3 мамырда № 18620 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ішкі істер министрінің 2019 жылғы 26 сәуірдегі № 350 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 3 мамырда № 18620 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ішкі істер министрінің 2025 жылғы 7 қазандағы № 752 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ішкі істер министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 752</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2008 жылғы 4 желтоқсандағы Бюджет кодексінің 69-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -388,127 +466,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ішкі істер министрі полиция генерал-майоры </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -754,283 +844,284 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Ұлттық ұланын авариялық-құтқару құрал-саймандарымен, жабдықтарымен, жабдық-тұрмандарымен және киім-кешегімен жабдықтаудың заттай нормалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1024"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2241"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заттай норманың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сандық мәндегі норма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалану мерзімі (жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қолдану саласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1069,6192 +1160,6196 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-тарау Авариялық-құтқару құрал-саймандары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электр перфоратор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темір-бетон, бетон конструкцияларда саңылаулар ойықтар жасау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азаматтық қорғаныс әскери бөлімдері (бұдан әрі -АҚӘБ) бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тасымалданатын жеке өрт сөндіру құралы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әскери қызметшіні оттан қорғау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әскери жедел резерв (бұдан әрі - ӘЖРез) бір әскери қызметшіге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электрлі шой балға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темір-бетон, бетон конструкцияларды босату және ұсақтау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұрышты тегістегіш машина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темір-бетон, бетон, металл конструкцияларды кесу, тазарту үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық құрал-сайманға арналған жоғары қысымдағы гидравликалық сорғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық құтқару құрал-сайманына гидравликалық сұйықтық беру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық шлангісі бар орауыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық құтқару құрал-сайманын гидравликалық сорғыға қосу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саптамасы және шынжыры бар жақты гидравликалық кеңейткіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әртүрлі объектілерді жылжыту, үйінділерде өту жолдарын жасау, жылжыту қиын объектілердің түйіскен жерлеріндегі саңылауларды кеңейту, жүктерді ұстап тұру, объектілерді бөлшектеу және тарту үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саптамасы және шынжыры бар жақты гидравликалық кескіш құрамдастырылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темір-бетон, бетон конструкцияларда (кесу, ұлғайту, тарту және тағыда басқа) құрамдастырылған жұмыстар үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жақты кескіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Металл конструкцияларды, арматураларды, құбырларды кесу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық қуатты цилиндр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Инженерлік конструкцияларды, темір-бетон плиталарды, автомобильдерді көтеру, сондай-ақ ауыр заттарды жылжыту үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық домкраттың тірегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық домкраттың тұрақты жұмысын қамтамасыз ету үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары, төменгі қысымдағы көтергіш жастықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ауыр объектілерді (автомобиль, темір-бетон конструкцияларды) көтеру үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сығымдалған ауа баллоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көтеретін жастықтарды үрлеу үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шынжырлар жиынтығы бар бензинмен жұмыс істейтін ара </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ағаш конструкцияларды кесу, ағаштарды құлату үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыр конструкцияларды, заттарды жылжыту, көтеру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық шағын кескіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үйінділердегі авариялық-құтқару жұмыстары, жету қиын жерлерде металл конструкцияларды, кабельдерді, арматураларды кесу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервуарларды герметизациялауға арналған жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сұйықтықтар, улы техникалық сұйықтықтар, химиялық қауіпті заттар бар резервуарлардан ағуды бітеу үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Механикалық, гидравликалық домкраттар (жүккөтергіштігі әртүрлі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыр объектілерді (автомобиль, темір-бетон конструкцияларды) көтеру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәнекерлеу аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Дәнекерлеу жұмыстары (кесу) үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трос, арматураға және электр кабеліне арналған </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кескіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үйінділердегі трос, арматура және электр кабельді кесу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық тіректер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инженерлік конструкцияларды, темір-бетон плиталарды және автомобильдерді ұстап тұру (тіреу) үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңқұбыры бар мотопомпа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Су сору және беру үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару ротасына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ыңғайлы үлкен балға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Конструкцияларды бөлшектеу және монтаждау кезінде қатты соққы жасау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үш буынды саты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары көтерілу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7293,5678 +7388,5682 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-тарау Авариялық-құтқару мақсатындағы жабдықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үйінділердің астынан адамдарды іздеуге арналған акустикалық аспап</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үйінділерде зардап шеккендерді іздеу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жылу шығарғыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үйінділерде зардап шеккендерді іздеу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эхолокатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су астынан адамдарды іздеу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қар көшкінінде қалып қойған адамдарды табуға арналған аспап</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қар көшкінінде қалып қойған адамдарды іздеу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пневматикалық құтқару маты (батут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғимараттың жоғарғы қабатындағы адамдарды құтқару үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару ротасына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сүзгілі өзін-өзі құтқару аспабы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әскери қызметшілердің (құтқарушылардың) тыныс алу органдарын қорғау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқарушысына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қуаттылығы 4-6 киловатт тасымалданатын электрмен қоректендіру агрегаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жету қиын жерлерде авариялық-құтқару құрал-саймандарды электрмен қоректендіруді қамтамасыз ету үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару ротасына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қуаттылығы 20 киловатт тасымалданатын электрмен қоректендіру агрегаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Авариялық-құтқару құрал-саймандарды электрмен қоректендіруді қамтамасыз ету үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару батальонына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-6 киловатт электрлік жылжымалы жылу желдеткіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Үй-жайды жылдам жылыту, мүлікті кептіру үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GPS навигаторы (жаһандық позициялау жүйесі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зардап шеккендерді іздеу және орналасқан жерін анықтау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару ротасына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жарықтандыру жинағы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (шам, баған, таяныш аккумулятор)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Авариялық-құтқару жұмыстарын жүргізу орнын жарықтандыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кабель орауыш 50 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Авариялық-құтқару жұмыстары жүргізілетін жерге дейін жарықтандыру жабдықтарын жеткізу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кабель орауыш 100 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Авариялық-құтқару жұмыстары жүргізілетін жерге дейін жарықтандыру жабдықтарын жеткізу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маңдайға тағылатын шам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әскери қызметшінің (құтқарушының) авариялық-құтқару жұмыстары жүргізілетін жерді жеке жарықтандыруы үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ құтқару бөлімшелерінің жеке құрамына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электромегафон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауқымды аймақта авариялық-құтқару жұмыстарын ұйымдастыру кезінде командалық сөзді күшейту үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрт сөндіру сөмкесі (рюкзак)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумен және химикаттардың су қосылған ертінділерімен бәсең және орташа қарқынды орман, дала өрттерін сөндіру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зембіл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зардап шеккендерді төтенше жағдай аймағынан эвакуациялау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ара </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын ағаш конструкцияларды, ағаштарды кесу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шағын ағаш конструкцияларды, ағаштарды шабу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ, ӘЖРез құтқару тобы (бұдан әрі - ҚТ) бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сабы бар жалпақ күрек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Авариялық-құтқару жұмыстары жүргізілетін жерді құрылыс қоқысынан тазарту үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ, ӘЖРез ҚТ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сабы бар сүйір күрек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердің тығыз қабатын жырту үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ, ӘЖРез ҚТ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарапайым сүймен 6,3 килограмм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердін қатты қабатын ою үшін (оның ішінде мұзды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13045,10290 +13144,10290 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-параграф. Авариялық-құтқару жабдық-тұрманы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Альпинисттік сақтандыру карабині </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сақтандыру шынжырының әр түрлі элементтерін тез қосу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түсу жабдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен түсу үшін (дюльфер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Блок-қысу" құрылғысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары көтерілу кезінде арқанды қысу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Блок-жұдырық иілу" құрылғысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары көтерілу кезінде арқанды қысу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқарушыны зардап шегушімен бірге түсіруге арналған "Каталка" құрылғысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен түсуді бақылау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрал-саймандарға арналған белдік белдеуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке альпенистік жабдық-тұрмандарды бекіту үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке сақтандыру жүйесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қауіпсіз альпинисттік жұмыстарды қамтамасыз ету үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзін-өзі сақтандыру қылқандары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Альпинисттік жұмыстар кезінде әскери қызметшіні (құтқарушыны) сақтандыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белге тағатын сөмке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұсақ жабық-тұрмандарды тасу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Альпинистік сөмке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жабдық-тұрманын тасу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартас балғасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартаста ілмекті бекіту үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартас ілгектері (тік, көлденең, швеллер, қорап, бүршік ілгектері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартаста сақтандыруды және қозғалысты ұйымдастыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқаннан жасалған альпинистік саты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартасты жерлерде түсу, көтерілу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бекіту құрылғысы, стопор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартаста сақтандыруды және қозғалысты ұйымдастыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жылжымалы бекіту құрылғысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартаста сақтандыруды және қозғалысты ұйымдастыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұзшапқыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұзды, қарлы жартаста жүру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұзға арналған ілгектер (мұзжарғыш)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұзды шатқалда сақтандыруды ұйымдастыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қар көшкіні сымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қар көшкіні кезінде сақтандыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Кошка" альпинистік құрылғысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мұзды, қарлы жерде жүру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Блоктар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жұмыр" үлгісіндегі арқан қысқыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тігінен жоғары көтерілу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кроль" үлгісіндегі арқан қысқыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен жоғары көтерілу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түсу жылдамдығын реттеу құрылғысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен төмен түсу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дара арқанға арналған көлік блогы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен жоғары көтерілу және түсу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қосарланған арқанға арналған көлік блогы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен жоғары көтерілу және түсу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дара және қосарланған арқанды бекітуге арналған құрылғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанды бекіту үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен көтерілуге арналған аяқ қысқышы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен жоғары көтерілу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір маманына құтқарушысына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диаметрі 10-11 миллиметр 2000 метрлік негізгі динамикалық арқан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Биік ғимараттар мен таулы жерлерде құтқару жұмыстарын жүргізу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диаметрі 10-11 миллиметр 500 метрлік негізгі динамикалық арқан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстарын жүргізу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ іздеу взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диаметрі 6-8 миллиметр 400 метрлік қосалқы арқан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Биік ғимараттар мен таулы жерлерде құтқару жұмыстарын жүргізу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диаметрі 6-8 миллиметр 200 метрлік қосалқы арқан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстарын жүргізу үшінт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ іздеу взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трос ілмектері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартаста сақтандыруды және қозғалысты ұйымдастыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диаметрі 8 миллиметр әртүрлі модификациядағы шлямбурлы ілгектер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартаста сақтандыруды және қозғалысты ұйымдастыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диаметрі 10 миллиметр әртүрлі модификациядағы шлямбурлы ілгектер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартаста сақтандыруды және қозғалысты ұйымдастыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диаметрі 12 миллиметр әртүрлі модификациядағы шлямбурлы ілгектер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартаста сақтандыруды және қозғалысты ұйымдастыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әртүрлі модификациядағы роликті имектер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартаста сақтандыруды және қозғалысты ұйымдастыру үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Блок-тежегіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен жоғары көтерілу және түсу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Карабиндері бар сақтандыру кермесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Альпенистік мүлікті іліп қою үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жинақтаушы пластина (карабиндік таратқыш)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Карбиндерді ілу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Альпинистік дулыға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таулы жерде жұмыс істеген кезде әскери қызметшінің (құтқарушының) басын қорғау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23367,12860 +23466,12860 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-параграф. Судағы және суасты жұмыстарына арналған жабдық-тұрман</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүңгуірлік тыныс алу аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрғақ типті гидрокостюм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұз үстінде жұмыс істеуге арналған костюм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тереңдік өлшеуіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты компасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүңгуір пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ескекаяқ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке сүңгуір компьютері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тыныс алу түтігі бар бетті толық жабатын су асты маскасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару шеңбері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жабдықтауға арналған герметикалық кофр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүңгуір дулығасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ылғалды типті гидрокостюм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүңгуірлік ауырлатылған резеңке етіктер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ауырлатқышы бар жүк белдігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кеуде жүгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сигналдық арқан ұшы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түсіру арқан ұшы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Александров" арқаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару кеудешесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баллонға арналған кебіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баллонды тасымалдауға арналған тор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүзулік компенсатор кеудешесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүңгуірлік ішкі киім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бетті толық жабатын сүңгуір маскасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түтігі бар бетті толық жаппайтын маска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Желдетілетін сүңгуірлік жабдық-тұрман</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Гидравликалық компрессор </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравликалық шлангтар жиынтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты гидравликалық перфоратор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты гидравликалық ұрғышы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты гидравликалық гайкабұрағыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты гидравликалық шынжырлы ара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таңбалау балғасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кошка" үштісті ілгегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баллондарды зарядтауға арналған тасымалданатын ауа компрессоры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сигналдық жалаулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су асты байланысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Су асты аккумуляторлық шамы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Багор </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15*56 дүрбі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Компенсатор </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүңгуірлік шұлық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүңгуірлік қолғап</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30 ат күші аспалы қайық моторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GoPro типті су асты бейнекамерасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жабдық-тұрманға арналған сөмке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ маманына (сүңгуіріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Зәкір </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Батарея 24ват, 3,0 ампер сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ сүңгуір бөлімшесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару кеудешесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36259,1809 +36358,1809 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-тарау Авариялық-құтқару киім-кешегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Брезент жұмыс қолғабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сынықтармен, конструкция бөлшектерімен жұмыс істеу кезінде қолды қорғау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 АҚӘБ құтқару бөлімшелерінің жеке құрамына, ӘЖрез ҚТ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күшейтілген қорғау дулығасы гермошлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқару жабдығымен жұмыс істеу кезінде әскери қызметшінің (құтқарушының) басын қорғау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір маманына (құтқарушыға)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мақта жұмыс қолғабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Авариялық-құтқару құралдарымен жұмыс істеу кезінде қолды қорғау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ құтқару бөлімшелерінің жеке құрамына, ӘЖрез ҚТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сақтандыру үшін күшейтілген тау қолғабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқанмен жұмыс істеу кезінде қолды қорғау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір маманына (құтқарушыға)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вейдерстер (суға киетін шалбар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су басқан аумақтардағы құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ бір құтқару взводына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резеңке етік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су басқан аумақтардағы құтқару жұмыстары үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АҚӘБ құтқару бөлімшелерінің жеке құрамына, ӘЖрез ҚТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Агрессиялық сұйықтықтармен және заттармен жұмыс істеуге арналған герметикалық қорғаныш көзілдірігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3594" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Агрессиялық сұйықтықтармен және заттармен жұмыс істеу үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38115,55 +38214,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -38493,35 +38614,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>