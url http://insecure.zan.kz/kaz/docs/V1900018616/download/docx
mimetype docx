--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9c02549" w14:textId="9c02549">
+    <w:p w14:paraId="52942f3" w14:textId="52942f3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,77 +77,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын бекіту туралы</w:t>
+        <w:t>Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2019 жылғы 5 сәуірдегі № 135 және Қазақстан Республикасы Ұлттық экономика министрінің 2019 жылғы 24 сәуірдегі № 30 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 2 мамырда № 18616 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бәрлескен бұйрықтың тақырыбы жаңа редакцияда - ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Кәсіпкерлік кодексінің 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -305,260 +343,260 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы тәуекелдер дәрежесін бағалау критерийлерін және тексеру парақтарын бекіту туралы;</w:t>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z41" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы су ресурстарын алуды және (немесе) қолдануды, сондай-ақ су шаруашылығы құрылысжайларын пайдалануды жүзеге асыратын бақылау субъектілеріне қатысты тексеру парағы;</w:t>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы су ресурстарын алуды және (немесе) пайдалануды және гидротехникалық құрылысжайларын пайдалануды жүзеге асыратын бақылау мен қадағалау субъектілеріне қатысты, сондай-ақ аттестатталған ұйымдардың гидротехникалық құрылысжайлардың қауіпсіздігі саласында жұмыстар жүргізу құқығына қатысты тексеру парағы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z42" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы су объектілерінде немесе су қорғау аймақтары мен белдеулерінде құрылыс, түбін тереңдету және жарылыс жұмыстарын, пайдалы қазбаларды және басқа да ресурстарды өндіру, кабельдерді, құбыр өткізгіштерді және басқа да коммуникацияларды төсеу, орманды кесу, бұрғылау және өзге жұмыстарды жүзеге асыратын бақылау субъектілеріне қатысты тексеру парағы;</w:t>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды жүзеге асыратын бақылау және қадағалау субъектілеріне, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарына қатысты тексеру парағы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z43" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы су ресурстарын алуды және (немесе) қолдануды, сондай-ақ су шаруашылығы құрылысжайларын пайдалануды жүзеге асыратын бақылау субъектілеріне қатысты тексеру парағы;</w:t>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы су ресурстарын алуды және (немесе) пайдалануды және гидротехникалық құрылысжайларын пайдалануды жүзеге асыратын бақылау мен қадағалау субъектілеріне қатысты, сондай-ақ аттестатталған ұйымдардың гидротехникалық құрылысжайлардың қауіпсіздігі саласында жұмыстар жүргізу құқығына қатысты тексеру парағы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z44" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы су объектілерінде немесе су қорғау аймақтары мен белдеулерінде құрылыс, түбін тереңдету және жарылыс жұмыстарын, пайдалы қазбаларды және басқа да ресурстарды өндіру, кабельдерді, құбыр өткізгіштерді және басқа да коммуникацияларды төсеу, орманды кесу, бұрғылау және өзге жұмыстарды жүзеге асыратын бақылау субъектілеріне қатысты тексеру парағы бекітілсін;</w:t>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды жүзеге асыратын бақылау және қадағалау субъектілеріне, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарына қатысты тексеру парағы бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 17.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 151</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 18.05.2023 № 72 (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1255,51 +1293,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ауыл шаруашылығы министрінің</w:t>
+              <w:t xml:space="preserve">Ауыл шаруашылығы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019 жылғы 5 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1366,127 +1417,127 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы тәуекел дәрежесін бағалау  критерийлерін және тексеру парақтарын бекіту туралы</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 17.05.2023 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 151</w:t>
+        <w:t>№ 315-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 18.05.2023 № 72 (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="12"/>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z46" w:id="13"/>
+    <w:bookmarkStart w:name="z96" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы тәуекелдер дәрежесін бағалау критерийлері (бұдан әрі – Критерийлер) Қазақстан Республикасы Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) 141-бабының </w:t>
+      1. Осы Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) Қазақстан Республикасы Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пен </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1502,628 +1553,756 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 143-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының бекітілген "Тексеру парағының нысанын бекіту туралы" 2018 жылғы 31 шілдедегі № 3 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде№ 17371 болып тіркелген), Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № 48 (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) бұйрығымен бекітілген Реттеуші мемлекеттік органдардың бағалау және басқару жүйесін, тексеру парағының нысандарын қалыптастыру </w:t>
+        <w:t xml:space="preserve">, Қазакстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № 48 (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) бұйрығымен бекітілген Реттеуші мемлекеттік органдардың бағалау және басқару жүйесін, тексеру парағының нысандарын қалыптастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> cәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z47" w:id="14"/>
+    <w:bookmarkStart w:name="z97" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Критерийлерде мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      2. Осы Өлшемшарттарда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z48" w:id="15"/>
+    <w:bookmarkStart w:name="z98" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бақылау субъектілері (объектілері) – арнайы су пайдалануды, гидротехникалық құрылысжайларды пайдалануды, жер үсті ағынын реттеуді, сумен жабдықтау жүйелерінен өндірістік және техникалық мұқтаждарға су алу үшін су шаруашылығы ұйымдарының қызметтерін пайдалануды (бастапқы су пайдаланушылар), ғимараттар мен құрылысжайларды пайдалануды жүзеге асыратын, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс және басқа да жұмыстар жүргізетін жеке және заңды тұлғалар, коммерциялық емес ұйымдар;</w:t>
+      1) балл – тәуекелді есептеудің сандық өлшемі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z49" w:id="16"/>
+    <w:bookmarkStart w:name="z99" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) елеусіз бұзушылықтар – Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы нормативтік құқықтық актілерде белгіленген, халықтың өміріне және денсаулығына, қоршаған ортаға қауіп төндіру алғы шарттарын тудырмайтын, бірақ қызметін жүзеге асыру барысында жеке және заңды тұлғалармен орындауы міндетті болып табылатын талаптарды бұзу;</w:t>
+      2) болмашы бұзушылықтар – Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы нормативтік құқықтық актілерде белгіленген, халықтың өміріне және денсаулығына, қоршаған ортаға қауіп төндіру алғы шарттарын тудырмайтын, бірақ қызметін жүзеге асыру барысында жеке және заңды тұлғалармен орындауы міндетті болып табылатын талаптарды бұзу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z50" w:id="17"/>
+    <w:bookmarkStart w:name="z100" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) елеулі бұзушылықтар – Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы нормативтік құқықтық актілерде белгіленген, халықтың өміріне және денсаулығына, қоршаған ортаға қауіп төндіру алғышарттарын тудыратын бұзушылықтар;</w:t>
+      3) гидротехникалық құрылысжайлар – су ресурстарын пайдалануды реттеуге (оның ішінде, жерүсті су объектілерінің суларын алуға, сақтауға, тасуға, бөлуге және дренаждық суларды бұруға) арналған құрылысжайлар, сондай-ақ судың зиянды әсерінен қорғауға арналған өзге де құрылысжайлар (су тежейтін, су ағызатын және су жіберетін құрылысжайлар, су басудан және жағалаудың бұзылуынан қорғауға арналған құрылысжайлар);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z51" w:id="18"/>
+    <w:bookmarkStart w:name="z101" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) өрескел бұзушылықтар – орындалмауы халықтың денсаулығына, қоршаған ортаға қауіп төндіретін Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы нормативтік құқықтық актілерде белгіленген талаптарды бұзу, сондай-ақ тыйым салатын заңнама нормаларын сақтамауға байланысты бұзушылықтар;</w:t>
+      4) деректерді қалыпқа келтіру – әртүрлі шәкілдерде өлшенген мәндерді шартты түрде жалпы шәкілге келтіруді көздейтін статистикалық рәсім;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z52" w:id="19"/>
+    <w:bookmarkStart w:name="z102" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы тәуекел – халықтың сумен қамтамасыз етілуінің төмендеу ықтималдығы, су объектілерінің ластануының, бітелуінің және сарқылуының туындауы, су пайдаланушылардың бөлінген лимиттерге сәйкес су ресурстарын алуға құқықтарының бұзылуы, сондай-ақ су пайдаланушылардың қызметі нәтижесінде елді мекендерге судың зиянды әсері, өндіріске келісімдердің болмауы су объектілерінде және олардың су қорғау аймақтары мен белдеулерінде жұмыс істеу, гидротехникалық құрылысжайларда адам шығынына, оның зардаптарының ауырлығын ескере отырып, адамдардың денсаулығына және қоршаған ортаға зиян келтіруге әкеп соғуы мүмкін төтенше жағдайлардың туындауы мен алдын алу;</w:t>
+      5) елеулі бұзушылықтар – Қазақстан Республикасының су қорын қорғау және пайдалану, гидротехникалық құрылысжайлардың қауіпсіздігі саласындағы нормативтік құқықтық актілерде белгіленген, халықтың денсаулығына, қоршаған ортаға қауіп төндіру алғышарттарын тудыратын бұзушылықтар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z53" w:id="20"/>
+    <w:bookmarkStart w:name="z103" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) балл – тәуекелді есептеудің сандық өлшемі;</w:t>
+      6) көпфакторлы зерттеп-қарау – көзбен қарап-тексеру әдісімен және инженерлік (геодезиялық, геофизикалық, геотехникалық, гидрографиялық және басқа да) зерттеулер кешенін жүргізу арқылы гидротехникалық құрылысжайлар мен негізгі жабдықтың техникалық жай-күйін бағалау, олардың элементтерінің қалған ресурсын айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z54" w:id="21"/>
+    <w:bookmarkStart w:name="z104" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) деректерді қалыпқа келтіру – әртүрлі шкалаларда өлшенген мәндерді шартты жалпы шкалаға келтіруді көздейтін статистикалық рәсім;</w:t>
+      7) Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы тәуекел – халықтың сумен қамтамасыз етілуінің төмендеу ықтималдығы, су объектілерінің ластануының, бітелуінің және сарқылуының туындауы, су пайдаланушылардың бөлінген лимиттерге сәйкес су ресурстарын алуға құқықтарының бұзылуы, сондай-ақ су пайдаланушылардың қызметі нәтижесінде елді мекендерге судың зиянды әсері, өндіріске келісімдердің болмауы су объектілерінде және олардың су қорғау аймақтары мен белдеулерінде жұмыс істеу, гидротехникалық құрылысжайларда адам шығынына, оның зардаптарының ауырлығын ескере отырып, адамдардың денсаулығына және қоршаған ортаға зиян келтіруге әкеп соғуы мүмкін төтенше жағдайлардың туындауы мен алдын алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z55" w:id="22"/>
+    <w:bookmarkStart w:name="z105" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) тәуекелдерді бағалау және басқару жүйесі – бұл ретте тәуекелдің жол берілетін деңгейін қамтамасыз ете отырып, кәсіпкерлік бостандығын шектеудің ең төменгі мүмкін дәрежесі мақсатында бақылау субъектісіне бару және (немесе) тексерулердің рұқсат беру талаптарына сәйкестігін кейіннен профилактикалық бақылауды жүзеге асыру үшін бақылау субъектілерін тәуекел дәрежелері бойынша бөлу арқылы қолайсыз факторлардың туындау ықтималдығын төмендетуге бағытталған басқарушылық шешімдер қабылдау процесі қызметтің тиісті салаларында, сондай-ақ нақты бақылау субъектісі үшін тәуекел деңгейін өзгертуге және (немесе) бақылау субъектісіне бару және (немесе) берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігін тексеру арқылы осындай бақылау субъектісін профилактикалық бақылаудан босатуға бағытталған;</w:t>
+      8) өрескел бұзушылықтар – орындалмауы халықтың өміріне және денсаулығына, қоршаған ортаға, су ресурстарының тапшылығына және (немесе) олардың сапасыздығына, өсімдіктер мен жануарлар дүниесіндегі теріс өзгерістерге, материалдық залалға қауіп төндіретін Қазақстан Республикасының су қорын қорғау және пайдалану, гидротехникалық құрылысжайлардың қауіпсіздігі саласындағы нормативтік құқықтық актілерде белгіленген талаптарды бұзу, сондай-ақ тыйым салатын заңнама нормаларын сақтамауға байланысты бұзушылықтар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z56" w:id="23"/>
+    <w:bookmarkStart w:name="z106" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) тәуекел дәрежесін бағалаудың объективті критерийлері (бұдан әрі – объективті критерийлер) – белгілі бір қызмет саласындағы тәуекел дәрежесіне қарай бақылау субъектілерін іріктеу үшін пайдаланылатын және жеке бақылау субъектісіне тікелей тәуелді болмайтын тәуекел дәрежесін бағалау критерийлері;</w:t>
+      9) судың жай-күйіне теріс әсер ететін объектілер – пайдаланылуы судың ластануына және (немесе) қоқыстануына және (немесе) сарқылуына және (немесе) оған зиянды әсер етуге алып келуі мүмкін ғимараттар, құрылыстар, құрылысжайлар және құрылғылар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z57" w:id="24"/>
+    <w:bookmarkStart w:name="z107" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) тәуекел дәрежесін бағалау критерийлері – бақылау субъектісінің тікелей қызметіне, салалық даму ерекшеліктеріне және осы дамуға әсер ететін факторларға байланысты, бақылау субъектілерін тәуекелдің әртүрлі дәрежелеріне жатқызуға мүмкіндік беретін сандық және сапалық көрсеткіштердің жиынтығы;</w:t>
+      10) су режимі – жерүсті және жерасты сулары деңгейлерінің, шығыстарының және көлемінің уақыт бойынша табиғи немесе жасанды өзгеруі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z58" w:id="25"/>
+    <w:bookmarkStart w:name="z108" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) тәуекел дәрежесін бағалаудың субъективті критерийлері (бұдан әрі-субъективті критерийлер) – нақты бақылау субъектісі қызметінің нәтижелеріне қарай бақылау субъектілерін іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау критерийлері;</w:t>
+      11) су тұтыну мен су бұрудың үлестік нормасы – өндірілетін өнім бірлігіне (орындалатын жұмыстың немесе көрсетілетін қызметтің белгілі бір көлеміне) тұтынылатын немесе бұрылатын сарқынды судың белгіленген мөлшері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z59" w:id="26"/>
+    <w:bookmarkStart w:name="z109" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) тексеру парағы – сақталмауы жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіретін бақылау субъектілерінің қызметіне қойылатын талаптардың тізбесі;</w:t>
+      12) су шаруашылығы құрылысжайлары – суды алуға, тазартуға, сақтауға, таратуға және дренаждық суларды бұруға арналған құрылысжайлар мен құрылғылар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z60" w:id="27"/>
+    <w:bookmarkStart w:name="z110" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      13) судың жай-күйіне теріс әсер ететін объектілер – пайдаланылуы судың ластануына және (немесе) қоқыстануына және (немесе) сарқылуына және (немесе) оған зиянды әсер етуге алып келуі мүмкін ғимараттар, құрылыстар, құрылысжайлар және құрылғылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z111" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      13) іріктеме жиынтығы (іріктеме) – Кодекстің 143-бабының </w:t>
+      14) тәуекелдерді бағалау және басқару жүйесі – бұл ретте тәуекелдің жол берілетін деңгейін қамтамасыз ете отырып, кәсіпкерлік бостандығын шектеудің ең төменгі мүмкін дәрежесі мақсатында бақылау мен қадағалау субъектісіне барумен профилактикалық бақылауды кейіннен жүзеге асыру үшін және (немесе) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, берілген рұқсаттар бойынша біліктілік немесе рұқсат беру талаптарына, жіберілген хабарламалар бойынша талаптарға сәйкестігіне жүргізілетін тексерулер (бұдан әрі – рұқсат беру талаптарына сәйкестігін тексеру) бақылау мен қадағалау субъектілерін тәуекел дәрежелері бойынша бөлу арқылы қолайсыз факторлардың туындау ықтималдығын төмендетуге бағытталған басқарушылық шешімдер қабылдау процесі қызметтің тиісті салаларында, сондай-ақ нақты бақылау мен қадағалау субъектісі үшін тәуекел деңгейін өзгертуге және (немесе) бақылау мен қадағалау субъектісіне бару және (немесе) рұқсат беру талаптарына сәйкестігін тексеру арқылы осындай бақылау мен қадағалау субъектісін профилактикалық бақылаудан босатуға бағытталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z112" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) тәуекел дәрежесін бағалау өлшемшарттары – бақылау мен қадағалау субъектісінің тікелей қызметіне, салалық даму ерекшеліктеріне және осы дамуға әсер ететін факторларға байланысты, бақылау мен қадағалау субъектілерін тәуекелдің әртүрлі дәрежелеріне жатқызуға мүмкіндік беретін сандық және сапалық көрсеткіштердің жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z113" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – белгілі бір қызмет саласындағы тәуекел дәрежесіне қарай бақылау мен қадағалау субъектілерін іріктеу үшін пайдаланылатын және жеке бақылау мен қадағалау субъектісіне тікелей тәуелді болмайтын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z114" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі-субъективті өлшемшарттар) – нақты бақылау мен қадағалау субъектісі қызметінің нәтижелеріне қарай бақылау мен қадағалау субъектілерін іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z115" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) тексеру парағы – оларды сақтамау адамның өмірі мен денсаулығына, қоршаған ортаға, жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіруге алып келетін бақылау мен қадағалау субъектілерінің (объектілерінің) қызметіне қойылатын талаптардың тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z116" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19) іріктеме жиынтығы (іріктеме) – Кодекстің 143-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік бақылаудың нақты саласындағы бақылау субъектілерінің біртекті тобына жататын бағаланатын субъектілердің тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z61" w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z117" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Бақылау субъектілерінің рұқсат беру талаптарына және профилактикалық бақылауға сәйкестігіне тексеру жүргізу тәсілдері</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="29"/>
+        <w:t xml:space="preserve"> 2-тарау. Реттеуші мемлекеттік органдардың бақылау және қадағалау субъектілерінің (объектілерінің) рұқсат беру талаптарына сәйкестігін тексеру және профилактикалық бақылау жүргізу кезінде тәуекелдерді бағалау және басқару жүйесін қалыптастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z118" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+        <w:t>
+      Бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды және (немесе) тексеруді рұқсат беру талаптарға сәйкестігіне тексеруді жүзеге асыру кезінде тәуекелдерді басқару мақсаттары үшін бақылау және қадағалау субъектілерін (объектілерін) рұқсат беру талаптарға сәйкестігіне тексеру және профилактикалық бақылау жүргізу үшін тәуекел дәрежесін бағалау өлшемшарттары бірнеше кезеңмен жүзеге асырылатын объективті және субъективті өлшемшарттарды айқындау (Шешімдерді мультикритериалдық талдау) арқылы қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z119" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бірінші кезеңде объективті критерийлер бойынша бақылау субъектілері (объектілері) мынадай тәуекел дәрежелерінің біріне жатқызылады:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Бірінші кезеңде объективті өлшемшарттар бойынша бақылау және қадағалау субъектілері (объектілері) мынадай тәуекел дәрежелерінің біріне жатқызылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары тәуекел;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орташа тәуекел;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      3) төмен тәуекел. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объективті өлшемшарттар бойынша жоғары және орташа тәуекел дәрежесіне жатқызылған бақылау мен қадағалау субъектілерінің (объектілерінің) қызмет салалары үшін рұқсат беру талаптарына сәйкестігіне тексеру, бақылау мен қадағалау субъектісіне (объектісіне) бара отырып профилактикалық бақылау, бақылау мен қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау және жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z121" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Объективті өлшемшарттар бойынша тәуекелдің төмен дәрежесіне жатқызылған бақылау мен қадағалау субъектілерінің (объектілерінің) қызмет салалары үшін рұқсат беру талаптарына сәйкестігіне тексеру және жоспардан тыс тексеру жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z122" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші кезеңде субъективті өлшемшарттар бойынша бақылау мен қадағалау субъектілері (объектілері) мынадай тәуекел дәрежелерінің біріне жатқызылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоғары тәуекел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) орташа тәуекел; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       3) төмен тәуекел.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Объективті критерийлер бойынша жоғары және орташа тәуекел дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігіне тексеру, бақылау субъектісіне (объектісіне) бара отырып профилактикалық бақылау және жоспардан тыс тексеру жүргізіледі.</w:t>
-[...107 lines deleted...]
-      Субъективті критерийлер бойынша тәуекел дәрежесінің көрсеткіштері бойынша бақылау субъектісі (объектісі):</w:t>
+      Субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіштері бойынша бақылау мен қадағалау субъектісі (объектісі):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тәуекелдің жоғары дәрежесіне – тәуекел дәрежесінің көрсеткіші 71-ден 100-ге дейін қоса алғанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2136,940 +2315,914 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тәуекелдің орташа дәрежесіне – тәуекел дәрежесінің көрсеткіші 31-ден 70-ке дейін қоса алғанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тәуекелдің төмен дәрежесіне – тәуекел дәрежесінің көрсеткіші 0-ден 30-ға дейін қоса алғанда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="30"/>
+    <w:bookmarkStart w:name="z123" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігіне тексеру жүргізу және бақылау субъектілерін (объектілерін) профилактикалық бақылау үшін тәуекел дәрежесін бағалау критерийлері объективті және субъективті критерийлерді айқындау арқылы қалыптастырылады.  </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="31"/>
+      4. Рұқсат беру талаптарына сәйкестігіне тексеру жүргізу және бақылау мен қадағалау субъектілерін (объектілерін) профилактикалық бақылау үшін тәуекел дәрежесін бағалау өлшемшарттары объективті және субъективті өлшемшарттарды айқындау арқылы қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z124" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Тәуекелдің жоғары дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін берілген рұқсаттар бойынша берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігіне тексерулер жүргізудің еселігі жылына бір рет құрайды.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      5. Тәуекелдің жоғары дәрежесіне жатқызылған бақылау мен қадағалау субъектілері (объектілері) қызметінің салалары үшін рұқсат беру талаптарына сәйкестігіне тексерулер жүргізудің жиілігі жылына бір рет құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тәуекелдің орташа дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігіне тексерулер жүргізудің еселігі екі жылда бір рет құрайды.</w:t>
+      Тәуекелдің орташа дәрежесіне жатқызылған бақылау мен қадағалау субъектілері (объектілері) қызметінің салалары үшін рұқсат беру талаптарына сәйкестігіне тексерулер жүргізудің жиілігі екі жылда бір рет құрайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Тәуекел дәрежесінің төмендігіне жатқызылған бақылау мен қадағалау субъектілері (объектілері) қызметінің салалары үшін рұқсат беру талаптарына сәйкестігіне тексерулер жүргізудің жиілігі үш жылда бір рет құрайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Тәуекел дәрежесін бағалаудың объективті өлшемшарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z126" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Тәуекел дәрежесінің төмендігіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігіне тексерулер жүргізудің еселігі үш жылда бір рет құрайды.</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="33"/>
+      6. Объективті өлшемшарттар бойынша барлық бақылау мен қадағалау субъектілері су объектілерінің стратегиялық маңыздылығына және су алу көлеміне қарай тәуекелдің үш дәрежесі бойынша бөлінеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z127" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1) тәуекелдің жоғары дәрежесі – бақылау мен қадағалау субъектілері (объектілері): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      6. Объективті критерийлер бойынша барлық бақылау субъектілері су объектілерінің стратегиялық маңыздылығына және су алу көлеміне қарай тәуекелдің үш дәрежесі бойынша бөлінеді:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+      шаруашылық қызметті су қорғау аймақтары мен белдеулер шегінде, ерекше мемлекеттік маңызы бар су объектілерінде, орташа және шағын су объектілерінде, сулы-батпақты алқаптарда, трансшеқаралық, жерасты су объектілерінде және минералды және термоминералды жерасты суларында жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) тәуекелдің жоғары дәрежесі – бақылау субъектілері (объектілері):</w:t>
+      ерекше стратегиялық маңызы бар стратегиялық су шаруашылығы және гидротехникалық құрылысжайлар тізбесіне жатқызылған объектілерді пайдаланады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      шаруашылық қызметті су қорғау аймақтары, белдеулер шегінде, ерекше мемлекеттік маңызы бар су объектілерінде және шағын су объектілерінде жүзеге асырады;</w:t>
+      төтенше жағдайлар кезінде ықтимал қауіптілігі бар I, II, III, сондай-ақ IV класты гидротехникалық құрылысжайларды пайдаланады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ерекше стратегиялық маңызы бар су шаруашылығы құрылысжайларының тізбесіне жатқызылған объектілерді және сумен жабдықтаудың аса маңызды топтық және жергілікті жүйелерін пайдаланады;</w:t>
-[...17 lines deleted...]
-      төтенше жағдайлар кезінде аса қауіпті I, II, III, сондай-ақ IV класты бөгеттерді пайдаланады;</w:t>
+      қауіптілігі ықтимал құрылысжайларға жатқызылған гидротехникалық құрылысжайларды пайдаланады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер үсті және жер асты суларын тәулігіне 100 және одан да көп текше метрден алуды және (немесе) пайдалануды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z128" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) тәуекелдің орташа дәрежесі – су қорғау аймақтары, су объектілеріндегі белдеулер шегінде шаруашылық қызметті жүзеге асырады;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) тәуекелдің орташа дәрежесі – бақылау мен қадағалау субъектілері (объектілері):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ерекше стратегиялық маңызы бар су шаруашылығы құрылысжайларының тізбесіне және сумен жабдықтаудың аса маңызды топтық және жергілікті жүйелеріне жатқызылмаған объектілерді пайдаланады;</w:t>
+      шаруашылық қызметті су қорғау аймақтары мен белдеулер шегінде, су объектілерінде жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      төтенше жағдайлар кезінде жоғары қауіп төндірмейтін IV класты бөгеттерді пайдалану;</w:t>
+      ерекше стратегиялық маңызы бар стратегиялық су шаруашылығы және гидротехникалық құрылысжайлар тізбесіне жатқызылмаған объектілерді пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төтенше жағдайлар кезінде ықтимал қауіп төндірмейтін IV класты гидротехникалық құрылысжайларды пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәулігіне 50-ден 100 текше метрге дейінгі жер үсті және жер асты суларын алуды және (немесе) пайдалануды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z129" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) тәуекелдің төмен дәрежесі – бақылау субъектілері (объектілері):</w:t>
-[...1 lines deleted...]
-    </w:p>
+      3) тәуекелдің төмен дәрежесі – бақылау мен қадағалау субъектілері (объектілері):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      шаруашылық қызметті су қорғау аймақтары, белдеулер шегінде және су объектілерінде жүзеге асырады;</w:t>
+      шаруашылық қызметті су қорғау аймақтары мен белдеулер шегінде, су объектілерінде жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ерекше стратегиялық маңызы бар су шаруашылығы құрылысжайларының тізбесіне және сумен жабдықтаудың аса маңызды топтық және жергілікті жүйелеріне жатқызылмаған объектілерді пайдаланады;</w:t>
+      ерекше стратегиялық маңызы бар стратегиялық су шаруашылығы және гидротехникалық құрылысжайлар тізбесіне жатқызылмаған объектілерді пайдаланады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      тәулігіне 50 текше метрге дейін жер үсті және жер асты суларын алуды және (немесе) пайдалануды жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      тәулігіне 50 текше метрге дейін жер үсті және жер асты суларын алуды және (немесе) пайдалануды жүзеге асырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="34"/>
+      7. Объективті өлшемшарттар бойынша тәуекелдің жоғары және орташа дәрежесіне жатқызылған бақылау мен қадағалау субъектілеріне (объектілеріне) қатысты рұқсат беру талаптарына сәйкестігіне тексеру жүргізу және бақылау мен қадағалау субъектісіне (объектісіне) бара отырып профилактикалық бақылау, бақылау мен қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау жүргізу мақсатында субъективті өлшемшарттар және жоспардан тыс тексеру қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Объективті критерийлер бойынша тәуекелдің жоғары және орташа дәрежесіне жатқызылған бақылау субъектілеріне (объектілеріне) қатысты берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігіне тексеру жүргізу және бақылау субъектісіне (объектісіне) бара отырып профилактикалық бақылау жүргізу мақсатында субъективті критерийлер және жоспардан тыс тексеру қолданылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      Тәуекелдің төмен дәрежесіне жатқызылған бақылау субъектілеріне (объектілеріне) қатысты рұқсат беру талаптарына сәйкестігіне тексеру және жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тәуекелдің төмен дәрежесіне жатқызылған бақылау субъектілеріне (объектілеріне) қатысты берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігіне тексеру және жоспардан тыс тексеру жүргізіледі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="35"/>
+      8. Жүргізілген алдыңғы профилактикалық бақылаудың қорытындылары бойынша берілген бұзушылықтарды толық көлемде жойған бақылау мен қадағалау субъектілеріне қатысты берілген рұқсаттар бойынша рұқсат беру талаптарына барумен және (немесе) сәйкестігін тексерумен оларды мемлекеттік бақылаудың кезекті кезеңіне кестелер мен тізімдерді қалыптастыру кезінде енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z132" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Жүргізілген алдыңғы профилактикалық бақылаудың қорытындылары бойынша берілген бұзушылықтарды толық көлемде жойған бақылау субъектілеріне қатысты берілген рұқсаттар бойынша рұқсат беру талаптарына барумен және (немесе) сәйкестігін тексерумен оларды мемлекеттік бақылаудың кезекті кезеңіне кестелер мен тізімдерді қалыптастыру кезінде енгізуге жол берілмейді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="36"/>
+      9. Тәуекелдерді бағалау мен басқарудың ақпараттық жүйесі болмаған кезде бақылау мен қадағалау субъектісіне бару және (немесе) рұқсат беру талаптарына сәйкестігі арқылы профилактикалық бақылау жүзеге асырылатын бақылау мен қадағалау субъектілері санының ең төменгі жол берілетін шегі мемлекеттік бақылаудың белгілі бір саласындағы осындай бақылау субъектілерінің жалпы санының бес пайызынан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z133" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Тәуекел дәрежесін бағалаудың субъективті өлшемшарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z134" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Тәуекелдерді бағалау мен басқарудың ақпараттық жүйесі болмаған кезде бақылау субъектісіне бару және (немесе) берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігі арқылы профилактикалық бақылау жүзеге асырылатын бақылау субъектілері санының ең төменгі жол берілетін шегі мемлекеттік бақылаудың белгілі бір саласындағы осындай бақылау субъектілерінің жалпы санының бес пайызынан аспауға тиіс.</w:t>
-[...40 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+      10. Субъективті өлшемшарттарды анықтау келесі кезеңдерді қолдана отырып жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z135" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) деректер базасын қалыптастыру және ақпарат жинау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z136" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпаратты талдау және тәуекелдерді бағалау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="39"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z137" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Бақылау субъектілерін анықтау үшін мәліметтер базасын қалыптастыру және ақпарат жинау қажет.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="40"/>
+      11. Бақылау және қадағалау субъектілерін анықтау үшін мәліметтер базасын қалыптастыру және ақпарат жинау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z138" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Субъектіге (объектіге) бару арқылы профилактикалық бақылау тізімін қалыптастыру кезінде тәуекел дәрежесін бағалау үшін мынадай ақпарат көздері пайдаланылады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+      12. Бақылау және қадағалау субъектіге (объектіге) бару арқылы профилактикалық бақылау тізімін қалыптастыру кезінде тәуекел дәрежесін бағалау үшін бақылау және қадағалау субъектілеріне (объектілеріне) барумен алдыңғы тексерулердің, профилактикалық бақылаудың нәтижелері пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z139" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бастапқы есепке алуды жүргізу нәтижесінде алынған есептілік пен мәліметтер мониторингінің нәтижелері;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      13. Рұқсат беру талаптарына сәйкестігін тексеру кестесін қалыптастыру кезінде тәуекел дәрежесін бағалау үшін алдыңғы тексерулердің нәтижелері пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z140" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) бақылау субъектілеріне (объектілеріне) барумен алдыңғы тексерулердің, профилактикалық бақылаудың нәтижелері;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      14. Субъективті өлшемшарттары осы Өлшемшарттардың 12- және 13-тармақтарында анықталған ақпарат көздер негізінде осы Өлшемшарттарға 1, 2, 3, 4-қосымшаларға сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z141" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) мемлекеттік органдардың, бұқаралық ақпарат құралдарының ресми интернет-ресурстарын талдау.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="41"/>
+      15. Қолданылатын ақпарат көздерінің басымдығын және осы Қағидалардың 5-тарауында айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу тәртібіне сәйкес субъективті өлшемшарттар көрсеткішінің маңыздылығын негізге ала отырып, субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші 0-ден 100-ге дейінгі шәкіл бойынша есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігін тексеру кестесін қалыптастыру кезінде тәуекел дәрежесін бағалау үшін мынадай ақпарат көздері пайдаланылады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+      Субъективті өлшемшарттардың көрсеткіштері мемлекеттік бақылау мен қадағалаудың әрбір саласындағы бақылау және қадағалау субъектілерінің (объектілерінің) әрбір біртекті тобы үшін айқындалады. Субъективті өлшемшарттар көрсеткіштерінің маңыздылығы бойынша үлес салмағы мемлекеттік бақылау мен қадағалаудың әрбір саласындағы бақылау және қадағалау субъектілерінің (объектілерінің) әрбір біртекті тобы үшін тәуекелді бағалаудағы көрсеткіштің маңыздылығына байланысты айқындалады. Субъективті өлшемшарттар көрсеткіштерінің жол берілетін мәндері Қазақстан Республикасының нормативтік құқықтық актілерімен регламенттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Субъективті өлшемшарттар бойынша тәуекел дәрежесін есептеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z143" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бақылау субъектілеріне (объектілеріне) барумен алдыңғы тексерулердің, профилактикалық бақылаудың нәтижелері;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      16. Бақылау мен қадағалау субъектісін тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесінің көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) мемлекеттік органдардың, бұқаралық ақпарат құралдарының ресми интернет-ресурстарын талдау.</w:t>
-[...55 lines deleted...]
-      Субъективті критерийлер бойынша тәуекел дәрежесінің көрсеткішін (R) есептеу бақылау субъектілеріне (SP) бару арқылы алдыңғы тексерулер мен профилактикалық бақылау нәтижелері бойынша бұзушылықтар бойынша тәуекел дәрежесінің көрсеткішін және субъективті критерийлер бойынша тәуекел дәрежесінің көрсеткішін (SC) қорытындылау жолымен автоматтандырылған режимде жүзеге асырылады, кейіннен деректер мәндерін 0-ден 100 баллға дейінгі диапазонға қалыпқа келтіреді.</w:t>
+      Субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін (R) есептеу бақылау мен қадағалау субъектілеріне (SP) бару арқылы алдыңғы тексерулер мен профилактикалық бақылау нәтижелері бойынша бұзушылықтар бойынша тәуекел дәрежесінің көрсеткішін және субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін (SC) қорытындылау жолымен автоматтандырылған режимде жүзеге асырылады, кейіннен деректер мәндерін 0-ден 100 баллға дейінгі диапазонға қалыпқа келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rпром = SP + SC, онда</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Rпром-субъективті критерийлер бойынша тәуекел дәрежесінің аралық көрсеткіші,</w:t>
+        <w:t xml:space="preserve">
+      Rпром-субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅР-бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      SC-осы Өлшемшарттардың 15-тармағына сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      SC-осы Критерийлердің 14-тармағына сәйкес айқындалған субъективті критерийлер бойынша тәуекел дәрежесінің көрсеткіші.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Есеп мемлекеттік бақылаудың әрбір саласының бақылау мен қадағалау субъектілерінің біртекті тобының әрбір бақылау мен қадағалау субъектісі бойынша жүргізіледі. Бұл ретте мемлекеттік бақылаудың бір саласының бақылау субъектілерінің біртекті тобына жататын бағаланатын бақылау субъектілерінің тізбесі деректерді кейіннен қалыпқа келтіру үшін іріктемелі жиынтықты (іріктемені) құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Есеп мемлекеттік бақылаудың әрбір саласының бақылау субъектілерінің біртекті тобының әрбір бақылау субъектісі бойынша жүргізіледі. Бұл ретте мемлекеттік бақылаудың бір саласының бақылау субъектілерінің біртекті тобына жататын бағаланатын бақылау субъектілерінің тізбесі деректерді кейіннен қалыпқа келтіру үшін іріктемелі жиынтықты (іріктемені) құрайды.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="44"/>
+      17. Бақылау мен қадағалау субъектілеріне бару арқылы алдыңғы тексерулер мен профилактикалық бақылаудың нәтижелері бойынша алынған деректер бойынша 0-ден 100-ге дейінгі баллмен бағаланатын бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Бақылау субъектілеріне бару арқылы алдыңғы тексерулер мен профилактикалық бақылаудың нәтижелері бойынша алынған деректер бойынша 0-ден 100-ге дейінгі баллмен бағаланатын бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші қалыптастырылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
+      Осы Өлшемшарттардың 12, 13-тармақтарында көрсетілген ақпарат көздерінің кез келгені бойынша бір өрескел бұзушылық анықталған кезде бақылау субъектісіне тәуекел дәрежесінің көрсеткіші 100 балл теңестіріледі және оған қатысты бақылау мен қадағалау субъектісіне барумен профилактикалық бақылау жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...56 lines deleted...]
-        </w:rPr>
         <w:t>
-      Өрескел бұзушылықтар анықталмаған кезде бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші елеулі және елеусіз дәрежедегі бұзушылықтар бойынша жиынтық көрсеткішпен есептеледі.</w:t>
+      Өрескел бұзушылықтар анықталмаған кезде бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші елеулі және болмашы дәрежедегі бұзушылықтар бойынша жиынтық көрсеткішпен есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Елеулі бұзушылықтар көрсеткішін анықтау кезінде 0,7 коэффициенті қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3151,51 +3304,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅР2-анықталған елеулі бұзушылықтар саны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Елеусіз бұзушылықтар көрсеткішін анықтау кезінде 0,3 коэффициенті қолданылады.</w:t>
+      Болмашы бұзушылықтар көрсеткішін анықтау кезінде 0,3 коэффициенті қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл көрсеткіш келесі формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3205,105 +3358,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅРн = (ЅР2 х 100/ЅР1) х 0,3, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЅРн - елеусіз бұзушылықтардың көрсеткіші;</w:t>
+      ЅРн - болмашы бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЅР1- елеусіз бұзушылықтардың қажетті саны;</w:t>
+      ЅР1- болмашы бұзушылықтардың қажетті саны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЅР2- анықталған елеусіз бұзушылықтар саны;</w:t>
+      ЅР2- анықталған болмашы бұзушылықтар саны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші (ЅР) 0-ден 100 балға дейінгі шкала бойынша есептеледі және мынадай формула бойынша елеулі және елеусіз бұзушылықтар көрсеткіштерін жинақтау жолымен айқындалады:</w:t>
+      Бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші (ЅР) 0-ден 100 балға дейінгі шкала бойынша есептеледі және мынадай формула бойынша елеулі және болмашы бұзушылықтар көрсеткіштерін жинақтау жолымен айқындалады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅР = ЅРз + ЅРн, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3331,447 +3484,585 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅРз - елеулі бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЅРн - елеусіз бұзушылықтардың көрсеткіші.</w:t>
+      ЅРн - болмашы бұзушылықтардың көрсеткіші.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұзушылықтар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті критерийлер бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="45"/>
+      Бұзушылықтар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Осы Критерийлердің 12 және 13-тармақтарында сәйкес айқындалған субъективті критерийлер бойынша тәуекел дәрежесінің көрсеткішін есептеу 0-ден 100 баллға дейінгі шәкіл бойынша жүргізіледі және мынадай формула бойынша жүзеге асырылады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="45"/>
+      18. Осы Өлшемшарттардың 15-тармағында сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу 0-ден 100 баллға дейінгі шәкіл бойынша жүргізіледі және мынадай формула бойынша жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2565400" cy="952500"/>
+            <wp:extent cx="2095500" cy="850900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2565400" cy="952500"/>
+                      <a:ext cx="2095500" cy="850900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      хi - субъективті критерий көрсеткіші,</w:t>
+      хi - субъективті өлшемшарт көрсеткіші,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Wi- субъективті критерий көрсеткішінің үлес салмағы хi,</w:t>
+      Wi- субъективті өлшемшарт көрсеткішінің үлес салмағы хi,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       n - көрсеткіштер саны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Осы Өлшемшарттардың 12 және 13-тармақтарында сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Осы Критерийлердің 12 және 13-тармақтарында сәйкес айқындалған субъективті критерийлер бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті критерийлер бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
+      19.R көрсеткіші бойынша субъектілер бойынша есептелген мәндер 0-ден 100 балға дейінгі диапазонға қалыпқа келтіріледі. Деректерді қалыпқа келтіру әрбір іріктемелі жиынтық (іріктеме) бойынша мынадай формуланы пайдалана отырып жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1866900" cy="774700"/>
+            <wp:extent cx="1651000" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1866900" cy="774700"/>
+                      <a:ext cx="1651000" cy="698500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      R – жеке бақылау субъектісінің субъективті критерийлері бойынша тәуекел дәрежесінің көрсеткіші (қорытынды) ,</w:t>
+      R – жеке бақылау мен қадағалау субъектісінің субъективті өлшемшарттары бойынша тәуекел дәрежесінің көрсеткіші (қорытынды),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Rmax – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесі шкаласы бойынша мүмкін болатын ең жоғары мән (шкаланың жоғарғы шекарасы), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Rmin – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесі шкаласы бойынша мүмкін болатын ең төменгі мән (шкаланың төменгі шекарасы), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Rmax – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер бойынша субъективті критерийлер бойынша тәуекел дәрежесі шкаласы бойынша мүмкін болатын ең жоғары мән (шкаланың жоғарғы шекарасы),</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Rпром – осы Өлшемшарттардың 15-тармағына сәйкес есептелген субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы бұзылуы жедел ден қою шаралары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z148" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Rmin – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер бойынша субъективті критерийлер бойынша тәуекел дәрежесі шкаласы бойынша мүмкін болатын ең төменгі мән (шкаланың төменгі шекарасы),</w:t>
-[...1 lines deleted...]
-    </w:p>
+      20. Осы Өлшемшарттар шеңберінде колданылатын жедел ден қою шараларына мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z149" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...22 lines deleted...]
-    </w:p>
+        <w:t>
+      1) су пайдаланудың рұқсат етілген көлемін азайту – 60 күнге дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z150" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнаулы су пайдалануға рұқсаттың қолданысын тоқтата тұру - 45 күнге дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z151" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) арнаулы су пайдалануға рұқсаттан айыру – 60 күнге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z152" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Су пайдаланудың рұқсат етілген көлемін азайту түріндегі жедел ден қою шарасын қолдануға негіз осы бірлескен бұйрыққа 4-қосымшаның 23, 24, 25, 26, 27, 28- тармақшаларында көрсетілген бұзушылықтар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z153" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Арнаулы су пайдалануға рұқсаттың қолданысын тоқтата тұруға негіз осы бірлескен бұйрыққа 4-қосымшаның 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20-тармақшаларында көрсетілген бұзушылықтар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z154" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Арнаулы су пайдалануға рұқсаттан айыру түріндегі жедел ден қою шарасын қолдануға негіз осы бірлескен бұйрыққа 4-қосымшаның 21-тармағында көрсетілген бұзушылық болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3818,126 +4109,126 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>су қорын қорғау, бөгеттер</w:t>
+              <w:t>су қорын қорғау және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қауіпсіздігін пайдалану саласындағы</w:t>
+              <w:t>пайдалану, саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тәуекелдер дәрежесін</w:t>
+              <w:t>тәуекел дәрежесін бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағалау критерийлеріне</w:t>
+              <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="47"/>
+    <w:bookmarkStart w:name="z156" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Су ресурстарын алуды және (немесе) пайдалануды, сондай-ақ су шаруашылығы құрылысжайларын пайдалануды жүзеге асыратын бақылау субъектілеріне қатысты барумен профилактикалық бақылау үшін Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы бақылау субъектілеріне (объектілеріне) талаптардың бұзылу дәрежесі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+        <w:t xml:space="preserve"> Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы су ресурстарын алуды және (немесе) пайдалануды және гидротехникалық құрылысжайларын пайдалануды жүзеге асыратын бақылау мен қадағалау субъектілеріне қатысты бару арқылы профилактикалық бақылау үшін, сондай-ақ аттестатталған ұйымдарды гидротехникалық құрылысжайлардың қауіпсіздігі саласындағы жұмыстар жүргізу құқығына қатысты бақылау мен қадағалау субъектілеріне (объектілеріне) талаптардың бұзылу дәрежесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4129,87 +4420,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер асты суларына байқау және режимдік ұңғымаларды, су объектілеріндегі байқау режимдік жармаларды, су қорғау немесе су шаруашылығы белгілерін жою немесе бүлдіру фактілерінің болуы</w:t>
+Су объектілері мен су ресурстарын байқайтын мемлекеттік пункттерді, арнаулы ақпараттық белгілерді және шектеулер белгілерін жою немесе бүлдіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеусіз</w:t>
+Болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4242,87 +4533,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су объектілерін ластанудан, бітелуден және сарқылудан қорғауды қамтамасыз ететін ұйымдастырушылық, технологиялық, орман мелиорациялық, агротехникалық, гидротехникалық, санитариялық-эпидемиологиялық және басқа да іс-шаралардың орындалғанын растайтын құжаттардың болмауы</w:t>
+Су объектiлерiн заңсыз басып алу, су пайдалану құқығын басқаға беру, сондай-ақ су қорына мемлекеттiк меншiк құқығын тiкелей немесе жасырын нысанда бұзатын басқа да мәмiлелерді жасау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4355,51 +4646,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы су пайдалануға рұқсаттың болмауы</w:t>
+Су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларды, құрылғыларын, алынған және ағызылған су ресурстарының көлемін өлшеу құралдарын бүлдіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4468,51 +4759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су қоймасын пайдаланудың бекітілген режимін сақтамау</w:t>
+Гидротехникалық құрылысжайларды гидротехникалық құрылысжайлардың қауіпсіздігі декларациясынсыз пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4581,51 +4872,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су қоймасын пайдаланудың бекітілген режимінің болмауы</w:t>
+Су объектілерінің жай-күйіне теріс әсер ететін объектілерді пайдалануға беру талаптарын бұзу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4694,51 +4985,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су шаруашылығы құрылысжайларын және судың жай-күйіне әсер ететін техникалық құрылғыларды жарамды күйде ұстамау</w:t>
+Қазақстан Республикасының су заңнамасында айқындалған су объектілерін ластанудан, қоқыстанудан және сарқылудан қорғауды қамтамасыз ететін іс-шараларды жүргізбеу, жерүсті су объектілеріне санациялауды жүргізбеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4807,51 +5098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су шаруашылығы жүйелері мен құрылысжайларының қауіпсіздік критерийлеріне мониторинг жүргізбеу (журналдың болуы)</w:t>
+Табиғи және техногендік сипаттағы төтенше жағдайлар кезінде жоғары қауіп төндіретін гидротехникалық құрылысжайларды көпфакторлы зерттеп-қарауды жүргізбеу немесе тиісінше жүргізбеу, сондай-ақ оны жүргізу мерзімдерін бұзу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4920,87 +5211,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су шаруашылығы жүйелерінің қауіпсіздік критерийлерін түзетуді жүргізбеу (жобалық құжаттаманың болуы)</w:t>
+Жерүсті су ағынын реттеу кезінде гидротехникалық құрылысжай жұмысының бекітілген су режимінің болмауы және сақтамау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өрескел</w:t>
+Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5033,51 +5324,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су шаруашылығы жүйелері мен құрылысжайларына көп факторлы тексеру жүргізбеу (қорытындының болуы)</w:t>
+Гидротехникалық құрылысжайлардың паспорты, гидротехникалық құрылысжайларды пайдалану қағидалары, гидротехникалық құрылысжайлардың қауіпсіздігі декларациясының болмауы, сонымен қатар пайдалану сатысында гидротехникалық құрылысжайлардың қауіпсіздік өлшемшарттарының болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5146,51 +5437,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Толық және сенімді ақпаратты қамтитын бөгеттердің қауіпсіздігі туралы декларацияның болмауы</w:t>
+Техникалық қызмет көрсету, жоспарлы жөндеу және жаңғырту жұмыс істеп тұрған гидротехникалық құрылысжайларда жүзеге асырылмау, олардың көлемі құрылымның қауіпсіздігін қамтамасыз ету және оны қалыпты жағдайда және жұмыс жағдайында ұстау қажеттілігімен айқындалады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5259,51 +5550,688 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әрбір су жинау құрылысжайында және сарқынды суларды шығаруда су шығынын өлшеу кезеңділігін сақтамау</w:t>
+Гидротехникалық құрылысжайлардың меншік иесімен (иеленушісі) гидротехникалық құрылысжайлардың техникалық жай-күйіне, оның механикалық жабдықтарына, белгіленген пайдалану көрсеткіштерінің тұрақтылығын қамтамасыз ететін жөндеу жұмыстарының көлемдерінің орындамау, дайындық жұмыстарының толықтығына, жөндеу жұмыстары үшін қажетті қосалқы бөлшектер мен құрылыс материалдарының уақытылы қамтамасыз етпеу, сондай-ақ жөндеу жұмыстарының мерзімі мен сапасына бақылауды қамтамасыз етпеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидротехникалық құрылысжайлардың меншік иесі (иеленушісі) құрылысжайлардың жай-күйіне сапалы мониторинг жүргізу үшін бақылау-өлшеу аспаптарын сақтау мен дамыту жүйесін қамтамасыз етпеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидротехникалық құрылысжайлардың меншік иелерімен (иеленушілерімен) оларды қауіпсіз пайдалану үшін келесі шараларды қамтамасыз етпеу:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) техникалық жай-күйін, оның ішінде жұмыс істеуін инженерлік-техникалық қамтамасыз ету объектілерінің жай-күйін зерттеп-қарау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ағымдағы және күрделі жөндеу жүргізу, негізгі және қосалқы жабдықтарды ауыстыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) суды тұтыну мен ағызуды есепке алуға арналған жабдықтар мен аппаратураларды жарамды күйде ұстап тұру және мемлекеттік аттестаттау мерзімдерін сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) материалдық-техникалық ресурстардың қорларын құру шараларын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидротехникалық құрылысжайдың техникалық жай-күйіне зерттеп-қарауды жүргізу үшін меншік иесінде (иеленушісінде) зерттеп-қарау графигі мен бағдарламасының болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су ресурстарын кешендi пайдалану, экология және су бөлу мүдделерi үшін оларды реттеуге кедергi келтіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгіленген су сервитуттарын бұзу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5391,126 +6319,126 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>су қорын қорғау, бөгеттер</w:t>
+              <w:t>су қорын қорғау және пайдалану,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қауіпсіздігін пайдалану саласындағы</w:t>
+              <w:t>саласындағы тәуекел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тәуекелдер дәрежесін</w:t>
+              <w:t>дәрежесін бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағалау критерийлеріне</w:t>
+              <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="48"/>
+    <w:bookmarkStart w:name="z158" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Су объектілерінде немесе су қорғау аймақтары мен белдеулерінде құрылыс, түбін тереңдету және жару жұмыстарын, пайдалы қазбалар мен басқа да ресурстарды өндіруді, кәбілдерді, құбыржолдарды және басқа да коммуникацияларды төсеуді, ағаш кесуді, бұрғылау және өзге де жұмыстарды жүзеге асыратын бақылау субъектілеріне қатысты барумен профилактикалық бақылау үшін Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы бақылау субъектілеріне (объектілеріне) талаптардың бұзылу дәрежесі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
+        <w:t xml:space="preserve"> Су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды жүзеге асыратын бақылау мен қадағалау субъектілеріне, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарына қатысты барумен профилактикалық бақылау үшін Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы бақылау мен қадағалау субъектілеріне (объектілеріне) талаптардың бұзылу дәрежесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5702,51 +6630,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су объектілерінде, су қорғау аймақтары мен белдеулерінде кәсіпорындар мен басқа да құрылысжайларды орналастыруды, сондай-ақ құрылыс және басқа да жұмыстарды жүргізу шарттарын келісудің болмауы</w:t>
+Су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарын келісудің болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5815,87 +6743,637 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңадан іске қосылатын және реконструкцияланған кәсіпорындарда және объектілерде су объектілерінің ластануын, бітелуін болдырмайтын құрылысжайлар мен құрылғылардың болмауы</w:t>
+Жерүсті су объектілерінде жерасты суларына іздеу-бағалау жұмыстарын және оларды алуды, Каспий теңізінің қазақстандық секторында көмірсутектерді барлау немесе өндіру жөніндегі операцияларды, сондай-ақ кен іздеушілікті, ас тұзын, емдік балшықтар өндіруді қоспағанда, жер қойнауын пайдалану жөніндегі операцияларды жүргізуге.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерүсті су объектілерінде радиоактивті және улы заттармен, тұрмыстық қатты және өндірістік қалдықтармен, улы химикаттармен, тыңайтқыштармен, қатты және сұйық түрдегі мұнай, химия өнімдерімен ластауға және қоқыстауға.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерүсті су объектілерінде бекітілген су режимінсіз және арнаулы су пайдалануға рұқсатсыз суды алуға және (немесе) пайдалануға.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерүсті су объектілерінде ауыл шаруашылығы жануарларын тоғытуға және санитариялық өңдеуге.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерүсті су объектілерінде пайдаланудан шығарылған (бүлінген) кемелерді және өзге де жүзу құралдарын, көлік құралдарын (олардың тетіктері мен бөліктерін) көмуге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау белдеулері шегінде шаруашылық қызметтің кез келген түріне, сондай-ақ шаруашылық және өзге де қызметті жүргізу үшін жер учаскелерін беруді, оған</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) су шаруашылығы құрылысжайлары мен олардың коммуникацияларын;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көпірлерді, көпір құрылысжайларын;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлақтарды, порттарды, пирстерді және су көлігі, балық ресурстары мен басқа да су жануарларын қорғау, балық аулау мен аквашаруашылық қызметіне байланысты өзге де инфрақұрылым объектілерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балық өсіретін тоғандарды, балық өсіретін бассейндер мен балық өсіретін объектілерді, сондай-ақ оларға коммуникацияларды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғимараттар мен құрылысжайлардың күрделі құрылысынсыз балаларға арналған ойын және спорт алаңдарын, жағажайларды, аквапарктерді және басқа да рекреациялық аймақтарды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+су объектілері жай-күйінің көрсеткіштерін байқау пункттерін салу және пайдалану;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жағалауды нығайту, ағаш өсіру және көгалдандыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жерасты суларына іздеу-бағалау жұмыстарын және оларды алуды, Каспий теңізінің қазақстандық секторында көмірсутектерді барлау немесе өндіру жөніндегі операцияларды, сондай-ақ кен іздеушілікті, ас тұзын, емдік балшықтар өндіру қызметтері кірмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде жерүсті су объектілерінің, су қорғау аймақтары мен белдеулерінің ластануы мен қоқыстануын болғызбайтын құрылысжайлармен және құрылғылармен қамтамасыз етілмеген жаңа және реконструкцияланған объектілерді пайдалануға беру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде автожанармай құю станцияларын, мұнай өнімдерін сақтауға арналған қоймаларды, көлік құралдары мен ауыл шаруашылығы техникасын техникалық қарап-тексеру, оларға қызмет көрсету, жөндеу және жуу пункттерін орналастыруға және салу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде тыңайтқыштарды, пестицидтерді, улы химикаттарды, көңді сақтауға және оларды қолдануға арналған қоймалар мен алаңдарды орналастыруды және салуды болғызбау. Су қорғау аймағында мәжбүрлі санитариялық өңдеу жүргізу қажет болған кезде уыттылығы аз және орташа, жойылуы оңай пестицидтерді қолдану.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде тұрмыстық қатты және өнеркәсіптік қалдықтардың үйінділерін орналастыруға және жайғастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде зираттарды орналастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде жүктеме нормасынан асатын ауыл шаруашылығы жануарларын жаюға, мал шаруашылықтарын, мал сою алаңдарын (ауыл шаруашылығы жануарларын сою алаңдарын), мал қорымдарын (биотермиялық шұңқырларды), пестицидтердің арнаулы қоймаларын (көмінділерін) және олардың ыдыстарын орналастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде сарқынды суларды жинақтағыштарды, сарқынды сулармен суару алқаптарын, сондай-ақ жерүсті және жерасты суларының радиациялық, химиялық, микробиологиялық, токсикологиялық және паразитологиялық ластану қаупін туғызатын басқа да объектілерді орналастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5947,126 +7425,113 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>су қорын қорғау, бөгеттер</w:t>
+              <w:t>су қорын қорғау және пайдалану,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қауіпсіздігін пайдалану саласындағы</w:t>
+              <w:t>саласындағы тәуекел дәрежесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тәуекелдер дәрежесін</w:t>
-[...12 lines deleted...]
-              <w:t>бағалау критерийлеріне</w:t>
+              <w:t>бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z85" w:id="49"/>
+    <w:bookmarkStart w:name="z160" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Су ресурстарын алуды және (немесе) пайдалануды, сондай-ақ су шаруашылығы құрылысжайларын пайдалануды жүзеге асыратын бақылау субъектілеріне қатысты берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігін тексеру үшін Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы бақылау субъектілеріне (объектілеріне) талаптардың бұзылу дәрежесі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
+        <w:t xml:space="preserve"> Су ресурстарын алуды және (немесе) пайдалануды, сондай-ақ су шаруашылығы құрылысжайларын пайдалануды жүзеге асыратын бақылау мен қадағалау субъектілеріне қатысты берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігін тексеру үшін Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы бақылау мен қадағалау субъектілеріне (объектілеріне) талаптардың бұзылу дәрежесі, сондай-ақ аттестатталған ұйымдарды гидротехникалық құрылысжайлардың қауіпсіздігі саласында жұмыстар жүргізу құқығына қатысты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6371,51 +7836,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы су пайдалануға арналған рұқсатта белгіленген су тұтыну және су бұру лимиттерін сақтамау</w:t>
+Орталықтандырылған ауызсумен жабдықтау үшін су ресурстарын алып қоюды</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жүзеге асыратын су пайдаланушылар мен су тұтынушылардың су тұтыну мен су бұру көлемдерін негіздеу есеп-қисабының болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6484,51 +7967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су қорын пайдалану және қорғау, сумен жабдықтау, су бұру саласындағы уәкілетті органның ведомствосымен келісілген су тұтыну мен су бұрудың үлес нормаларының болмауы</w:t>
+Суды алу, пайдалану және су бұру туралы дәлелсіз деректерді, сондай-ақ оларды белгіленген мерзімдерде уақытлы ұсынбау: ауыл шаруашылығы қажеттіліктері үшін суды пайдаланатын су пайдаланушылар жыл сайын, есепті кезеңнің 1 желтоқсанынан кешіктірмей, өндірістік, коммуналдық-тұрмыстық қажеттіліктер мен гидроэнергетикада суды пайдаланатын су пайдаланушылар жыл сайын, есепті кезеңнен кейінгі 10 қаңтардан кешіктірмей, суды бастапқы есепке алу үшін тоқсан сайын, есепті тоқсаннан кейінгі айдың 10 күніне дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6597,51 +8080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су алу немесе ағызу жүзеге асырылатын өлшем, су алу және ағызу орындарының нөмірлерін, сондай-ақ мұндай суларды қайталама су пайдаланушыларға беруді есепке алу тораптарын көрсете отырып, су шаруашылығы құрылысжайлары мен техникалық құрылғылардың орналасу схемасының болмауы</w:t>
+Есепке алу аспаптарына салынған пломбаларды жұлып тастау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6710,87 +8193,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Суды бастапқы есепке алу журналының болмауы</w:t>
+Көмегімен су алу немесе ағызу жүзеге асырылатын суды өлшеу, жинау және ағызу орындарының нөмірін көрсете отырып, су шаруашылығы құрылыстары мен техникалық құрылғылардың, сондай-ақ осындай суларды қосалқы су пайдаланушыларға беруді есепке алу тораптарының орналасу схемасының болмауы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суды бастапқы есебі журналдарының болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеусіз</w:t>
+Болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6823,87 +8324,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті тоқсаннан кейінгі айдың 10-күніне дейінгі мерзімде суларды бастапқы есепке алу жөніндегі анық және толық ақпаратты ұсынбау</w:t>
+Су шығыстарын өлшеу су тарту құрылыстарында және сарқынды суларды шығару орындарында:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) жер үсті және жер асты суларын алуды жүзеге асыратын құрылыстар үшін кезеңділігі он күнтізбелік күнде бір реттен жиі емес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) тіреуіш құрылыстар, су тораптары, каналдар (магистральдық, шаруашылықаралық, шаруашылықішілік) үшін кезеңділігі күніне бір реттен жиі емес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) сарқынды суларды ағызуды жүзеге асыратын құрылыстар үшін кезеңділігі он күнтізбелік күнде бір реттен жиі емес жүргізбеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өрескел</w:t>
+Болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6936,87 +8491,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Суды тұтыну мен ағызуды есепке алу үшін жарамды, мемлекеттік аттестаттаудан өткен өлшеу құралдарының, сондай-ақ бүтін және бүлінбеген пломбалардың болмауы</w:t>
+Ашық арынсыз каналдарда су шығыстарын өлшеу үшін стандартты суағызғылар және науалар, сондай-ақ бірыңғай өлшемдерді қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдары мен құрылғылары қолданбау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7049,51 +8604,2585 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су кадастрының есебі мен есептілігінің деректерін бұрмалау, сондай-ақ суды алу, пайдалану және су бұру туралы есепті ұсынбау 2-ТП (Су шаруашылығы) жылдық</w:t>
+Суды бастапқы есебін жүргізуге арналған тігілген, нөмірленген, сондай-ақ, бірінші басшының немесе оны алмастырушы адамның қолымен және мөрімен (бар болған жағдайда) расталған журналдың болмауы. Өлшеуді жүргізуді бастаған күн көрсетілген журналдың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болмашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су ресурстарын нысаналы пайдаланбау, су пайдаланудың рұқсат етілген көлемдерінен асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларға және (немесе) арнаулы су пайдалануды жүзеге асыруға көмек болатын техникалық құрылғыға меншік құқығы немесе оларды пайдалану құқығы негіздерінің болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су шаруашылық құрылысжайының паспорты мен оны пайдалану қағидаларының, ал қауіптілігі ықтимал гидротехникалық құрылысжайлар үшін қауіпсіздік декларациясының да болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су пайдалану көлемінің су пайдаланудың бекітілген жедел лимитіне сәйкес болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаруашылық сумен және ауызсумен жабдықтау үшін жерүсті және (немесе) жерасты суларын алу кезінде халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілерге сәйкестігі туралы санитариялық-эпидемиологиялық қорытындының болмауы, сондай-ақ ауызсумен жабдықтайтын су тарту құрылысжайларының санитариялық қорғау аймақтарының болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тазартылған сарқынды сулар мен өндірістік суларды жерүсті су объектілеріне, жер қойнауына, сарқынды суларды жинақтағыштарға және жергілікті жер бедеріне ағызу кезінде I және II санаттағы объектілер үшін экологиялық рұқсаттың не III санаттағы объектілер үшін қоршаған ортаға әсері туралы декларацияның болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су ресурстарының пайдаланылуына уақытылы және анық өндірістік бақылауды арнаулы су пайдалануға рұқсаты бар жеке және заңды тұлғалармен жүзеге асырмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су тұтыну мен су бұрудың үлестік нормаларын келісудің болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауызсумен жабдықтауға жарамды жерасты суларын сумен жабдықтаудың өзге көздері болмаған және осы жерасты сулары ауызсумен жабдықтаудың баламасыз көзі болып табылмайтын жағдайларды қоспағанда, өзге мақсаттар үшін пайдалануға жол берілмейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерасты сулары учаскелерінің бекітілген қорының болмауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+минералды жерасты суларын алғанда – кез келген көлемде алып қою кезінде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жерасты суларының өзге түрлерін алғанда – тәулігіне елу текше метрден астам көлемде алып қою кезінде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұңғымалардағы су деңгейін өлшеуге арналған аспаптардың немесе манометрлердің (су өздігінен ағып шығатын ұңғымалар үшін) болмауы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәулігіне бір мың текше метрден астам көлемде жерасты суларын алу кезінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жер қойнауын зерттеу жөніндегі уәкілетті органның аумақтық бөлімшелерімен келісілген, байқау желісінің құрамы мен конструкциясы, жерасты суларының шығысы, динамикалық және статикалық деңгейлері, химиялық құрамын байқаудың кезеңділігі мен тәртібі көрсетілген жерасты суларын мониторингтеу бағдарламасының болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жер қойнауын зерттеу жөніндегі уәкілетті органмен келісілген жерасты суларын алу жобасының болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+nullБалық қорғау және (немесе) балық жіберу құрылғысының болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ЗҚАИ-ның ескертпесі!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  19-тармақ 01.01.2027 бастап </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолданысқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> енгізіледі – ҚР ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 315-НҚ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 бірлескен бұйрығымен (мәтін алып тасталды).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке және заңды тұлғаларда жерүсті су ағынын реттеу кезінде гидротехникалық құрылысжай жұмысының бекітілген су режимінің болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су объектілерін (су ресурстарын) пайдаланбау (ауызсумен жабдықтауға арналған су объектілерін (су ресурстарын) бір жыл бойы пайдаланбау; су объектілерін (су ресурстарын) үш жыл бойы пайдаланбау, сонымен қатар арнаулы су пайдалануға рұқсаттың қолданысын тоқтата тұруға негіз болған бұзушылықтар жойылмаған жағдайларда жүргізіледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидротехникалық құрылысжайлардың қауiпсiздiгi саласындағы аттестатталатын жұмыс түрлерін жүргізу кезінде Қазақстан Республикасының заңнамасын бұзу, оның ішінде сәйкестiгi (сәйкес еместiгi) туралы толық емес және (немесе) анық емес ақпаратты қамтитын сараптама қорытындыларын беру, гидротехникалық құрылысжайлардың қауiпсiздiгi декларацияларын әзiрлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бассейндік келісімдерде көзделген міндеттемелерді белгіленген мерзімдерде орындамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа су пайдаланушылар мен табиғат пайдаланушылардың құқықтары мен заңды мүддесінің бұзылуына алып келетін су пайдаланудың рұқсат етілген көлемінен асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ЗҚАИ-ның ескертпесі!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  25-тармақ 01.01.2027 бастап </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолданысқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> енгізіледі – ҚР ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 315-НҚ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 бірлескен бұйрығымен (мәтін алып тасталды).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су шаруашылығы құрылысжайлары мен судың жай-күйіне әсер ететін техникалық құрылғыларды ақаулы күйде ұстау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су тарту және су ағызу құрылысжайларында өлшеу құралдарының немесе су өлшеу аспаптарының болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су пайдаланғаны үшін төлемақыны уақтылы жүзеге асырмау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7181,126 +11270,113 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>су қорын қорғау, бөгеттер</w:t>
+              <w:t>су қорын қорғау және пайдалану,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қауіпсіздігін пайдалану саласындағы</w:t>
+              <w:t>саласындағы тәуекел дәрежесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тәуекелдер дәрежесін</w:t>
-[...12 lines deleted...]
-              <w:t>бағалау критерийлеріне</w:t>
+              <w:t>бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="50"/>
+    <w:bookmarkStart w:name="z162" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігін тексеру үшін су объектілерінде немесе су қорғау аймақтары мен белдеулерінде құрылыс, түбін тереңдету және жару жұмыстарын, пайдалы қазбалар мен басқа да ресурстарды өндіруді, кәбілдерді, құбыржолдарды және басқа да коммуникацияларды төсеуді, ағаш кесуді, бұрғылау және өзге де жұмыстарды жүзеге асыратын бақылау субъектілеріне қатысты Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы бақылау субъектілеріне (объектілеріне) талаптардың бұзылу дәрежесі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
+        <w:t xml:space="preserve"> Берілген рұқсаттар бойынша рұқсат беру талаптарына сәйкестігін тексеру үшін су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды жүзеге асыратын бақылау мен қадағалау субъектілеріне, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарына қатысты Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы бақылау мен қадағалау субъектілеріне (объектілеріне) талаптардың бұзылу дәрежесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7492,87 +11568,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Белгіленген тәртіппен бекітілген жобалық құжаттаманың болмауы және оған экономика салаларының объектілерін салу, реконструкциялау, техникалық қайта жарақтандыру сәйкестігі</w:t>
+Су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, орман өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізуге арналған құжаттардың жобаларын келісу шарттарын сақтамау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7611,5516 +11687,448 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>су қорын қорғау, бөгеттер</w:t>
+              <w:t>Ауыл шаруашылығы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қауіпсіздігін пайдалану саласындағы</w:t>
+              <w:t>2019 жылғы 5 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тәуекелдер дәрежесін</w:t>
+              <w:t>№ 135 және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағалау критерийлеріне</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>Ұлттық экономика министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2019 жылғы 24 сәуірдегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 30 бірлескен бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="51"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының су қорын пайдалану және қорғау, бөгеттердің қауіпсіздігі саласындағы бақылау субъектілеріне (объектілеріне) тәуекел дәрежесін бағалаудың субъективті критерийлері бойынша тәуекел дәрежесін айқындау үшін субъективті критерийлер тізбесі</w:t>
-[...5061 lines deleted...]
-    <w:bookmarkEnd w:id="52"/>
+        <w:t xml:space="preserve"> Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы су ресурстарын алуды және (немесе) пайдалануды және гидротехникалық құрылысжайларын пайдалануды жүзеге асыратын бақылау мен қадағалау субъектілеріне қатысты, сондай-ақ аттестатталған ұйымдардың гидротехникалық құрылысжайлардың қауіпсіздігі саласында жұмыстар жүргізу құқығына қатысты Қазақстан Республикасы Кәсіпкерлік кодексінің 138 және 139-баптарына сәйкес тексеру парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 17.05.2023 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 151</w:t>
+        <w:t>№ 315-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 18.05.2023 № 72 (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес</w:t>
+        <w:t>
+      бақылау және қадағалау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді/ бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындаған мемлекеттік орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді/ бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындау туралы акт____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (№, күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау мен қадағалау субъектісінің (объектісінің) атауы__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау мен қадағалау субъектісінің (объектісінің) жеке сәйкестендіру нөмірі, бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
+      Орналасқан жерінің мекенжайы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тексеруді тағайындаған мемлекеттік орган _______________________________</w:t>
-[...143 lines deleted...]
-      _____________________________________________________________________</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13361,51 +12369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер асты суларына байқау және режимдік ұңғымаларды, су объектілеріндегі байқау режимдік жармаларды, су қорғау немесе су шаруашылығы белгілерін жою немесе зақымдау</w:t>
+Су объектілері мен су ресурстарын байқайтын мемлекеттік пункттерді, арнаулы ақпараттық белгілерді және шектеулер белгілерін қорғау немесе сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13502,51 +12510,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су объектілерін ластанудан, бітелуден және сарқылудан қорғауды қамтамасыз ететін ұйымдастырушылық, технологиялық, орман мелиорациялық, агротехникалық, гидротехникалық, санитариялық-эпидемиологиялық және басқа да іс-шаралардың орындалғанын растайтын құжаттар</w:t>
+Су объектiлерiн заңсыз басып алу, су пайдалану құқығын басқаға беру, сондай-ақ су қорына мемлекеттiк меншiк құқығын тiкелей немесе жасырын нысанда бұзатын басқа да мәмiлелерді жасау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13643,51 +12651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы су пайдалануға рұқсаттың болуы</w:t>
+Су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларды, құрылғыларын, алынған және ағызылған су ресурстарының көлемін өлшеу құралдарын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13784,51 +12792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су қоймасын пайдаланудың бекітілген режимін сақтау</w:t>
+Гидротехникалық құрылысжайларды гидротехникалық құрылысжайлардың қауіпсіздігі декларациясымен пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13925,51 +12933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су қоймасын пайдаланудың бекітілген режимінің болуы</w:t>
+Су объектілерінің жай-күйіне теріс әсер ететін объектілерді пайдалануға беру талаптарын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14066,51 +13074,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су шаруашылығы құрылысжайларын және судың жай-күйіне әсер ететін техникалық құрылғыларды ақаусыз күйде ұстау</w:t>
+Қазақстан Республикасының су заңнамасында айқындалған су объектілерін ластанудан, қоқыстанудан және сарқылудан қорғауды қамтамасыз ететін іс-шараларды жүргізу, жерүсті су объектілеріне санациялауды жүргізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14207,51 +13215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су шаруашылығы жүйелері мен құрылысжайларының қауіпсіздік критерийлеріне мониторинг жүргізу (журналдың болуы)</w:t>
+Табиғи және техногендік сипаттағы төтенше жағдайлар кезінде жоғары қауіп төндіретін гидротехникалық құрылысжайларды көпфакторлы зерттеп-қарауды жүргізу немесе тиісінше жүргізу, сондай-ақ оны жүргізу мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14348,51 +13356,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су шаруашылығы жүйелері мен құрылысжайларының қауіпсіздік критерийлеріне түзету жүргізу (жобалау құжаттамасының болуы)</w:t>
+Жерүсті су ағынын реттеу кезінде гидротехникалық құрылысжай жұмысының бекітілген су режимінің болуы және сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14489,51 +13497,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су шаруашылығы жүйелері мен құрылысжайларына көп факторлы тексеру жүргізу (қорытындының болуы)</w:t>
+Гидротехникалық құрылысжайлардың паспорты, гидротехникалық құрылысжайларды пайдалану қағидалары, гидротехникалық құрылысжайлардың қауіпсіздігі декларациясының болуы, сонымен қатар пайдалану сатысында гидротехникалық құрылысжайлардың қауіпсіздік өлшемшарттарының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14630,51 +13638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Толық және сенімді ақпаратты қамтитын бөгеттердің қауіпсіздігі декларациясының болуы</w:t>
+Техникалық қызмет көрсету, жоспарлы жөндеу және жаңғырту жұмыс істеп тұрған гидротехникалық құрылысжайларда жүзеге асыру, олардың көлемі құрылымның қауіпсіздігін қамтамасыз ету және оны қалыпты жағдайда және жұмыс жағдайында ұстау қажеттілігімен айқындалады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14771,51 +13779,828 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әрбір су жинау құрылысжайында және сарқынды суларды шығаруда су шығынын өлшеу кезеңділігін сақтау</w:t>
+Гидротехникалық құрылысжайлардың меншік иесімен (иеленушісі) гидротехникалық құрылысжайлардың техникалық жай-күйіне, оның механикалық жабдықтарына, белгіленген пайдалану көрсеткіштерінің тұрақтылығын қамтамасыз ететін жөндеу жұмыстарының көлемдерінің орындау, дайындық жұмыстарының толықтығына, жөндеу жұмыстары үшін қажетті қосалқы бөлшектер мен құрылыс материалдарының уақытылы қамтамасыз ету, сондай-ақ жөндеу жұмыстарының мерзімі мен сапасына бақылауды қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидротехникалық құрылысжайлардың меншік иесі (иеленушісі) құрылысжайлардың жай-күйіне сапалы мониторинг жүргізу үшін бақылау-өлшеу аспаптарын сақтау мен дамыту жүйесін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидротехникалық құрылысжайлардың меншік иелерімен (иеленушілерімен) оларды қауіпсіз пайдалану үшін келесі шараларды қамтамасыз ету:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) техникалық жай-күйін, оның ішінде жұмыс істеуін инженерлік-техникалық қамтамасыз ету объектілерінің жай-күйін зерттеп-қарау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ағымдағы және күрделі жөндеу жүргізу, негізгі және қосалқы жабдықтарды ауыстыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) суды тұтыну мен ағызуды есепке алуға арналған жабдықтар мен аппаратураларды жарамды күйде ұстап тұру және мемлекеттік аттестаттау мерзімдерін сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) материалдық-техникалық ресурстардың қорларын құру шараларын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидротехникалық құрылысжайдың техникалық жай-күйіне зерттеп-қарауды жүргізу үшін меншік иесінде (иеленушісінде) зерттеп-қарау графигі мен бағдарламасының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су ресурстарын кешендi пайдалану, экология және су бөлу мүдделерi үшін оларды реттеуге кедергi келтірмеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгіленген су сервитуттарын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14855,192 +14640,178 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Лауазымды тұлға (лар) __________________________ ____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Лауазымды тұлға (лар) __________________________ ____________</w:t>
-[...17 lines deleted...]
-      (лауазымы)             (қолы)</w:t>
+                                     (лауазымы) (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (тегі, аты, әкесінің аты (бар болса))</w:t>
+                         (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Бақылау мен қадағалау субъектісінің басшысы ______________________ ____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Бақылау субъектісінің басшысы ______________________ ____________</w:t>
+                                                 (лауазымы)                   (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (лауазымы)             (қолы)  </w:t>
+      _________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________________________________________</w:t>
-[...31 lines deleted...]
-</w:t>
+                         (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15089,90 +14860,90 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ауыл шаруашылығы</w:t>
+              <w:t>Ауыл шаруашылығы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министрінің</w:t>
+              <w:t>2019 жылғы 5 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2019 жылғы 5 сәуірдегі № 135</w:t>
+              <w:t>№ 135 және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және Қазақстан Республикасы</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15186,370 +14957,356 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="53"/>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тексеру парағы</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+        <w:t xml:space="preserve"> Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды жүзеге асыратын бақылау мен қадағалау субъектілеріне, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарына қатысты Қазақстан Республикасы Кәсіпкерлік кодексінің 138 және 139-баптарына сәйкес тексеру парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 17.05.2023 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 151</w:t>
+        <w:t>№ 315-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 18.05.2023 № 72 (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________________________________</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      бақылау және қадағалау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді/ бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындаған мемлекеттік орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес</w:t>
+      Тексеруді/ бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+       профилактикалық бақылауды тағайындау туралы акт_______________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+                                                             (№, күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      Бақылау мен қадағалау субъектісінің (объектісінің)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+       атауы______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылау субъектісіне (объектісіне) бара отырып, тексеруді/ профилактикалық бақылауды тағайындаған мемлекеттік орган __________________________________________</w:t>
+      Бақылау мен қадағалау субъектісінің (объектісінің) жеке сәйкестендіру нөмірі, бизнес-сәйкестендіру нөмірі ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылау субъектісіне (объектісіне) бара отырып, тексеруді/профилактикалық бақылауды тағайындау туралы акт __________________________________________________</w:t>
+      Орналасқан жерінің мекенжайы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                     ( № , күні)</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылау субъектісінің (объектісінің) атауы  ____________________________________</w:t>
-[...71 lines deleted...]
-      ____________________________________________________________________________</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15790,51 +15547,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су объектілерінде, су қорғау аймақтары мен белдеулерінде кәсіпорындар мен басқа да құрылысжайларды орналастыруды, сондай-ақ құрылыс және басқа да жұмыстарды жүргізу жағдайларын келісудің болуы</w:t>
+Су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарын келісудің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15931,51 +15688,657 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңадан іске қосылатын және реконструкцияланған кәсіпорындарда және объектілерде су объектілерінің ластануын, бітелуін болдырмайтын құрылысжайлар мен құрылғылардың болуы</w:t>
+Жерүсті су объектілерінде жерасты суларына іздеу-бағалау жұмыстарын және оларды алуды, Каспий теңізінің қазақстандық секторында көмірсутектерді барлау немесе өндіру жөніндегі операцияларды, сондай-ақ кен іздеушілікті, ас тұзын, емдік балшықтар өндіруді қоспағанда, жер қойнауын пайдалану жөніндегі операцияларды болғызбау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерүсті су объектілерінде радиоактивті және улы заттармен, тұрмыстық қатты және өндірістік қалдықтармен, улы химикаттармен, тыңайтқыштармен, қатты және сұйық түрдегі мұнай, химия өнімдерімен ластауға және қоқыстауға болғызбау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерүсті су объектілерінде бекітілген су режимінсіз және арнаулы су пайдалануға рұқсатсыз суды алуға және (немесе) пайдалануға болғызбау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерүсті су объектілерінде ауыл шаруашылығы жануарларын тоғытуға және санитариялық өңдеуге болғызбау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерүсті су объектілерінде пайдаланудан шығарылған (бүлінген) кемелерді және өзге де жүзу құралдарын, көлік құралдарын (олардың тетіктері мен бөліктерін) көмуге болғызбау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау белдеулері шегінде шаруашылық қызметтің кез келген түріне, сондай-ақ шаруашылық және өзге де қызметті жүргізу үшін жер учаскелерін беруді болғызбау, оған</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) су шаруашылығы құрылысжайлары мен олардың коммуникацияларын;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көпірлерді, көпір құрылысжайларын;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлақтарды, порттарды, пирстерді және су көлігі, балық ресурстары мен басқа да су жануарларын қорғау, балық аулау мен аквашаруашылық қызметіне байланысты өзге де инфрақұрылым объектілерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балық өсіретін тоғандарды, балық өсіретін бассейндер мен балық өсіретін объектілерді, сондай-ақ оларға коммуникацияларды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғимараттар мен құрылысжайлардың күрделі құрылысынсыз балаларға арналған ойын және спорт алаңдарын, жағажайларды, аквапарктерді және басқа да рекреациялық аймақтарды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+су объектілері жай-күйінің көрсеткіштерін байқау пункттерін салу және пайдалану;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жағалауды нығайту, ағаш өсіру және көгалдандыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жерасты суларына іздеу-бағалау жұмыстарын және оларды алуды, Каспий теңізінің қазақстандық секторында көмірсутектерді барлау немесе өндіру жөніндегі операцияларды, сондай-ақ кен іздеушілікті, ас тұзын, емдік балшықтар өндіру қызметтері кірмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде жерүсті су объектілерінің, су қорғау аймақтары мен белдеулерінің ластануы мен қоқыстануын болғызбайтын құрылысжайлармен және құрылғылармен қамтамасыз етілмеген жаңа және реконструкцияланған объектілерді пайдалануға беруді болғызбау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде автожанармай құю станцияларын, мұнай өнімдерін сақтауға арналған қоймаларды, көлік құралдары мен ауыл шаруашылығы техникасын техникалық қарап-тексеру, оларға қызмет көрсету, жөндеу және жуу пункттерін орналастыруға және салуды болғызбау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде тыңайтқыштарды, пестицидтерді, улы химикаттарды, көңді сақтауға және оларды қолдануға арналған қоймалар мен алаңдарды орналастыруды және салуды болғызбау. Су қорғау аймағында мәжбүрлі санитариялық өңдеу жүргізу қажет болған кезде уыттылығы аз және орташа, жойылуы оңай пестицидтерді қолдануға жол беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде тұрмыстық қатты және өнеркәсіптік қалдықтардың үйінділерін орналастыруға және жайғастыруды болғызбау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде зираттарды орналастыруды болғызбау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде жүктеме нормасынан асатын ауыл шаруашылығы жануарларын жаюға, мал шаруашылықтарын, мал сою алаңдарын (ауыл шаруашылығы жануарларын сою алаңдарын), мал қорымдарын (биотермиялық шұңқырларды), пестицидтердің арнаулы қоймаларын (көмінділерін) және олардың ыдыстарын орналастыруды болғызбау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтары шегінде сарқынды суларды жинақтағыштарды, сарқынды сулармен суару алқаптарын, сондай-ақ жерүсті және жерасты суларының радиациялық, химиялық, микробиологиялық, токсикологиялық және паразитологиялық ластану қаупін туғызатын басқа да объектілерді орналастыруды болғызбау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16034,141 +16397,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лауазымды тұлға (лар) __________________________ ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (лауазымы)             (қолы)</w:t>
+                                     (лауазымы)             (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (тегі, аты, әкесінің аты (бар болса))</w:t>
+                   (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісінің басшысы ______________________ ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (лауазымы)             (қолы)</w:t>
+                                     (лауазымы)                   (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________</w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -16235,90 +16598,103 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ауыл шаруашылығы</w:t>
+              <w:t xml:space="preserve">Ауыл шаруашылығы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2019 жылғы 5 сәуірдегі № 135</w:t>
+              <w:t>2019 жылғы 5 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және Қазақстан Республикасы</w:t>
+              <w:t>№ 135 және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16332,468 +16708,338 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="54"/>
+    <w:bookmarkStart w:name="z92" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тексеру парағы</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+        <w:t xml:space="preserve"> Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы су ресурстарын алуды және (немесе) пайдалануды және гидротехникалық құрылысжайларын пайдалануды жүзеге асыратын бақылау мен қадағалау субъектілеріне қатысты, сондай-ақ аттестатталған ұйымдардың гидротехникалық құрылысжайлардың қауіпсіздігі саласында жұмыстар жүргізу құқығына қатысты Қазақстан Республикасы Кәсіпкерлік кодексінің 138 және 139-баптарына сәйкес тексеру парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Бұйрық 4-қосымшамен толықтырылды - ҚР Экология және табиғи ресурстар министрінің 17.05.2023 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 151</w:t>
+        <w:t>№ 315-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 18.05.2023 № 72 (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> _____________________________</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау және қадағалау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді/ бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындаған мемлекеттік орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес</w:t>
+      Тексеруді/ бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық  бақылауды тағайындау туралы акт_______________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
+                                                       (№, күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
+      Бақылау мен қадағалау субъектісінің (объектісінің)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      __________________________________________________________________ </w:t>
+        <w:t>
+       атауы______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тексеруді тағайындаған мемлекеттік орган________________________________</w:t>
+       Бақылау мен қадағалау субъектісінің (объектісінің) жеке сәйкестендіру нөмірі, бизнес-сәйкестендіру нөмірі ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
+      Орналасқан жерінің мекенжайы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...70 lines deleted...]
-        </w:rPr>
         <w:t>
-      Бақылау субъектісінің (объектісінің) атауы________________________________</w:t>
-[...89 lines deleted...]
-      __________________________________________________________________</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -17175,51 +17421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы су пайдалануға рұқсатта белгіленген су тұтыну және су бұру лимиттерін сақтау</w:t>
+Орталықтандырылған ауызсумен жабдықтау үшін су ресурстарын алып қоюды жүзеге асыратын су пайдаланушылар мен су тұтынушылардың су тұтыну мен су бұру көлемдерін негіздеу есеп-қисабының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17316,51 +17562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су қорын пайдалану және қорғау, сумен жабдықтау, су бұру саласындағы уәкілетті органның ведомствосымен келісілген су тұтыну мен су бұрудың үлес нормаларының болуы</w:t>
+Суды алу, пайдалану және су бұру туралы дәлелді деректерді, оларды белгіленген мерзімдерде уақытлы ұсыну: ауыл шаруашылығы қажеттіліктері үшін суды пайдаланатын су пайдаланушылар жыл сайын, есепті кезеңнің 1 желтоқсанынан кешіктірмей, өндірістік, коммуналдық-тұрмыстық қажеттіліктер мен гидроэнергетикада суды пайдаланатын су пайдаланушылар жыл сайын, есепті кезеңнен кейінгі 10 қаңтардан кешіктірмей, суды бастапқы есепке алу үшін тоқсан сайын, есепті тоқсаннан кейінгі айдың 10 күніне дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17457,51 +17703,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су шаруашылығы құрылысжайлары мен техникалық құрылғыларының көмегімен су алу немесе ағызу жүзеге асырылатын суды өлшеу, алу және ағызу орындарының нөмірлерін көрсете отырып, су шаруашылығы құрылысжайлары мен техникалық құрылғылардың, сондай-ақ мұндай суларды қайталама су пайдаланушыларға беруді есепке алу тораптарының орналасу схемасының болуы</w:t>
+Есепке алу аспаптарына салынған пломбаларды сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17598,51 +17844,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Суды бастапқы есепке алу журналының болуы</w:t>
+Көмегімен су алу немесе ағызу жүзеге асырылатын суды өлшеу, жинау және ағызу орындарының нөмірін көрсете отырып, су шаруашылығы құрылыстары мен техникалық құрылғылардың, сондай-ақ осындай суларды қосалқы су пайдаланушыларға беруді есепке алу тораптарының орналасу схемасының болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суды бастапқы есебі журналдарының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17739,51 +18003,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті тоқсаннан кейінгі айдың 10-күніне дейінгі мерзімде суларды бастапқы есепке алу бойынша анық және толық ақпарат беру</w:t>
+Су шығыстарын өлшеу су тарту құрылыстарында және сарқынды суларды шығару орындарында:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) жер үсті және жер асты суларын алуды жүзеге асыратын құрылыстар үшін кезеңділігі он күнтізбелік күнде бір реттен жиі емес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) тіреуіш құрылыстар, су тораптары, каналдар (магистральдық, шаруашылықаралық, шаруашылықішілік) үшін кезеңділігі күніне бір реттен жиі емес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) сарқынды суларды ағызуды жүзеге асыратын құрылыстар үшін кезеңділігі он күнтізбелік күнде бір реттен жиі емес жүргізілу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17880,51 +18198,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Суды тұтыну мен ағызуды есепке алу үшін жарамды және мемлекеттік аттестаттаудан өткен өлшеу құралдарының, сондай-ақ бүтін және бүлінбеген пломбалардың болуы</w:t>
+Ашық арынсыз каналдарда су шығыстарын өлшеу үшін стандартты суағызғылар және науалар, сондай-ақ бірыңғай өлшемдерді қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдары мен құрылғылары қолдану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18021,51 +18339,3153 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су кадастрының есебі мен есептілігінің дәйекті деректерін ұсыну, сондай-ақ суды алу, пайдалану және су бұру туралы есепті ұсынбау 2-ТП (су шаруашылығы) жылдық</w:t>
+Суды бастапқы есебін жүргізуге арналған тігілуі, нөмірленуі, сондай-ақ, бірінші басшының немесе оны алмастырушы адамның қолымен және мөрімен (бар болған жағдайда) расталуы тиіс журналдың болуы. Өлшеуді жүргізуді бастаған күн көрсетілген журналдың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су ресурстарын нысаналы пайдалану, су пайдаланудың рұқсат етілген көлемдерінен асырмау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларға және (немесе) арнаулы су пайдалануды жүзеге асыруға көмек болатын техникалық құрылғыға меншік құқығы немесе оларды пайдалану құқығы негіздерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су шаруашылық құрылысжайының паспорты мен оны пайдалану қағидаларының, ал қауіптілігі ықтимал гидротехникалық құрылысжайлар үшін қауіпсіздік декларациясының да болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су пайдалану көлемінің су пайдаланудың бекітілген жедел лимитіне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаруашылық сумен және ауызсумен жабдықтау үшін жерүсті және (немесе) жерасты суларын алу кезінде халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілерге сәйкестігі туралы санитариялық-эпидемиологиялық қорытындының болуы, сондай-ақ ауызсумен жабдықтайтын су тарту құрылысжайларының санитариялық қорғау аймақтарының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тазартылған сарқынды сулар мен өндірістік суларды жерүсті су объектілеріне, жер қойнауына, сарқынды суларды жинақтағыштарға және жергілікті жер бедеріне ағызу кезінде I және II санаттағы объектілер үшін экологиялық рұқсаттың не III санаттағы объектілер үшін қоршаған ортаға әсері туралы декларацияның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су ресурстарының пайдаланылуын уақытылы және анық өндірістік бақылауды арнаулы су пайдалануға рұқсаты бар жеке және заңды тұлғалармен жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су тұтыну мен су бұрудың үлестік нормаларын келісудің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауызсумен жабдықтауға жарамды жерасты суларын сумен жабдықтаудың өзге көздері болмаған және осы жерасты сулары ауызсумен жабдықтаудың баламасыз көзі болып табылмайтын жағдайларды қоспағанда, өзге мақсаттар үшін пайдалануға жол берілмейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерасты сулары учаскелерінің бекітілген қорының болуы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+минералды жерасты суларын алғанда – кез келген көлемде алып қою кезінде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жерасты суларының өзге түрлерін алғанда – тәулігіне елу текше метрден астам көлемде алып қою кезінде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұңғымалардағы су деңгейін өлшеуге арналған аспаптардың немесе манометрлердің (су өздігінен ағып шығатын ұңғымалар үшін) болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәулігіне бір мың текше метрден астам көлемде жерасты суларын алу кезінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жер қойнауын зерттеу жөніндегі уәкілетті органның аумақтық бөлімшелерімен келісілген, байқау желісінің құрамы мен конструкциясы, жерасты суларының шығысы, динамикалық және статикалық деңгейлері, химиялық құрамын байқаудың кезеңділігі мен тәртібі көрсетілген жерасты суларын мониторингтеу бағдарламасының болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жер қойнауын зерттеу жөніндегі уәкілетті органмен келісілген жерасты суларын алу жобасының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық қорғау және (немесе) балық жіберу құрылғысының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ЗҚАИ-ның ескертпесі!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  19-тармақ 01.01.2027 бастап </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолданысқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> енгізіледі – ҚР ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 315-НҚ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 бірлескен бұйрығымен (мәтін алып тасталды).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке және заңды тұлғаларда жерүсті су ағынын реттеу кезінде гидротехникалық құрылысжай жұмысының бекітілген су режимінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су объектілерін (су ресурстарын) пайдалану (ауызсумен жабдықтауға арналған су объектілерін (су ресурстарын) бір жыл бойы пайдалану; су объектілерін (су ресурстарын) үш жыл бойы пайдалану, сонымен қатар арнаулы су пайдалануға рұқсаттың қолданысын тоқтата тұруға негіз болған бұзушылықтар жойылған жағдайларда жүргізіледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидротехникалық құрылысжайлардың қауiпсiздiгi саласындағы аттестатталатын жұмыс түрлерін жүргізу кезінде Қазақстан Республикасының заңнамасын сақтау, оның ішінде сәйкестiгi (сәйкес еместiгi) туралы толық емес және (немесе) анық емес ақпаратты қамтитын сараптама қорытындыларын беру, гидротехникалық құрылысжайлардың қауiпсiздiгi декларацияларын әзiрлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бассейндік келісімдерде көзделген міндеттемелерді белгіленген мерзімдерде орындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа су пайдаланушылар мен табиғат пайдаланушылардың құқықтары мен заңды мүддесінің бұзылуына алып келетін су пайдаланудың рұқсат етілген көлемінен асырмау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ЗҚАИ-ның ескертпесі!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  25-тармақ 01.01.2027 бастап </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолданысқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> енгізіледі – ҚР ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 315-НҚ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 бірлескен бұйрығымен (мәтін алып тасталды).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су шаруашылығы құрылысжайлары мен судың жай-күйіне әсер ететін техникалық құрылғыларды ақаулы күйде ұстамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су тарту және су ағызу құрылысжайларында өлшеу құралдарының немесе су өлшеу аспаптарының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су пайдаланғаны үшін төлемақыны уақтылы жүзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18124,159 +21544,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лауазымды тұлға (лар) __________________________ ____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (лауазымы)                   (қолы)</w:t>
+                               (лауазымы)                   (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      __________________________________________________________________ </w:t>
+        <w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (тегі, аты, әкесінің аты (бар болса)) </w:t>
+        <w:t>
+                         (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бақылау субъектісінің басшысы ______________________ ____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (лауазымы)                   (қолы)</w:t>
+                               (лауазымы)                         (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ________________________________________________________________  </w:t>
+      _________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (тегі, аты, әкесінің аты (бар болса))</w:t>
+                         (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18325,90 +21745,103 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ауыл шаруашылығы</w:t>
+              <w:t xml:space="preserve">Ауыл шаруашылығы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2019 жылғы 5 сәуірдегі № 135</w:t>
+              <w:t>2019 жылғы 5 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және Қазақстан Республикасы</w:t>
+              <w:t>№ 135 және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18422,414 +21855,304 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="55"/>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тексеру парағы</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+        <w:t xml:space="preserve"> Қазақстан Республикасының су қорын қорғау және пайдалану саласындағы су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды жүзеге асыратын бақылау мен қадағалау субъектілеріне, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарына қатысты Қазақстан Республикасы Кәсіпкерлік кодексінің 138 және 139-баптарына сәйкес тексеру парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бұйрық 5-қосымшамен толықтырылды - ҚР Экология және табиғи ресурстар министрінің 17.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 18.05.2023 № 72 (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">  _________________________________________________________</w:t>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 18.05.2023 № 72 (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен; жаңа редакцияда - ҚР Су ресурстары және ирригация министрінің м.а. 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 № 130 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес</w:t>
+      ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________ </w:t>
+      бақылау және қадағалау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Тексеруді/ бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындаған мемлекеттік орган ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      __________________________________________________________________ </w:t>
+      Тексеруді/ бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындау туралы акт_______________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
+                                           (№, күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тексеруді тағайындаған мемлекеттік орган _____________________________</w:t>
+      Бақылау мен қадағалау субъектісінің (объектісінің) атауы___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
+       Бақылау мен қадағалау субъектісінің (объектісінің) жеке сәйкестендіру нөмірі, бизнес-сәйкестендіру нөмірі _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Тексеруді тағайындау туралы акт_____________________________________ </w:t>
+        <w:t>
+      Орналасқан жерінің мекенжайы _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>
-      _____________________________________________________________________</w:t>
-[...89 lines deleted...]
-      _____________________________________________________________________</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -19070,51 +22393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бекітілген жобалық құжаттаманың болуы және оған экономика салалары объектілерін салудың, реконструкциялаудың, техникалық қайта жарақтандырудың сәйкестігі</w:t>
+Су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, орман өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізуге арналған құжаттардың жобаларын келісу шарттарын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19155,159 +22478,159 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лауазымды тұлға (лар) __________________________ ____________</w:t>
+      Лауазымды тұлға (лар) __________________________ ___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (лауазымы)                   (қолы)</w:t>
+                                     (лауазымы)                   (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      __________________________________________________________________ </w:t>
+        <w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылау субъектісінің басшысы ______________________ ____________</w:t>
+      Бақылау субъектісінің басшысы ______________________ _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (лауазымы)                   (қолы)</w:t>
+                                     (лауазымы)                   (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________</w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -19365,55 +22688,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -19739,31 +23062,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>