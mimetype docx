--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5650fc2" w14:textId="5650fc2">
+    <w:p w14:paraId="ffd31e5" w14:textId="ffd31e5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,53 +123,57 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      РҚАО-ның ескертпесі!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -480,127 +484,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғаш ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ауыл шаруашылығы министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -846,130 +862,234 @@
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасы Ауыл шаруашылығы министрлігі бұйрықтарының тізбесі (бұдан әрі - Тізбе)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың күшін жою көзделген - ҚР Ауыл шаруашылығы министрінің 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Уылдырық шашу кезеңінде балық аулауға тыйым салынған, сондай-ақ балық аулауға тыйым салынған су айдындарында және (немесе) учаскелерінде су көлігі қозғалысының ережесін бекіту туралы" Қазақстан Республикасы Қоршаған ортаны қорғау министрінің 2013 жылғы 16 қазандағы № 313-ө </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8918 болып тіркелген, "Егемен Қазақстан" газетінің 2014 жылғы 15 ақпандағы № 32 (28256) санында жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Уылдырық шашу кезеңінде балық аулауға тыйым салынған, сондай-ақ балық аулауға тыйым салынған су айдындарында және (немесе) учаскелерінде су көлігі қозғалысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -982,70 +1102,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-тарау. Жалпы ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1058,70 +1178,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2-тарау. Балық аулауға тыйым салынған уылдырық шашу кезеңінде су көлігі қозғалысының тәртібі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1174,274 +1294,274 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "10. Балық аулауға тыйым салынған уылдырық шашу кезеңінде, сондай-ақ балық аулауға тыйым салынған су айдындарында және (немесе) учаскелерінде кеме қатынасы режимін келісу туралы өтініш (бұдан әрі - өтініш) "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы электрондық түрде осы Ережеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша беріледі, онда мынадай мәліметтер көрсетіледі:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кеменің атауы мен техникалық параметрлері (ұзындығы, ені, шөгуі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке тұлғаның, кеме жүргізушінің (капитанның) аты, әкесінің аты (бар болса), тегі және кеме иесі заңды тұлғасының атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кеменің типі, маркасы, тіркеу нөмірі, қозғалтқышының қуаты және есу бұрамасының айналу жылдамдығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кеме қатынасының мақсаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қозғалыстың мерзімі мен бағдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тұрақ орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) кеме билетінің немесе кеме куәлігінің нөмірі және күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Өтінішті тіркеуді уәкілетті орган ведомствосының аумақтық бөлімшесі порталда келіп түскен уақыттан бастап бір жұмыс күні ішінде жүргізеді (егер, өтiнiш сағат 18.00-ден кейiн немесе сенбi күнi қабылданса, онда өтінім беруші үшiн мерзiмдi есептеу келесi жұмыс күнi басталады).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кеменің атауы мен техникалық параметрлері (ұзындығы, ені, шөгуі);</w:t>
-[...126 lines deleted...]
-      11. Өтінішті тіркеуді уәкілетті орган ведомствосының аумақтық бөлімшесі порталда келіп түскен уақыттан бастап бір жұмыс күні ішінде жүргізеді (егер, өтiнiш сағат 18.00-ден кейiн немесе сенбi күнi қабылданса, онда өтінім беруші үшiн мерзiмдi есептеу келесi жұмыс күнi басталады).</w:t>
+      Уәкілетті орган ведомствосының аумақтық бөлімшесі өтінішті ол келіп түскен уақыттан бастап екі жұмыс күні ішінде қарайды және балық аулауға тыйым салынған уылдырық шашу кезеңінде, сондай-ақ балық аулауға тыйым салынған су айдындарында және (немесе) учаскелерінде кеме қатынасының режиміне келісім береді не өтініш берушіге портал арқылы бас тарту себептерін көрсете отырып, электрондық түрде уәжді бас тарту жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Уәкілетті орган ведомствосының аумақтық бөлімшесі келісуден мынадай негіздер бойынша бас тартады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш беруші келісім алу үшін ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1526,71 +1646,71 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3-тарау. Қорытынды ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1645,131 +1765,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Жануарлар дүниесiн пайдалануға рұқсаттар беру қағидаларын бекiту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2014 жылғы 19 желтоқсандағы № 18-04/675 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10168 болып тіркелген, 2015 жылғы 6 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Жануарлар дүниесін пайдалануға рұқсаттар беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1782,70 +1902,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-тарау. Жалпы ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1858,70 +1978,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Жануарлар дүниесін пайдалануға рұқсаттар (бұдан әрі - рұқсаттар) жануарлар дүниесін арнайы пайдаланудың мынадай түрлеріне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аң аулауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2006,51 +2126,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "5. Рұқсаттар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2105,51 +2225,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандар бойынша беріледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2162,70 +2282,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2-тарау. Рұқсаттар беру шарттары мен тәртібі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2318,224 +2438,224 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Екі және одан көп облыстың аумағында орналасқан балық шаруашылығы су айдындарында ғылыми-зерттемелік аулауды қоспағанда, рұқсаттарды жануарларды алудың белгіленген лимиттері мен квоталары шегінде жергілікті атқарушы органдар береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Екі және одан көп облыстың аумағында орналасқан балық шаруашылығы су айдындарында ғылыми-зерттемелік аулау мақсатындағы рұқсатты ведомство береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Ғылыми-зерттемелік аулау мақсатындағы рұқсатты алу үшін "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 8 маусымдағы № 645 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған тәртіппен ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері ретінде субъектіні аккредиттеу туралы куәлік болуы қажет.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Өтінім жануарлар дүниесін пайдалану түріне байланысты "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы электрондық түрде осы Қағидаларға 5 және 6-қосымшаларға сәйкес нысан бойынша беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
-[...15 lines deleted...]
-      8. Өтінім жануарлар дүниесін пайдалану түріне байланысты "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы электрондық түрде осы Қағидаларға 5 және 6-қосымшаларға сәйкес нысан бойынша беріледі.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Өтінімге мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
-[...15 lines deleted...]
-      9. Өтінімге мынадай құжаттар қоса беріледі:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "электрондық үкiметтiң" төлем шлюзi арқылы төлеу жағдайларын қоспағанда, жануарлар дүниесін пайдаланғаны үшін ақы төлеу туралы төлем құжатының электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтінім беруші қол қойған, аң аулауды қоспағанда, жануарлар дүниесі объектілерін алып қоюға қатысатын тұлғалар тізімінің электрондық көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жануарлар дүниесін пайдалану түріне байланысты осы Қағидалардың 9-тармағында көрсетілген құжаттардан басқа, өтінімге мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:p>
-[...54 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аң аулауға (алғашқы жүгіну кезінде):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2896,205 +3016,205 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. Өтінімді порталда тіркеуді ведомство немесе жергілікті атқарушы орган ол келіп түскен уақыттан бастап бір жұмыс күні ішінде жүргізеді (егер, өтiнiм сағат 18.00-ден кейiн немесе сенбi күнi қабылданса, онда өтінім беруші үшiн мерзiмдi есептеу келесi жұмыс күнi басталады).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ведомство немесе жергілікті атқарушы органдар өтінімді және оған қоса берілетін құжаттарды өтінім келіп түскен уақыттан бастап үш жұмыс күні ішінде қарап, рұқсаттар береді немесе портал арқылы электрондық түрде уәжді бас тарту жолдайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z45" w:id="32"/>
-[...15 lines deleted...]
-      14. Ведомство немесе жергілікті атқарушы органдар өтінімді және оған қоса берілетін құжаттарды өтінім келіп түскен уақыттан бастап үш жұмыс күні ішінде қарап, рұқсаттар береді немесе портал арқылы электрондық түрде уәжді бас тарту жолдайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ведомство немесе жергілікті атқарушы органдар өтінім берушінің құжаттарын алған сәттен бастап екі жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді. Ұсынылған құжаттардың толық болмау фактісі анықталған жағдайда, ведомство немесе жергілікті атқарушы органдар көрсетілген мерзімде өтінімді одан әрі қараудан уәжді бас тарту жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Рұқсаттарды беруді есепке алу осы Қағидаларға 7-қосымшаға сәйкес журналда жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ведомство немесе жергілікті атқарушы органдар өтінім берушінің құжаттарын алған сәттен бастап екі жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді. Ұсынылған құжаттардың толық болмау фактісі анықталған жағдайда, ведомство немесе жергілікті атқарушы органдар көрсетілген мерзімде өтінімді одан әрі қараудан уәжді бас тарту жібереді.</w:t>
-[...36 lines deleted...]
-        <w:t>
       Егер, балық аулауға арналған шарттың талаптары бойынша балық аулау бірнеше балық шаруашылығы су айдынында және (немесе) учаскесінде, сондай-ақ бірнеше кемемен, бригадамен немесе звеномен жүзеге асырылатын болса, өтінім беруші "жеке кабинеті" арқылы әрбір учаскеге, кемеге, бригадаға немесе звеноға рұқсат басып шығарады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жануарлар дүниесін пайдалануға арналған рұқсат (кәсіпшілік аулау, әуесқойлық (спорттық) аулау, ғылыми-зерттемелік аулау, мелиорациялық аулау, өсімін молайту мақсатында аулау)";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z414" w:id="35"/>
+    <w:bookmarkStart w:name="z414" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3189,131 +3309,245 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың күшін жою көзделген - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Ішкі және сыртқы нарықтардағы сауда үшін бекіре тұқымдас балық түрлерінің уылдырығын таңбалау қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 14 қаңтардағы № 18-04/14 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10397 болып тіркелген, 2015 жылы 11 наурызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Ішкі және сыртқы нарықтарда сату үшін бекіре тұқымдас балықтардың уылдырығын таңбалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3326,70 +3560,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-тарау. Жалпы ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3402,70 +3636,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:bookmarkStart w:name="z55" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Осы Қағидаларда мынадай айқындамалар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі - Мемлекеттік корпорация) - Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді, табиғи монополиялар субъектілерінің желілеріне қосуға арналған техникалық шарттарды беру жөніндегі қызметтерді және квазимемлекеттік сектор субъектілерінің қызметтерін көрсету, "бір терезе" қағидаты бойынша мемлекеттік қызметтерді, табиғи монополиялар субъектілерінің желілеріне қосуға арналған техникалық шарттарды беру жөніндегі қызметтерді, квазимемлекеттік сектор субъектілерінің қызметтерін көрсетуге өтініштер қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, сондай-ақ электрондық нысанда мемлекеттік қызметтер көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, орналасқан жері бойынша жылжымайтын мүлікке құқықтарды мемлекеттік тіркеуді жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3622,70 +3856,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2-тарау. Ішкі және сыртқы нарықтардағы сауда үшін бекіре тұқымдас балық түрлерінің уылдырығын таңбалау тәртібі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3698,51 +3932,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="41"/>
+    <w:bookmarkStart w:name="z59" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "9. Сыртқы нарыққа арналған марканы дайындауды осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3757,51 +3991,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Заңның 9-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік орган беретін Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге арналған рұқсатта (бұдан әрі - рұқсат) көрсетілген уылдырық көлемін таңбалау үшін қажетті мөлшерде уылдырық саудасын жүзеге асыратын тұлғалар қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкiмшiлiк орган сыртқы нарыққа арналған маркаларға рұқсат алу үшін уылдырық әкетуге рұқсат алуға арналған өтініште көрсетілген сыйымдылық саны жөніндегі мәліметтерге сәйкес есепке алу сериясы мен нөмір береді. Сыртқы нарыққа арналған маркалардың сериясы мен нөмірі, сондай-ақ сыртқы нарыққа арналған маркалар нысанына сілтеме рұқсатта көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3908,90 +4142,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="42"/>
+    <w:bookmarkStart w:name="z61" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "12. Ішкі нарықтағы бекіре тұқымдас балық түрлері уылдырығының саудасына арналған маркаларды сатып алу үшін өтінім беруші осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорацияға не "электрондық үкімет" веб-порталына (бұдан әрі - портал) мынадай мәліметтермен және оған қоса берілетін құжаттармен бірге өтініш береді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер өтініш берілген уылдырық:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4196,70 +4430,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәркіленген болса - бекіре тұқымдас балық түрлерін табиғи мекендеу ортасынан алу, оларды сатып алу, олардың уылдырығын және басқа да өнім түрлерін өңдеу мен экспорттау жөніндегі қызметті жүзеге асыратын мемлекеттік монополия субъектісінен сатып алғанын растайтын құжатты, сондай-ақ тәркілеу туралы сот актісінің көшірмесін ұсыну қажет;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) марка үшін ақы төлеу туралы төлем тапсырмасының көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="43"/>
+    <w:bookmarkStart w:name="z62" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкімшілік орган өтінішті және оған қоса берілетін құжаттарды порталда келіп түскен күні тіркейді (егер өтiнiш сағат 18.00-ден кейiн немесе сенбi күнi қабылданса, онда өтінім беруші үшiн мерзiмдi есептеу келесi жұмыс күнi басталады) және оларды берілген күнінен бастап екі жұмыс күні ішінде қарайды, содан соң маркалар береді не мынадай негіздер бойынша бас тартады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш беруші маркалар алу үшін ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4288,70 +4522,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш берушіге қатысты маркалар алуды қажет ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімінің (үкімінің) болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өтініш берушіге қатысты заңды күшіне енген сот шешімінің болуы, оның негізінде өтініш берушінің маркалар алумен байланысты арнайы құқығынан айрылған болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="44"/>
+    <w:bookmarkStart w:name="z63" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Мемлекеттік корпорация арқылы өтініш беру кезінде ішкі нарыққа арналған маркалар өтініш беруші өтініш берген жердегі Мемлекеттік корпорацияға Әкімшілік орган жеткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әкімшілік орган осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4476,70 +4710,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "16. Ішкі нарыққа арналған маркаларды берген кезде әкімшілік органның лауазымды тұлғасы екі данада жүкқұжат жазып береді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жүкқұжатта мынадай деректер көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4678,71 +4912,71 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="46"/>
+    <w:bookmarkStart w:name="z67" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3-тарау. Қорытынды ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z68" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z68" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4877,131 +5111,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z69" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z69" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге әкімшілік органның рұқсаттар беру қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-03/143 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11935 болып тіркелген, 2015 жылғы 23 қыркүйекте "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z70" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z70" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге әкімшілік органның рұқсаттар беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5014,70 +5248,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="50"/>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-тарау. Жалпы ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5090,70 +5324,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="51"/>
+    <w:bookmarkStart w:name="z74" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2-тарау. Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге әкімшілік органның рұқсаттар беру тәртiбi";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5166,70 +5400,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="52"/>
+    <w:bookmarkStart w:name="z76" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Үлгілерді әкелуге, әкетуге ғылыми қорытынды алу үшін өтініш беруші ғылыми ұйымға қағаз нысанында мыналарды жібереді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5450,70 +5684,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="53"/>
+    <w:bookmarkStart w:name="z78" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Үлгілерді әкелуге, әкетуге рұқсат алу үшін өтінім беруші "электрондық үкіметтің" веб-порталы арқылы әкімшілік органға электрондық нысанда мыналарды жібереді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) өтінім берушінің ЭЦҚ-сымен куәландырылған осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5678,70 +5912,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сирек кездесетін және құрып кету қаупi төнген жануарлар мен бекіре тұқымдас балық түрлерін, сондай-ақ олардың бөлiктерi мен дериваттарын әкелуге және әкетуге рұқсат берілгені үшін бюджетке мемлекеттік баждың төленгенін растайтын құжаттың электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жануарлар түрлері, олардың бөлiктерi мен дериваттары Қазақстан Республикасының аумағындағы табиғи мекендеу ортасынан алынған жағдайда, аң аулауға арналған рұқсаттың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="54"/>
+    <w:bookmarkStart w:name="z79" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Әкімшілік орган үлгілерді әкелуге, әкетуге рұқсат алуға келіп түскен өтінішті және оған қоса берілетін құжаттарды порталда бір жұмыс күні ішінде тіркейді (егер, өтiнiш сағат 18.00-ден кейiн немесе сенбi күнi қабылданса, онда өтінім беруші үшiн мерзiмдi есептеу келесi жұмыс күнi басталады) және құжаттарды келіп түскен күннен бастап үш жұмыс күні ішінде қарап, шешім дайындайды. Әкімшілік орган құжаттарды алған күннен бастап екі жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді. Ұсынылған құжаттардың толық болмау фактісі анықталған жағдайда, көрсетілген мерзімдерде өтінішті одан әрі қараудан уәжді бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік орган өтінішті одан әрі қараудан мынадай негіздер бойынша бас тартады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5788,51 +6022,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш берушіге қатысты рұқсат алуды қажет ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімінің (үкімінің) болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өтініш берушіге қатысты заңды күшіне енген сот шешімінің болуы, оның негізінде өтініш берушінің рұқсат алумен байланысты арнайы құқығынан айырылған болуы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="55"/>
+    <w:bookmarkStart w:name="z80" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5847,131 +6081,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы Тізбеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z81" w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z81" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Жануарлар дүниесі объектілерін алып қою квоталарын бөлу қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-04/149 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10865 болып тіркелген, 2015 жылғы 15 мамырда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z82" w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z82" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Жануарлар дүниесі объектілерін алып қою квоталарын бөлу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5984,70 +6218,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="58"/>
+    <w:bookmarkStart w:name="z84" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-тарау. Жалпы ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6060,70 +6294,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="59"/>
+    <w:bookmarkStart w:name="z86" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2-тарау. Аңшылық шаруашылығы субъектілерінің арасында аңшылық объектілері болып табылатын жануарлар түрлерін алып қою квоталарын бөлу тәртібі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6156,130 +6390,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="60"/>
+    <w:bookmarkStart w:name="z88" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "5. Аңшылық шаруашылығы субъектісі алдағы жылдың 1 қазанына дейін аңшылық объектілері болып табылатын жануарлар түрлері бойынша есепке алу деректерінің негізінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясына (бұдан әрі - Мемлекеттік корпорация) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша аңшылық шаруашылығы үшін аңшылық объектілері болып табылатын жануарлар түрлері бойынша алу квотасын алуға аңшылық объектілері болып табылатын жануарлар түрлері бойынша өтінім береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z89" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z89" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Аңшылар мен аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы (бұдан әрі - аңшылар қауымдастығы) ағымдағы жылдың 15 ақпанынан келесі жылдың 15 ақпанына дейінгі кезеңге арналған жануарлар дүниесі объектілерін алуға арналған лимиттердің негізінде Заңның 9-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>55) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аңшылық объектілері болып табылатын жануарлар түрлерін алу квоталарын бөлуді жүзеге асырады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6292,70 +6526,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="62"/>
+    <w:bookmarkStart w:name="z91" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3-тарау. Балық шаруашылығы субъектілерінің арасында балық аулау объектілері болып табылатын жануарлар түрлерін алу квоталарын бөлу тәртібі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6368,110 +6602,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="63"/>
+    <w:bookmarkStart w:name="z93" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12. Балық ресурстарын және басқа да су жануарларын алу квоталарын алу үшін балық шаруашылығы субъектілері ағымдағы жылдың 1 ақпанына дейін Мемлекеттік корпорацияға мынадай құжаттарды жібереді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z94" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z94" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасының балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық ресурстарын және басқа да су жануарларын алу квоталарын алуға арналған өтінім (бұдан әрі - балық ресурстарын алуға арналған өтінім);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өтінім берілген күнге дейінгі бір айдан кешіктірілмей алынған, аумақтық көліктік бақылау органының балық шаруашылығы субъектісінің атына тіркелген аулаушы және көліктік флот, оның ішінде шағын көлемді флот туралы анықтамасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6538,91 +6772,91 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="65"/>
+    <w:bookmarkStart w:name="z96" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "21. Балық ресурстарын және басқа да су жануарларын алу квоталарын бөлу қорытындылары осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша балық аулау лимиттері бекітілгеннен кейін күнтізбелік он күн ішінде шығарылады және тиісті жергілікті атқарушы органдарға жіберіледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z97" w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z97" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6637,131 +6871,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы Тізбеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z98" w:id="67"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z98" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беру қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-03/153 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11623 болып тіркелген, 2015 жылғы 25 тамызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z99" w:id="68"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z99" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6774,70 +7008,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="69"/>
+    <w:bookmarkStart w:name="z101" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-тарау. Жалпы ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6850,51 +7084,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="70"/>
+    <w:bookmarkStart w:name="z103" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Осы Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беру қағидалары (бұдан әрі - Қағидалар) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі - Заң) 9-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6909,51 +7143,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Рұқсаттар мен хабарламалар туралы" 2014 жылғы 16 мамырдағы Қазақстан Республикасы Заңының 12-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) тармақшасына сәйкес әзірленді және жануарларды интродукциялауды, реинтродукциялауды, будандастыруды жүргізуге рұқсат (бұдан әрі - рұқсат) беру тәртібін айқындайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6966,70 +7200,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="71"/>
+    <w:bookmarkStart w:name="z105" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2-тарау. Рұқсат беру тәртібі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7062,110 +7296,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="72"/>
+    <w:bookmarkStart w:name="z107" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "3. Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беруге арналған өтінім (бұдан әрі - өтінім) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша "электрондық үкіметтің" веб-порталы арқылы электрондық түрде жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z108" w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z108" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Өтінімге мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізу кезінде жануарларды сатып алудың заңдылығын растайтын құжаттың электрондық көшірмесі (сатып алу-сату шарты, сыйға тарту шарты, жүкқұжат немесе тауар чегі немесе банктің белгісі бар төлем тапсырмасы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7214,90 +7448,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="74"/>
+    <w:bookmarkStart w:name="z110" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "6. Аумақтық бөлімше өтінімді және оған қоса берілетін құжаттарды бір жұмыс күні ішінде қарайды (егер, өтiнiм сағат 18.00-ден кейiн немесе сенбi күнi қабылданса, онда өтінім беруші үшiн мерзiмдi есептеу келесi жұмыс күнi басталады) және тіркелген күннен бастап үш жұмыс күні ішінде қарап, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат береді не мынадай негіздер бойынша бас тартады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) өтінім беруші рұқсат алуға ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігінің анықталуы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7458,90 +7692,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="75"/>
+    <w:bookmarkStart w:name="z113" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "8. Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беруді есепке алу осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беруді тіркеу журналында жүргізіледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9834,410 +10068,369 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алынуы жоспарланып отырған объектілердің тізбесі мен саны:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1682"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7215"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жануар түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3403" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны (дарақтар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Aудан (аумақ) және учаске шекаралары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3403" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="7215" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3403" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="7215" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлемнің жиынтық сомасы ________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -11156,212 +11349,199 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекендеу ортасынан алынуы жоспарланып отырған объектілердің тізбесі мен саны:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4068"/>
-        <w:gridCol w:w="8232"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4068" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектілердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8232" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мөлшері (тонна)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4068" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="8232" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жыныстық-жас құрамы (қажет болған жағдайда) _____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -11425,409 +11605,383 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алу құралы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8518"/>
-        <w:gridCol w:w="3782"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8518" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алу құралының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3782" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8518" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3782" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жүзу құралдары:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7616"/>
-        <w:gridCol w:w="4684"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7616" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кеме типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4684" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7616" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4684" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -12728,410 +12882,369 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекендеу ортасынан алынуы жоспарланып отырған объектілердің тізбесі мен саны:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1682"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7215"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жануар түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3403" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны (дарақтар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Aудан (аумақ) және учаске шекаралары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3403" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="7215" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3403" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="7215" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалпы құны (теңге) ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -13966,67 +14079,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уылдырық түрлері туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1215"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="665"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14097,858 +14211,774 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түрлері бойынша мөлшері және сыйымдылық көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік тілде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3086" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орыс тілінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3106" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Латын тілінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылық саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір сыйымпдылық көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уылдырықтың жалпы көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3086" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3106" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="479" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="665" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="665" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3086" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3106" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="479" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="665" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="665" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14995,78 +15025,71 @@
               <w:t>
 Үлгінің шығу тегі (отандық-табиғи, отандық-жасанды, импортталған, тәркіленген)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15113,78 +15136,71 @@
               <w:t>
 Егер, өтініш берілген уылдырық табиғи болса, балықтың қайдан ауланғаны туралы анықтаманың нөмірі және күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15231,78 +15247,71 @@
               <w:t>
 Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіруді жүзеге асыратын жеке және заңды тұлғаларды әкімшілік органда тіркеу туралы куәліктердің (-тің) нөмірі және күні (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15349,78 +15358,71 @@
               <w:t>
 Егер, өтініш берілген уылдырық жасанды болса, Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіру жөніндегі қызметтің басталғаны немесе тоқтатылғаны туралы хабарламаның (-лардың) нөмірі және күні (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15467,68 +15469,61 @@
               <w:t>
 Егер, өтініш берілген уылдырық импортталған болса, Құрып кету қаупi төнген жабайы флора мен фауна түрлерiмен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге арналған рұқсаттың (-тардың) нөмірі және күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -15945,1039 +15940,918 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z376" w:id="76"/>
+    <w:bookmarkStart w:name="z376" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бекіре тұқымдас балық түрлерінің уылдырығын алу туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1012"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="6302"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="967" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балық түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1712" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балықтың саны мен жасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="967" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балықтың салмағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1340" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алынған уылдырық салмағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6302" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уылдырық алу тәсілі (сауып алу тәсілі (тірідей) немесе кесер тілігі тәсілі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1712" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1340" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6302" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1712" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1340" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6302" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1712" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1340" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6302" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -17340,1460 +17214,1335 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z379" w:id="77"/>
+    <w:bookmarkStart w:name="z379" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ішкі нарықта бекіре тұқымдас балық түрлері уылдырығының саудасына арналған таңбаларды есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="867"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1591"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтінім берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алынған таңбалардың нөмірі және саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүккұжат нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таңбалардың берілген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таңбаның түрі, сыйымдылық және уылдырық көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтінім берушінің ЖСН-сы немесе БСН-сы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Почта байланысы немесе курьер арқылы таңбалардың берілген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1591" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Почта байланысының деректері, курьердің қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1591" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="867" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1349" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="867" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="867" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1831" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2072" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1591" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="867" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1349" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="867" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="867" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1831" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2072" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1591" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -19084,1025 +18833,900 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z382" w:id="78"/>
+    <w:bookmarkStart w:name="z382" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сыртқы нарықта бекіре тұқымдас балық түрлері уылдырығының саудасына арналған таңбаларды есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="542"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3481"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1899" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке немесе заңды тұлғаның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таңбалар нөмірі және саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасынан тыс жерлерге шығаруға арналған рұқсат нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылық саны және уылдырық көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3481" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлғаның ЖСН-сы немесе заңды тұлғаның БСН-сы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1899" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2918" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1900" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3481" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1899" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2918" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1900" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3481" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1899" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2918" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1900" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3481" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -20830,1097 +20454,1035 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкетуге рұқсат беруді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="767"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="169"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11364" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкелу, әкету мақсаты (коммерциялық операциялар, ғылыми зерттеулер, өсiмдi молайту мақсаттары, цирктерде өнер көрсету немесе жылжымалы көрмелер, хайуанаттар бақтары, ботаникалық бақтар және мұражайлар арасындағы алмасу, сондай-ақ жеке басына беру)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="169" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11364" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік, орыс және латын тілдерінде атауы көрсетілген үлгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="169" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11364" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгінің сипаттамасы (тірі жануарлар, терілер, тұлыптар, ұшалар, бас сүйектері, мүйіздер, азу тістер, қан, уылдырық, сондай-ақ бұйымдар және басқалар, тірі жануарлар үшін - жынысы мен жасы, сәйкестендіру белгілерінің бар-жоғы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="169" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11364" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгілердің саны және (немесе) салмағы (уылдырықты әкету кезінде сыйымдылықтың саны мен көлемін қосымша көрсету қажет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="169" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11364" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгінің шығу тегі (табиғаттан алынған, жасанды жағдайларда шығарылған немесе өсірілген, басқа елден қандай құжаттардың негізінде импортталды, тәркіленді, сатып алынды, сыйға немесе мұраға алынды және тағы басқалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="169" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11364" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіруді жүзеге асыратын жеке және заңды тұлғаларды әкімшілік органда тіркеу туралы куәліктердің (-тің) нөмірі және күні (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="169" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11364" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер, үлгілер Қазақстан Республикасы аумағында жасанды жағдайларда өсірілген болса, Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіру жөніндегі қызметтің басталғаны немесе тоқтатылғаны туралы хабарламаның (-лардың) нөмірі және күні (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="169" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11364" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер, жануарлардың түрлері, олардың бөліктері мен дериваттары Қазақстан Республикасы аумағында жануарлар санын реттеу арқылы табиғи ортадан алынса, саны реттелуге жататын жануарлар түрлерін алуға арналған рұқсаттың нөмірі мен күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="169" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11364" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экспорттаушы мен импорттаушының орыс және ағылшын тілдеріндегі заңды мекенжайы, олардың телефондары немесе факстары (жеке тұлғалар үшін - үйінің мекенжайы, төлқұжат деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="169" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -24075,1021 +23637,942 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z389" w:id="79"/>
+    <w:bookmarkStart w:name="z389" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргiзуге рұқсат берудi тiркеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="910"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="4313"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="910" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рұқсат</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалану түрi (жануардың түрi, саны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қолданылу мерзiмi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1504" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кiмге берiлдi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рұқсаттың күнi және нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алушының деректерi (аты, әкесінің аты (бар болса), тегі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="910" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1504" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="910" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2906" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1220" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1504" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1447" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4313" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="910" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2906" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1220" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1504" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1447" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4313" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>