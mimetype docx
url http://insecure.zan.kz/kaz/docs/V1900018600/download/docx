--- v1 (2025-11-23)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ffd31e5" w14:textId="ffd31e5">
+    <w:p w14:paraId="700ec78" w14:textId="700ec78">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -862,234 +862,190 @@
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасы Ауыл шаруашылығы министрлігі бұйрықтарының тізбесі (бұдан әрі - Тізбе)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      1. Күші жойылды - ҚР Ауыл шаруашылығы министрінің 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 384</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақтың күшін жою көзделген - ҚР Ауыл шаруашылығы министрінің 22.10.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 384</w:t>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Уылдырық шашу кезеңінде балық аулауға тыйым салынған, сондай-ақ балық аулауға тыйым салынған су айдындарында және (немесе) учаскелерінде су көлігі қозғалысының ережесін бекіту туралы" Қазақстан Республикасы Қоршаған ортаны қорғау министрінің 2013 жылғы 16 қазандағы № 313-ө </w:t>
+      2. "Жануарлар дүниесiн пайдалануға рұқсаттар беру қағидаларын бекiту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2014 жылғы 19 желтоқсандағы № 18-04/675 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8918 болып тіркелген, "Егемен Қазақстан" газетінің 2014 жылғы 15 ақпандағы № 32 (28256) санында жарияланған):</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10168 болып тіркелген, 2015 жылғы 6 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Уылдырық шашу кезеңінде балық аулауға тыйым салынған, сондай-ақ балық аулауға тыйым салынған су айдындарында және (немесе) учаскелерінде су көлігі қозғалысының </w:t>
-[...9 lines deleted...]
-        <w:t>ережесінде</w:t>
+      көрсетілген бұйрықпен бекітілген Жануарлар дүниесін пайдалануға рұқсаттар беру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1102,794 +1058,1630 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z29" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-тарау. Жалпы ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тараудың</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+        <w:t>2-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Жануарлар дүниесін пайдалануға рұқсаттар (бұдан әрі - рұқсаттар) жануарлар дүниесін арнайы пайдаланудың мынадай түрлеріне:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аң аулауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) балық аулауға (кәсіпшілік, әуесқойлық (спорттық), ғылыми-зерттемелік аулау, мелиорациялық аулау, өсімін молайту мақсатында аулау);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жануарларды ғылыми, мәдени-ағарту, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ эпизоотияны болдырмау мақсатында пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жануарлар түрлерін өсімін молайту мақсатында пайдалануға беріледі.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>5-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "5. Рұқсаттар осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11</w:t>
-[...252 lines deleted...]
-      12. Уәкілетті орган ведомствосының аумақтық бөлімшесі келісуден мынадай негіздер бойынша бас тартады:</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша беріледі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-тараудың</w:t>
+        <w:t>2-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...15 lines deleted...]
-      "3-тарау. Қорытынды ережелер";</w:t>
+    <w:bookmarkStart w:name="z35" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-тарау. Рұқсаттар беру шарттары мен тәртібі";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Екі және одан көп облыстың аумағында орналасқан балық шаруашылығы су айдындарында ғылыми-зерттемелік аулауды қоспағанда, рұқсаттарды жануарларды алудың белгіленген лимиттері мен квоталары шегінде жергілікті атқарушы органдар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екі және одан көп облыстың аумағында орналасқан балық шаруашылығы су айдындарында ғылыми-зерттемелік аулау мақсатындағы рұқсатты ведомство береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Ғылыми-зерттемелік аулау мақсатындағы рұқсатты алу үшін "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 8 маусымдағы № 645 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған тәртіппен ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері ретінде субъектіні аккредиттеу туралы куәлік болуы қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z39" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Өтінім жануарлар дүниесін пайдалану түріне байланысты "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы электрондық түрде осы Қағидаларға 5 және 6-қосымшаларға сәйкес нысан бойынша беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z40" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Өтінімге мынадай құжаттар қоса беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "электрондық үкiметтiң" төлем шлюзi арқылы төлеу жағдайларын қоспағанда, жануарлар дүниесін пайдаланғаны үшін ақы төлеу туралы төлем құжатының электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтінім беруші қол қойған, аң аулауды қоспағанда, жануарлар дүниесі объектілерін алып қоюға қатысатын тұлғалар тізімінің электрондық көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жануарлар дүниесін пайдалану түріне байланысты осы Қағидалардың 9-тармағында көрсетілген құжаттардан басқа, өтінімге мынадай құжаттар қоса беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аң аулауға (алғашқы жүгіну кезінде):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар дүниесі объектілерін алу шетелдіктердің қатысуымен жүргізілетін болса - аңшылық шаруашылығы субъектісінің шетелдіктермен аң аулауды ұйымдастыруға арналған шартының электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ғылыми-зерттемелік аулауға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қадағалаушы ғылыми ұйымның ғылыми кеңесі бекіткен ғылыми жұмыстар жүргізу негіздемесінің және ғылыми-зерттеу жұмыстары бағдарламасының электрондық көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар дүниесі объектілерін алудың болжанып отырған көлемін негіздейтін есептемелердің электрондық көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұдан бұрын берілген рұқсаттарды (рұқсаттар берілген жағдайда) пайдалану нәтижелері туралы есептің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өсімін молайту мақсатында аулауға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      балық ресурстарының өсімін молайтуға арналған мемлекеттік тапсырысты орындау мақсаттары үшін аулау жағдайларын қоспағанда, қадағалаушы ғылыми ұйымның ғылыми кеңесі бекіткен биологиялық негіздеменің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жануарларды ғылыми, мәдени-ағарту, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ эпизоотияны болдырмау мақсатында пайдалануға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эпизоотиялық мониторингтен басқа, қадағалаушы ғылыми ұйымның ғылыми кеңесі бекіткен ғылыми-тақырыптық жоспардан және ғылыми-зерттеу жұмыстары бағдарламасынан алынған үзіндінің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында жануарлардың ауруларын эпизоотиялық мониторингтеу үшін ветеринария саласындағы уәкілетті органның мемлекеттік ветеринариялық ұйымының жыл сайынғы жұмыс жоспарының электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар дүниесі объектілерін алуды негіздейтін материалдардың (мемлекеттік экологиялық сараптаманың оң қорытындысы бар биологиялық негіздеменің) электрондық көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жануарлар түрлерін өсімін молайту мақсатында пайдалануға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар дүниесі объектілерін алуды негіздейтін материалдардың (мемлекеттік экологиялық сараптаманың оң қорытындысы бар биологиялық негіздеменің) электрондық көшірмелері.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Өтінімді порталда тіркеуді ведомство немесе жергілікті атқарушы орган ол келіп түскен уақыттан бастап бір жұмыс күні ішінде жүргізеді (егер, өтiнiм сағат 18.00-ден кейiн немесе сенбi күнi қабылданса, онда өтінім беруші үшiн мерзiмдi есептеу келесi жұмыс күнi басталады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z45" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ведомство немесе жергілікті атқарушы органдар өтінімді және оған қоса берілетін құжаттарды өтінім келіп түскен уақыттан бастап үш жұмыс күні ішінде қарап, рұқсаттар береді немесе портал арқылы электрондық түрде уәжді бас тарту жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ведомство немесе жергілікті атқарушы органдар өтінім берушінің құжаттарын алған сәттен бастап екі жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді. Ұсынылған құжаттардың толық болмау фактісі анықталған жағдайда, ведомство немесе жергілікті атқарушы органдар көрсетілген мерзімде өтінімді одан әрі қараудан уәжді бас тарту жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Рұқсаттарды беруді есепке алу осы Қағидаларға 7-қосымшаға сәйкес журналда жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер, балық аулауға арналған шарттың талаптары бойынша балық аулау бірнеше балық шаруашылығы су айдынында және (немесе) учаскесінде, сондай-ақ бірнеше кемемен, бригадамен немесе звеномен жүзеге асырылатын болса, өтінім беруші "жеке кабинеті" арқылы әрбір учаскеге, кемеге, бригадаға немесе звеноға рұқсат басып шығарады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>2-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жануарлар дүниесін пайдалануға арналған рұқсат (кәсіпшілік аулау, әуесқойлық (спорттық) аулау, ғылыми-зерттемелік аулау, мелиорациялық аулау, өсімін молайту мақсатында аулау)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z414" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-қосымшалар</w:t>
+        <w:t>6-қосымшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы Тізбеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-қосымшаларға</w:t>
+        <w:t>5-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Жануарлар дүниесiн пайдалануға рұқсаттар беру қағидаларын бекiту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2014 жылғы 19 желтоқсандағы № 18-04/675 </w:t>
+      4. "Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге әкімшілік органның рұқсаттар беру қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-03/143 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10168 болып тіркелген, 2015 жылғы 6 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11935 болып тіркелген, 2015 жылғы 23 қыркүйекте "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z70" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Жануарлар дүниесін пайдалануға рұқсаттар беру </w:t>
+      көрсетілген бұйрықпен бекітілген Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге әкімшілік органның рұқсаттар беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1902,1652 +2694,1754 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkStart w:name="z72" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-тарау. Жалпы ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармақ</w:t>
-[...103 lines deleted...]
-    </w:p>
+        <w:t>2-тараудың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-тарау. Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге әкімшілік органның рұқсаттар беру тәртiбi";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-тармақ</w:t>
+        <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkStart w:name="z76" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Үлгілерді әкелуге, әкетуге ғылыми қорытынды алу үшін өтініш беруші ғылыми ұйымға қағаз нысанында мыналарды жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "5. Рұқсаттар осы Қағидаларға </w:t>
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша үлгілерді әкелуге, әкетуге ғылыми қорытынды алуға арналған өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Қазақстан Республикасының аумағына үлгілерді әкелу кезінде, егер, үлгі Конвенцияның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...32 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+        <w:t>3-қосымшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізілген болса, экспорттауға арналған рұқсаттың немесе кері экспорттауға арналған сертификаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының аумағында мекендейтін жануарларды, олардың бөлiктерi мен дериваттарын табиғи ортасынан алу жағдайында, аң аулауға арналған рұқсаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аушы жыртқыш құстарды Қазақстан Республикасының аумағына әкелу және (немесе) аумағынан әкету кезінде сақиналары (микрочиптері) бар фотосуреттер, сондай-ақ аушы жыртқыш құс паспортының көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) үлгілерді Қазақстан Республикасының аумағына әкелу және (немесе) аумағынан әкету кезінде аталған іс-қимылды жасау ниетін растайтын экспорттаушы мен импорттаушы арасындағы келісімшарттың немесе шарттың көшірмесі, сондай-ақ әкелінетін және (немесе) әкетілетін өнімнің саны мен көлемі, жынысы, өнім түрі мен оның сипаттамасы (тірі, консервіленген, ұрықтандырылған, криоконсервіленген) туралы мәліметтер көрсетілген құжат; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасында қолдан өсірілген үлгілерді Қазақстан Республикасының аумағынан әкету кезінде Конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіру қызметінің басталғаны немесе тоқтатылғаны туралы хабарламаның көшірмесі және (немесе) Конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіруді жүзеге асыратын жеке және заңды тұлғалардың әкімшілік органда тіркелуі туралы куәлік, аралық бонитирлеу актілері, сондай-ақ сатып алған жағдайда, үлгілерді сатып алу туралы құжаттардың (жүкқұжат, шарт, актілер) көшірмелері.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тараудың</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Үлгілерді әкелуге, әкетуге рұқсат алу үшін өтінім беруші "электрондық үкіметтің" веб-порталы арқылы әкімшілік органға электрондық нысанда мыналарды жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) өтінім берушінің ЭЦҚ-сымен куәландырылған осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша үлгілерді әкелуге, әкетуге рұқсат алуға арналған электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әкелуді және (немесе) әкетуді жеке мақсаттары үшін жүзеге асыратын тұлғаларды қоспағанда, осы әкелуді және (немесе) әкетуді жүзеге асыру ниетін растайтын экспорттаушы мен импорттаушы арасындағы келісімшарттың немесе шарттың электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) үлгілерді Қазақстан Республикасының аумағына әкелу кезінде, егер, үлгі Конвенцияның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізілген болса, экспорттауға арналған рұқсаттың немесе кері экспорттауға арналған сертификаттың электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ғылыми ұйым қорытындысының электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) ЭҮТШ арқылы төлем жасауды қоспағанда, 2017 жылғы 25 желтоқсандағы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 615-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сирек кездесетін және құрып кету қаупi төнген жануарлар мен бекіре тұқымдас балық түрлерін, сондай-ақ олардың бөлiктерi мен дериваттарын әкелуге және әкетуге рұқсат берілгені үшін бюджетке мемлекеттік баждың төленгенін растайтын құжаттың электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жануарлар түрлері, олардың бөлiктерi мен дериваттары Қазақстан Республикасының аумағындағы табиғи мекендеу ортасынан алынған жағдайда, аң аулауға арналған рұқсаттың электрондық көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Әкімшілік орган үлгілерді әкелуге, әкетуге рұқсат алуға келіп түскен өтінішті және оған қоса берілетін құжаттарды порталда бір жұмыс күні ішінде тіркейді (егер, өтiнiш сағат 18.00-ден кейiн немесе сенбi күнi қабылданса, онда өтінім беруші үшiн мерзiмдi есептеу келесi жұмыс күнi басталады) және құжаттарды келіп түскен күннен бастап үш жұмыс күні ішінде қарап, шешім дайындайды. Әкімшілік орган құжаттарды алған күннен бастап екі жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді. Ұсынылған құжаттардың толық болмау фактісі анықталған жағдайда, көрсетілген мерзімдерде өтінішті одан әрі қараудан уәжді бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік орган өтінішті одан әрі қараудан мынадай негіздер бойынша бас тартады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш беруші рұқсат алу үшін ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдарың, объектілердің, деректер мен мәліметтердің осы Қағидалардың талаптарына сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініш берушіге қатысты рұқсат алуды қажет ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімінің (үкімінің) болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтініш берушіге қатысты заңды күшіне енген сот шешімінің болуы, оның негізінде өтініш берушінің рұқсат алумен байланысты арнайы құқығынан айырылған болуы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы Тізбеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z81" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. "Жануарлар дүниесі объектілерін алып қою квоталарын бөлу қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-04/149 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10865 болып тіркелген, 2015 жылғы 15 мамырда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z82" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Жануарлар дүниесі объектілерін алып қою квоталарын бөлу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...517 lines deleted...]
-    </w:p>
+        <w:t>1-тараудың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1-тарау. Жалпы ережелер";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11-тармақ</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>2-тараудың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-тарау. Аңшылық шаруашылығы субъектілерінің арасында аңшылық объектілері болып табылатын жануарлар түрлерін алып қою квоталарын бөлу тәртібі";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13</w:t>
-[...19 lines deleted...]
-        <w:t>14</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-тармақтар</w:t>
+        <w:t>6-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="30"/>
-[...95 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:bookmarkStart w:name="z88" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "5. Аңшылық шаруашылығы субъектісі алдағы жылдың 1 қазанына дейін аңшылық объектілері болып табылатын жануарлар түрлері бойынша есепке алу деректерінің негізінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясына (бұдан әрі - Мемлекеттік корпорация) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша аңшылық шаруашылығы үшін аңшылық объектілері болып табылатын жануарлар түрлері бойынша алу квотасын алуға аңшылық объектілері болып табылатын жануарлар түрлері бойынша өтінім береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z89" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Аңшылар мен аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы (бұдан әрі - аңшылар қауымдастығы) ағымдағы жылдың 15 ақпанынан келесі жылдың 15 ақпанына дейінгі кезеңге арналған жануарлар дүниесі объектілерін алуға арналған лимиттердің негізінде Заңның 9-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>55) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес аңшылық объектілері болып табылатын жануарлар түрлерін алу квоталарын бөлуді жүзеге асырады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тараудың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3-тарау. Балық шаруашылығы субъектілерінің арасында балық аулау объектілері болып табылатын жануарлар түрлерін алу квоталарын бөлу тәртібі";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Балық ресурстарын және басқа да су жануарларын алу квоталарын алу үшін балық шаруашылығы субъектілері ағымдағы жылдың 1 ақпанына дейін Мемлекеттік корпорацияға мынадай құжаттарды жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z94" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасының балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық ресурстарын және басқа да су жануарларын алу квоталарын алуға арналған өтінім (бұдан әрі - балық ресурстарын алуға арналған өтінім);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтінім берілген күнге дейінгі бір айдан кешіктірілмей алынған, аумақтық көліктік бақылау органының балық шаруашылығы субъектісінің атына тіркелген аулаушы және көліктік флот, оның ішінде шағын көлемді флот туралы анықтамасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балық аулаушылар қауымдастығы жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесіне (бұдан әрі - аумақтық бөлімше) балық ресурстарын алуға арналған өтінімнің 2 және 4-тармақтары бойынша мәліметтер беру туралы жазбаша сұраным жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аумақтық бөлімше сұратылған ақпаратты сұраным келіп түскен күннен бастап күнтізбелік 10 күн ішінде береді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "21. Балық ресурстарын және басқа да су жануарларын алу квоталарын бөлу қорытындылары осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша балық аулау лимиттері бекітілгеннен кейін күнтізбелік он күн ішінде шығарылады және тиісті жергілікті атқарушы органдарға жіберіледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z97" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-қосымшаның</w:t>
-[...31 lines deleted...]
-    <w:bookmarkStart w:name="z414" w:id="34"/>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы Тізбеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z98" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген Қағидаларға </w:t>
-[...238 lines deleted...]
-    </w:p>
+      6. "Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беру қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-03/153 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11623 болып тіркелген, 2015 жылғы 25 тамызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z99" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Ішкі және сыртқы нарықтардағы сауда үшін бекіре тұқымдас балық түрлерінің уылдырығын таңбалау қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 14 қаңтардағы № 18-04/14 </w:t>
-[...38 lines deleted...]
-      көрсетілген бұйрықпен бекітілген Ішкі және сыртқы нарықтарда сату үшін бекіре тұқымдас балықтардың уылдырығын таңбалау </w:t>
+      көрсетілген бұйрықпен бекітілген Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3560,290 +4454,186 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="36"/>
+    <w:bookmarkStart w:name="z101" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-тарау. Жалпы ережелер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармақ</w:t>
+        <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="37"/>
-[...162 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Осы Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беру қағидалары (бұдан әрі - Қағидалар) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі - Заң) 9-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>60) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Рұқсаттар мен хабарламалар туралы" 2014 жылғы 16 мамырдағы Қазақстан Республикасы Заңының 12-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасына сәйкес әзірленді және жануарларды интродукциялауды, реинтродукциялауды, будандастыруды жүргізуге рұқсат (бұдан әрі - рұқсат) беру тәртібін айқындайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3856,3926 +4646,582 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="38"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z105" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-тарау. Рұқсат беру тәртібі";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9-тармақ</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="39"/>
+    <w:bookmarkStart w:name="z107" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "9. Сыртқы нарыққа арналған марканы дайындауды осы Қағидаларға </w:t>
-[...94 lines deleted...]
-      Жеке немесе заңды тұлғалар жыл сайын есепті жылдан кейінгі 1 ақпанға дейін әкімшілік органға пайдаланылған және пайдаланылмаған сыртқы нарыққа арналған маркалардың санын пайдаланбау себептерін көрсете отырып, жазбаша түрде сыртқы нарыққа арналған маркалардың пайдаланылуы туралы мәліметтер ұсынады.";</w:t>
+      "3. Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беруге арналған өтінім (бұдан әрі - өтінім) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша "электрондық үкіметтің" веб-порталы арқылы электрондық түрде жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z108" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өтінімге мынадай құжаттар қоса беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізу кезінде жануарларды сатып алудың заңдылығын растайтын құжаттың электрондық көшірмесі (сатып алу-сату шарты, сыйға тарту шарты, жүкқұжат немесе тауар чегі немесе банктің белгісі бар төлем тапсырмасы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік экологиялық сараптаманың оң қорытындысы бар жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге арналған биологиялық негіздеменің электрондық көшірмесі.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12</w:t>
-[...39 lines deleted...]
-        <w:t>14-тармақтар</w:t>
+        <w:t>6-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="40"/>
+    <w:bookmarkStart w:name="z110" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "12. Ішкі нарықтағы бекіре тұқымдас балық түрлері уылдырығының саудасына арналған маркаларды сатып алу үшін өтінім беруші осы Қағидаларға </w:t>
-[...40 lines deleted...]
-    </w:p>
+      "6. Аумақтық бөлімше өтінімді және оған қоса берілетін құжаттарды бір жұмыс күні ішінде қарайды (егер, өтiнiм сағат 18.00-ден кейiн немесе сенбi күнi қабылданса, онда өтінім беруші үшiн мерзiмдi есептеу келесi жұмыс күнi басталады) және тіркелген күннен бастап үш жұмыс күні ішінде қарап, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат береді не мынадай негіздер бойынша бас тартады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      табиғи болса - табиғи су айдындардан ауланған балықтардан (жабайы) алынса, осы Қағидаларға </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес уәкілетті органның аумақтық бөлімшесі беретін қайдан ауланғаны туралы анықтаманың (бұдан әрі - анықтама) нөмірі мен күнін не анықтама қоса берілген сатып алу-сату шартын көрсету қажет;</w:t>
+      1) өтінім беруші рұқсат алуға ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігінің анықталуы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      жасанды болса - осы Қағидаларға </w:t>
-[...377 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша сыртқы нарықтағы бекіре тұқымдас балық түрлері уылдырығының саудасына арналған маркаларды есепке алу журналында жүргізіледі.";</w:t>
+      2) өтінім берушінің және (немесе) рұқсат беру үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидаларда, Заңда және "Ветеринария туралы" 2002 жылғы 10 шілдедегі Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келмеуі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтінім берушіге қатысты рұқсат алуды қажет ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімінің (үкімінің) болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтінім берушіге қатысты заңды күшіне енген сот шешімінің болуы, оның негізінде өтінім берушінің рұқсат алуға байланысты арнайы құқығынан айырылуы.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>16-тармақ</w:t>
-[...155 lines deleted...]
-      6) почта байланысының деректері, курьердің қолы.";</w:t>
+        <w:t>7-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-тараудың</w:t>
-[...487 lines deleted...]
-        <w:t>3-тармақ</w:t>
+        <w:t>8-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="50"/>
-[...2291 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="73"/>
+    <w:bookmarkStart w:name="z113" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "8. Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беруді есепке алу осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беруді тіркеу журналында жүргізіледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7951,651 +5397,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...206 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...379 lines deleted...]
-      (аты, әкесінің аты (бар болса), тегі, қолы)</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның күші жойылды - ҚР Ауыл шаруашылығы министрінің 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8701,939 +5603,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...440 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...328 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
-[...107 lines deleted...]
-      (аты, әкесінің аты (бар болса), тегі, қолы)</w:t>
+      Ескерту. 2-қосымшаның күші жойылды - ҚР Ауыл шаруашылығы министрінің 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13532,2126 +9602,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...479 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...1476 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
-[...107 lines deleted...]
-      (аты, әкесінің аты (бар болса), тегі, қолы, мөр (бар болса) орны)</w:t>
+      Ескерту. 6-қосымшаның күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15757,50 +9808,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-қосымшаның күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -15817,103 +9944,528 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ішкі және сыртқы нарықтардағы</w:t>
-[...51 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>Өзгерістер мен толықтырулар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілетін Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы Ауыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шаруашылығы министрлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрықтарының тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 8-қосымшаның күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзгерістер мен толықтырулар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілетін Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы Ауыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шаруашылығы министрлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрықтарының тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 9-қосымшаның күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзгерістер мен толықтырулар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілетін Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы Ауыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шаруашылығы министрлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрықтарының тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -15934,74 +10486,3811 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Құрып кету қаупі төнген жабайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фауна мен флора түрлерімен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық сауда туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конвенцияның күші</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолданылатын жануарлар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түрлерін Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасының аумағына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкелуге және Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аумағынан әкетуге әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органның рұқсаттар беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауыл шаруашылығы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орман шаруашылығы және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жануарлар дүниесі комитеті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(кімнен)_____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(заңды тұлғаның толық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы, жеке тұлғаның</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(дара кәcіпкердің) аты, әкесінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты (бар болса), тегі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы__________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(индекс, облыс, қала,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудан, көше, үй №,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пәтер № (бар болса),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефоны)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректемелері________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бизнес-сәйкестендіру нөмірі,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z376" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бекіре тұқымдас балық түрлерінің уылдырығын алу туралы ақпарат</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
+        <w:t xml:space="preserve"> Үлгілерді әкелуге, әкетуге рұқсат алуға арналған өтініш Үлгілерді _______________________________________________ әкелуге,  (қажеттісінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әкетуге рұқсат беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкелу, әкету мақсаты (коммерциялық операциялар, ғылыми зерттеулер, өсiмдi молайту мақсаттары, цирктерде өнер көрсету немесе жылжымалы көрмелер, хайуанаттар бақтары, ботаникалық бақтар және мұражайлар арасындағы алмасу, сондай-ақ жеке басына беру)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік, орыс және латын тілдерінде атауы көрсетілген үлгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлгінің сипаттамасы (тірі жануарлар, терілер, тұлыптар, ұшалар, бас сүйектері, мүйіздер, азу тістер, қан, уылдырық, сондай-ақ бұйымдар және басқалар, тірі жануарлар үшін - жынысы мен жасы, сәйкестендіру белгілерінің бар-жоғы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлгілердің саны және (немесе) салмағы (уылдырықты әкету кезінде сыйымдылықтың саны мен көлемін қосымша көрсету қажет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлгінің шығу тегі (табиғаттан алынған, жасанды жағдайларда шығарылған немесе өсірілген, басқа елден қандай құжаттардың негізінде импортталды, тәркіленді, сатып алынды, сыйға немесе мұраға алынды және тағы басқалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіруді жүзеге асыратын жеке және заңды тұлғаларды әкімшілік органда тіркеу туралы куәліктердің (-тің) нөмірі және күні (бар болса)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер, үлгілер Қазақстан Республикасы аумағында жасанды жағдайларда өсірілген болса, Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіру жөніндегі қызметтің басталғаны немесе тоқтатылғаны туралы хабарламаның (-лардың) нөмірі және күні (бар болса)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер, жануарлардың түрлері, олардың бөліктері мен дериваттары Қазақстан Республикасы аумағында жануарлар санын реттеу арқылы табиғи ортадан алынса, саны реттелуге жататын жануарлар түрлерін алуға арналған рұқсаттың нөмірі мен күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экспорттаушы мен импорттаушының орыс және ағылшын тілдеріндегі заңды мекенжайы, олардың телефондары немесе факстары (жеке тұлғалар үшін - үйінің мекенжайы, төлқұжат деректері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ұсынғаным үшін Қазақстан Республикасының заңнамасына сәйкес жауапкершілік жайында хабардармын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініштің берілген күні 20____жылғы "___"________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі, қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзгерістер мен толықтырулар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілетін Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы Ауыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шаруашылығы министрлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрықтарының тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлар дүниесі объектілерін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алып қою квоталарын бөлу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ресурстарын және басқа да су жануарларын алу квоталарын алуға арналған өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бекітіліп берілген балық шаруашылығы су айдынының және (немесе) учаскесінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атауы __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жергілікті атқарушы органмен жасалған балық шаруашылығын жүргізуге арналған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______ жылғы "___" _____________ № ______шарт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өткен жылы балық ресурстарының өсімін молайтуға (балық жіберуге) жұмсалған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаражат көлемі _____________мың теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жылына ______ тонна балық ресурстарын өңдеу жөніндегі технологиялық жабдықтың болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өткен жылы бөлінген квотаның нақты игерілгені ________________ тонна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балық аулау қағидаларына сәйкес келетін балық ресурстарын аулау және басқа да су </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарларын олжалау құралдарының саны, сүзекі ____ дана, құрма ау ____ дана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балық шаруашылығы субъектісінің атына тіркелген балық аулау флоты, өздігінен </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүретін (40 ат күшінен жоғары) ______ бірлік, шағын көлемді _______ бірлік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұсынғаным үшін Қазақстан Республикасының заңнамасына сәйкес жауапкершілік жайында хабардармын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінімнің берілген күні 20___жылғы "__" ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (балық шаруашылығы субъектісі басшысының аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр (бар болса) орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзгерістер мен толықтырулар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілетін Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы Ауыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шаруашылығы министрлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрықтарының тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>интродукциялауды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реинтродукциялауды және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>будандастыруды жүргізуге</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсат беру қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(кімге)______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(уәкілетті органның толық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(кімнен)_____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(заңды тұлғаның атауы не жеке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұлғаның аты, әкесінің аты (бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болса), тегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мекенжайы, телефон және факс</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмірі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бизнес сәйкестендіру нөмірі,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке сәйкестендіру нөмірі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүргізуге рұқсат беруге арналған өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүргізуге (қажеттісінің астын сызу) рұқсат беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Интродукциялауды, реинтродукциялауды және будандастыруды жүргізудің </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мақсаты ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануар түрі _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануардың саны мен салмағы ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жануарларды интродукциялау, реинтродукциялау және будандастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүргізілетін мерзім _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жануарларды интродукциялау, реинтродукциялауд және будандастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүргізілетін аудан ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринариялық анықтаманың нөмірі және берілген күні _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұсынғаным үшін Қазақстан Республикасының заңнамасына сәйкес жауапкершілік жайында хабардармын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінімнің берілген күні 20____жылғы "__"________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі, қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзгерістер мен толықтырулар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілетін Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы Ауыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шаруашылығы министрлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрықтарының тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>интродукциялауды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реинтродукциялауды және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>будандастыруды жүргізуге</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсат беру қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z389" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргiзуге рұқсат берудi тiркеу журналы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -16017,51 +14306,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
+Рұқсат</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -16071,393 +14360,417 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балық түрі</w:t>
+Пайдалану түрi (жануардың түрi, саны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балықтың саны мен жасы</w:t>
+Қолданылу мерзiмi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балықтың салмағы</w:t>
+Кiмге берiлдi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алынған уылдырық салмағы</w:t>
+Рұқсаттың күнi және нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уылдырық алу тәсілі (сауып алу тәсілі (тірідей) немесе кесер тілігі тәсілі)</w:t>
+Алушының деректерi (аты, әкесінің аты (бар болса), тегі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -16781,1741 +15094,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...1689 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18645,1092 +15267,94 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9-қосымша</w:t>
-[...181 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z382" w:id="76"/>
-[...852 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19829,1788 +15453,92 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>10-қосымша</w:t>
-[...571 lines deleted...]
-              <w:t>жеке сәйкестендіру нөмірі)</w:t>
+              <w:t>15-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...1042 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылған ақпараттың дұрыстығын растаймын және дұрыс емес мәліметтер </w:t>
-[...107 lines deleted...]
-      (аты, әкесінің аты (бар болса), тегі, қолы)</w:t>
+      Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21711,637 +15639,92 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>11-қосымша</w:t>
-[...168 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>16-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық </w:t>
-[...395 lines deleted...]
-      Қолы_____________</w:t>
+      Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22442,900 +15825,92 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>12-қосымша</w:t>
-[...467 lines deleted...]
-              <w:t>жеке сәйкестендіру нөмірі)</w:t>
+              <w:t>17-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды </w:t>
-[...359 lines deleted...]
-      (аты, әкесінің аты (бар болса), тегі, қолы)</w:t>
+      Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23436,1147 +16011,94 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>13-қосымша</w:t>
-[...194 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>18-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z389" w:id="77"/>
-[...894 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24675,51 +16197,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>14-қосымша</w:t>
+              <w:t>19-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -24861,51 +16383,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>15-қосымша</w:t>
+              <w:t>20-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -25047,51 +16569,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>16-қосымша</w:t>
+              <w:t>21-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -25233,51 +16755,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>17-қосымша</w:t>
+              <w:t>22-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -25419,51 +16941,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>18-қосымша</w:t>
+              <w:t>23-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -25605,980 +17127,50 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>19-қосымша</w:t>
-[...928 lines deleted...]
-              </w:rPr>
               <w:t>24-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Күші жойылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -26628,55 +17220,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>