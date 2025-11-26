--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dfc19c9" w14:textId="dfc19c9">
+    <w:p w14:paraId="987bab2" w14:textId="987bab2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1128,228 +1128,164 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Монтаждауды, реттеуді, жаңғыртуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, сондай-ақ арнайы материалдарды және оларды өндіруге арналған жабдықтарды әзірлеу, өндіру, жөндеу, сатып алу және өткізу жөніндегі қызметті жүзеге асыру үшін қойылатын біліктілік талаптары және оларға сәйкестікті растайтын құжаттар тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...120 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 08.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 395</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Индустрия және инфрақұрылымдық даму министрінің 12.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 246</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 11.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 356</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -3248,51 +3184,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 монтаждауды, реттеуді, жаңғыртуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, сондай-ақ арнайы материалдарды және оларды өндіруге арналған жабдықтарды әзірлеу, өндіру, жөндеу, сатып алу және өткізу жөніндегі қызметті жүзеге асыру үшін қойылатын біліктілік талаптары және оларға сәйкестікті растайтын құжаттар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес мәліметтер нысаны қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органмен қорғаныс өнеркәсібі саласында жүргізіліп жатқан саясаттың сәйкестігі тұрғысынан келісілген, ұйым басшысымен бекітілген құжат, монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды әзірлеу, жасау жөніндегіжоспар-кесте</w:t>
+              <w:t xml:space="preserve"> сәйкес мәліметтер нысаны қорғаныс өнеркәсібі саласындағы уәкілетті органмен қорғаныс өнеркәсібі саласында жүргізіліп жатқан саясаттың сәйкестігі тұрғысынан келісілген, ұйым басшысымен бекітілген құжат, монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды әзірлеу, жасау жөніндегі жоспар-кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5028,51 +4964,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 монтаждауды, реттеуді, жаңғыртуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, сондай-ақ арнайы материалдарды және оларды өндіруге арналған жабдықтарды әзірлеу, өндіру, жөндеу, сатып алу және өткізу жөніндегі қызметті жүзеге асыру үшін қойылатын біліктілік талаптары және оларға сәйкестікті растайтын құжаттар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес мәліметтер нысаны қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органмен қорғаныс өнеркәсібі саласында жүргізіліп жатқан саясаттың сәйкестігі тұрғысынан келісілген, ұйым басшысымен бекітілген құжат, монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды жөндеу жөніндегі жоспар-кесте</w:t>
+              <w:t xml:space="preserve"> сәйкес мәліметтер нысаны қорғаныс өнеркәсібі саласындағы уәкілетті органмен қорғаныс өнеркәсібі саласында жүргізіліп жатқан саясаттың сәйкестігі тұрғысынан келісілген, ұйым басшысымен бекітілген құжат, монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды жөндеу жөніндегі жоспар-кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6303,51 +6239,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 монтаждауды, реттеуді, жаңғыртуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, сондай-ақ арнайы материалдарды және оларды өндіруге арналған жабдықтарды әзірлеу, өндіру, жөндеу, сатып алу және өткізу жөніндегі қызметті жүзеге асыру үшін қойылатын біліктілік талаптары және оларға сәйкестікті растайтын құжаттар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес мәліметтер нысаны қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органмен қорғаныс өнеркәсібі саласында жүргізіліп жатқан саясаттың сәйкестігі тұрғысынан келісілген, ұйым басшысымен бекітілген құжат, монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды сатып алу және өткізу жөніндегі жоспар-кесте</w:t>
+              <w:t xml:space="preserve"> сәйкес мәліметтер нысаны қорғаныс өнеркәсібі саласындағы уәкілетті органмен қорғаныс өнеркәсібі саласында жүргізіліп жатқан саясаттың сәйкестігі тұрғысынан келісілген, ұйым басшысымен бекітілген құжат, монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды сатып алу және өткізу жөніндегі жоспар-кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6960,68 +6896,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">растайтын құжаттар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Монтаждауды, реттеуді, жаңғыртуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, сондай-ақ арнайы материалдарды және оларды өндіруге арналған жабдықтарды әзірлеу, өндіру, жөндеу, сатып алу және өткізу жөніндегі қызметті жүзеге асыру үшін қойылатын біліктілік талаптары және оларға сәйкестікті растайтын құжаттар тізбесіне мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды әзірлеу, жасау жөніндегі кіші қызмет түрі үшін мыналар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9426,68 +9362,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Телефоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды әзірлеу, жасау жөніндегі кіші қызмет түрі үшін ____ жылға арналған  ЖОСПАР-КЕСТЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -11081,68 +11017,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Телефоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды жөндеу жөніндегі кіші қызмет түрі үшін ____ жылға арналған  ЖОСПАР-КЕСТЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -12667,68 +12603,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Телефоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Монтаждауды, реттеуді, жаңартуды, орнатуды, пайдалануды, сақтауды, жөндеуді және сервистік қызмет көрсетуді қоса алғанда, оқ-дәрілерді, қару-жарақ пен әскери техниканы, олардың қосалқы бөлшектерін, жиынтықтаушы бұйымдары мен аспаптарын, арнайы материалдарды, оларды өндіруге арналған жабдықтарды сатып алу және өткізу жөніндегі кіші қызмет түрі үшін ____ жылға арналған  ЖОСПАР-КЕСТЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>