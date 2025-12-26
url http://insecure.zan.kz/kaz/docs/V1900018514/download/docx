--- v0 (2025-10-05)
+++ v1 (2025-12-26)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d1655df" w14:textId="d1655df">
+    <w:p w14:paraId="8228478" w14:textId="8228478">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Фармацевтикалық білімі бар маман болмаған жағдайда аудан орталықтарынан шалғайдағы елді мекендерде дәрілік заттарды, медициналық мақсаттағы бұйымдарды бастапқы медициналық-санитариялық, консультациялық-диагностикалық көмек көрсететін денсаулық сақтау ұйымдарындағы дәріхана пункттері арқылы және жылжымалы дәріхана пункттері арқылы өткізуді іске асыру үшін медициналық білімі бар мамандарды аттестаттау ережесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2009 жылғы 9 қазандағы № 515 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2019 жылғы 10 сәуірдегі № ҚР ДСМ-27 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 15 сәуірде № 18514 болып тіркелді. Күші жойылды - Қазақстан Республикасы Денсаулық сақтау министрінің 2025 жылғы 10 қазандағы № 105 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Денсаулық сақтау министрінің 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2009 жылғы 18 қыркүйектегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1288,127 +1366,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Денсаулық сақтау министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2629,55 +2719,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3007,35 +3119,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>