--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="02ae4b7" w14:textId="02ae4b7">
+    <w:p w14:paraId="97a2a3e" w14:textId="97a2a3e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -264,190 +264,150 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы қаулы 01.07.2019 бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 43) тармақшасына және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ</w:t>
-[...19 lines deleted...]
-        <w:t>ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 20.12.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 113</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1257,91 +1217,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қазақстан Республикасында валюталық операцияларды жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Ұлттық Банк туралы заң) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және резиденттер мен бейрезиденттердің Қазақстан Республикасында валюталық операцияларды жүзеге асыру тәртібін айқындайды.</w:t>
+      1. Қазақстан Республикасында валюталық операцияларды жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің (бұдан әрі – Ұлттық Банк туралы ереже) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 43) тармақшасына сәйкес әзірленді және онда резиденттер мен бейрезиденттердің Қазақстан Республикасында валюталық операцияларды жүзеге асыру тәртібі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалар мынадай тәртіпті қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1398,104 +1338,144 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 20.12.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгерістер енгізілді - ҚР Ұлттық Банкі Басқармасының 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Қағидаларда пайдаланылатын ұғымдар Валюталық реттеу және валюталық бақылау туралы заңда көрсетілген мағыналарда қолданылады.</w:t>
+        <w:t xml:space="preserve">
+      2. Қағидаларда пайдаланылатын ұғымдар "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Валюталық реттеу және валюталық бақылау туралы заң) көрсетілген мағынасында қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидаларда мынадай ұғымдар мен қысқартулар да пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1579,50 +1559,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Ұлттық Банк – Қазақстан Республикасының Ұлттық Банкі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) хабарлама туралы куәлік – Қағидалар қолданысқа енгізілгенге дейін валюталық шартқа немесе шетелдік банктегі шотқа берілген және күшін жоймаған, белгіленген үлгідегі құжат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Валюталық операциялар бойынша төлемдерді және (немесе) ақша аударымдарын жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1909,111 +1951,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есептік нөмірді алу талабы қолданылатын валюталық шарт бойынша төлемді және (немесе) ақша аударымын жүргізген кезде уәкілетті банк (оның филиалы) төлем құжатында валюталық шарт деректемелерінің және оның есептік нөмірінің болуын тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z139" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Егер капитал қозғалысының операцияларын жүргізуге негіз болатын және (немесе) орындалатын шетелдік банктегі шотты пайдалана отырып төлемдер және (немесе) ақша аударымы жүзеге асырылатын, есептік нөмір берілген не тіркеу куәлігі немесе хабарлама туралы куәлік берілген валюталық шартқа (бұдан әрі – капитал қозғалысы жөніндегі валюталық шарт) Валюталық реттеу және валюталық бақылау туралы заңның 5-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 4) тармақшасына сәйкес, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18544 болып тіркелген "Қазақстан Республикасында валюталық операцияларды мониторингтеу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 10 сәуірдегі № 64 қаулысымен бекітілген Қазақстан Республикасында валюталық операцияларды мониторингтеу қағидаларының (бұдан әрі – Валюталық операцияларды мониторингтеу қағидалары) </w:t>
+      Егер капитал қозғалысының операцияларын жүргізуге негіз болатын және (немесе) орындалатын шетелдік банктегі шотты пайдалана отырып төлемдер және (немесе) ақша аударымы жүзеге асырылатын, есептік нөмір берілген не тіркеу куәлігі немесе хабарлама туралы куәлік берілген валюталық шартқа (бұдан әрі – капитал қозғалысы жөніндегі валюталық шарт) "Қазақстан Республикасында валюталық операцияларды мониторингтеу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 10 сәуірдегі № 64 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18544 болып тіркелген) бекітілген Қазақстан Республикасында валюталық операцияларды мониторингтеу қағидаларының (бұдан әрі – Валюталық операцияларды мониторингтеу қағидалары) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес жаңа есептік нөмірді алу талап етілетін өзгерістер және (немесе) толықтырулар енгізілсе, төлемді және (немесе) ақша аударымын қолданыстағы есептік нөмірді (тіркеу куәлігінің немесе хабарлама туралы куәліктің нөмірін) пайдалана отырып жүргізуге жол беріледі. Бұл ретте уәкілетті банк (оның филиалы) резидентке жаңа есептік нөмірді алу қажеттілігі туралы кез келген нысанда хабарлайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес жаңа есептік нөмірді алу талап етілетін өзгерістер және (немесе) толықтырулар енгізілсе, төлемді және (немесе) ақша аударымын қолданыстағы есептік нөмірді (тіркеу куәлігінің немесе хабарлама туралы куәліктің нөмірін) пайдалана отырып жүргізуге жол беріледі. Бұл ретте уәкілетті банк (оның филиалы) резидентке жаңа есептік нөмірді алу қажеттілігі туралы еркін нысанда хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z140" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер валюталық шарт бойынша резиденттің пайдасына келіп түскен төлем және (немесе) ақша аударымы бойынша төлем құжатында осындай шарттың деректемелері және (немесе) оның есептік нөмірі дұрыс көрсетілмесе немесе болмаса, уәкілетті банк ақшаны есепке жатқызуды валюталық шарттың деректемелерін және (немесе) оның есептік нөмірін резиденттің жазбаша растауының негізінде жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z141" w:id="25"/>
     <w:p>
@@ -2038,71 +2060,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 22.08.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгерістер енгізілді - ҚР Ұлттық Банкі Басқармасының 22.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4240,51 +4282,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген валюталық операцияларды жүргізу кезінде резидент уәкілетті банкке осы төлем және (немесе) ақша аударымы туралы ақпаратты валюталық бақылау органдарына және құқық қорғау органдарына ұсынуға рұқсат береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Валюталық операцияларды жүзеге асыратын резидент немесе бейрезидент болып табылатын уәкілетті банктің клиенті уәкілетті банктің талабы бойынша уәкілетті банкке "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы </w:t>
+      Валюталық операцияларды жүзеге асыратын резидент немесе бейрезидент болып табылатын уәкілетті банктің клиенті уәкілетті банктің талабы бойынша уәкілетті банкке "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – КЖТҚҚ туралы заң) талаптарына сәйкес операцияға мониторинг жүргізу және оны зерделеу үшін қажет құжаттар мен ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4308,51 +4350,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-3-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 20.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z135" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5016,300 +5078,476 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z91" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көзделген нұсқауды ұсыну талап етілмейді.</w:t>
+        <w:t>
+      20-1. Резидент-заңды тұлға (уәкілетті банкті қоспағанда) осы резидент-заңды тұлға өзінің акционерлері, құрылтайшылары, қатысушылары арасында бөлетін таза кірісті немесе оның бір бөлігін төлеу мақсатына қолма-қол ақшасыз шетел валютасын сатып алған кезде уәкілетті банкке Қағидалардың 20-тармағында көзделген нұсқауды ұсыну талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z158" w:id="76"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес міндеттемелерді орындау қолма-қол ақшасыз шетел валютасын сатып алу күнінен бастап күнтізбелік тоқсан күн ішінде басталатын шарт сомасы бір жүз миллион АҚШ доллары баламасынан асатын алынған сыртқы қарыздар және шығарылым проспектісіне сәйкес номиналдық сомасы бір жүз миллион АҚШ доллары баламасынан асатын шетел валютасында шығарылған облигациялар бойынша Қазақстан Республикасының бейрезиденті алдындағы шетел валютасындағы міндеттемелерін өтеу мақсатына қолма-қол ақшасыз шетел валютасын сатып алған кезде резидент-заңды тұлға тиісті шетел валютасында жекелеген банктік шотты ашуға өтінішті, уәкілетті банкке сатып алынған қолма-қол ақшасыз шетел валютасын шетел валютасындағы жеке шотқа есепке алу нұсқауын, уәкілетті банкке сатып алған күннен бастап күнтізбелік 90 (тоқсан) күн ішінде оны мәлімдеген мақсаттарға пайдаланбаған жағдайда, кейінгі үш жұмыс күні ішінде осы валютаны ұлттық валютаға сату нұсқауын, сондай-ақ міндеттемелерді орындау сомасы мен мерзімін растайтын құжаттарды (кредиттік шартты және төлем кестесін, өзге құжаттарды) қоса береді. Уәкілетті банк резидент-заңды тұлға сатып алған қолма-қол ақшасыз шетел валютасын жекелеген банктік шотқа есепке алады және оны резидент-заңды тұлға мәлімделген мақсатқа қана пайдалануын қамтамасыз етеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Резидент-заңды тұлға (уәкілетті банкті қоспағанда) Қағидалардың 20-тармағына сәйкес уәкілетті банктен (банк шоттарын ашуға және жүргізуге уәкілетті органның лицензиясы жоқ бағалы қағаздар нарығының кәсіби қатысушысынан басқа) валюталық шарт сомасы бір жүз миллион АҚШ доллары баламасынан асатын алынған сыртқы қарыздар және шығарылым проспектісіне сәйкес номиналдық сомасы бір жүз миллион АҚШ доллары баламасынан асатын және міндеттемелерді орындау қолма-қол ақшасыз шетел валютасын сатып алу күнінен бастап күнтізбелік тоқсан күн ішінде басталатын шетел валютасында шығарылған облигациялар бойынша Қазақстан Республикасының бейрезиденті алдындағы шетел валютасындағы міндеттемелерін өтеу мақсатына қолма-қол ақшасыз шетел валютасын сатып алған кезде резидент-заңды тұлға қолма-қол ақшасыз шетел валютасын сатып алу өтініміне (өтінімдеріне) мынадай құжаттарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тиісті шетел валютасында жеке банктік шот ашу өтінішін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сатып алынған қолма-қол ақшасыз шетел валютасын шетел валютасындағы жеке банктік шотқа есепке жатқызу нұсқауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сатып алынған күннен бастап күнтізбелік тоқсан күн ішінде оны мәлімделген мақсатқа пайдаланбаған жағдайда осы валютаны кейінгі үш жұмыс күні ішінде ұлттық валютаға сату нұсқауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) міндеттемелерді орындау сомасы мен мерзімін растайтын құжаттарды (кредиттік шартты және төлем кестесін, валюталық шарттың талаптарына сәйкес міндетті болып табылатын өзге құжаттарды) қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті банк (банк шоттарын ашуға және жүргізуге уәкілетті органның лицензиясы жоқ бағалы қағаздар нарығының кәсіби қатысушысынан басқа) резидент-заңды тұлға сатып алған қолма-қол ақшасыз шетел валютасын жеке банктік шотқа есепке жазады және оны резидент-заңды тұлғаның мәлімделген мақсатқа ғана пайдалануын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Резидент-заңды тұлға (уәкілетті банкті қоспағанда) Қағидалардың 20-тармағына сәйкес уәкілетті банк болып табылатын және банк шоттарын ашуға және жүргізуге уәкілетті органның лицензиясы жоқ бағалы қағаздар нарығының кәсіби қатысушысынан валюталық шарт сомасы бір жүз миллион АҚШ доллары баламасынан асатын алынған сыртқы қарыздар және шығарылым проспектісіне сәйкес номиналдық сомасы бір жүз миллион АҚШ доллары баламасынан асатын және міндеттемелерді орындау қолма-қол ақшасыз шетел валютасын сатып алу күнінен бастап күнтізбелік тоқсан күн ішінде басталатын шетел валютасында шығарылған облигациялар бойынша Қазақстан Республикасының бейрезиденті алдындағы шетел валютасындағы міндеттемелерін өтеу мақсатына қолма-қол ақшасыз шетел валютасын сатып алған кезде резидент-заңды тұлға қолма-қол ақшасыз шетел валютасын сатып алу өтініміне (өтінімдеріне) мынадай құжаттарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тиісті шетел валютасында бөлек жеке шот (қосалқы шот) ашу өтінішін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сатып алынған қолма-қол ақшасыз шетел валютасын шетел валютасындағы бөлек жеке шотқа (қосалқы шотқа) есепке жатқызу нұсқауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сатып алынған күннен бастап күнтізбелік тоқсан күн ішінде оны мәлімделген мақсатқа пайдаланбаған жағдайда осы валютаны кейінгі үш жұмыс күні ішінде ұлттық валютаға сату нұсқауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) міндеттемелерді орындау сомасы мен мерзімін растайтын құжаттарды (кредиттік шартты және төлем кестесін, валюталық шарттың талаптарына сәйкес міндетті болып табылатын өзге құжаттарды) қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті банк болып табылатын және банк шоттарын ашуға және жүргізуге уәкілетті органның лицензиясы жоқ бағалы қағаздар нарығының кәсіби қатысушысы резидент-заңды тұлға сатып алған қолма-қол ақшасыз шетел валютасын бөлек жеке шотқа (қосалқы шотқа) есепке жазады және оны резидент-заңды тұлғаның мәлімделген мақсатқа ғана пайдалануын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-1-тармақпен толықтырылды – ҚР Ұлттық Банкі Басқармасының 20.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 93</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Резидент-заңды тұлғаның (уәкілетті банкті қоспағанда) баламасында елу мың АҚШ долларынан астам сомаға ұлттық валютаға қолма-қол ақшасыз шетел валютасын сатып алуға бір уәкілетті банкте бір жұмыс күні өтінімді (өтінімдерді) орындау кезінде уәкілетті банк өтінімде (өтінімдерде) көрсетілген шетел валютасын сатып алу мақсаты мен сомасын валюталық шартпен және шотпен не қолма-қол ақшасыз шетел валютасын сатып алу мақсаты мен сомасын растайтын өзге төлем құжатымен, сондай-ақ осы валюталық шарт негізінде Қағидаларға сәйкес бұрын жүзеге асырылған ұлттық валютаға қолма-қол ақшасыз шетел валютасын сатып алу туралы қолда бар мәліметтермен салыстырып тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z159" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Валюталық шарт бойынша ұлттық валютаға қолма қол ақшасыз шетел валютасын сатып алудың жалпы сомасы валюталық шарт сомасынан асып кетуіне жол берілмейді. Валюталық шарт бойынша ұлттық валютаға қолма қол ашасыз шетел валютасын сатып алудың жалпы сомасы резидент-заңды тұлғаның өтінімдері және (немесе) басқа уәкілетті банктердің осы валюталық шарттың шеңберінде жүзеге асырылған шетел валютасын сатып алу ақпараты негізінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-1-тармақпен толықтырылды – ҚР Ұлттық Банкі Басқармасының 20.07.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 20.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 22.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="77"/>
-[...121 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="79"/>
+    <w:bookmarkStart w:name="z41" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Резидент-заңды тұлға (уәкілетті банкті қоспағанда) қолма-қол ақшасыз шетел валютасы сатып алынған бұрын ресімделген өтінімге Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5364,51 +5602,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сатып алынған қолма-қол ақшасыз шетел валютасын басқа валюталық шарт бойынша шетел валютасындағы міндеттемелерді орындауға байланысты мақсаттарға пайдалануға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Резидент-заңды тұлға (уәкілетті банкті қоспағанда) валюталық шарт бойынша шетел валютасындағы міндеттемелерін орындау мақсатында Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5563,51 +5801,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="80"/>
+    <w:bookmarkStart w:name="z42" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Уәкілетті банк резидент-заңды тұлғаның (уәкілетті банкті қоспағанда) Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5642,371 +5880,371 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-1 және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ресімделген ұлттық валютаға қолма-қол ақшасыз шетел валютасын сатып алуға өтінімін, сондай-ақ егер:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z161" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      резидент-заңды тұлғаның өтінімі және (немесе) басқа уәкілетті банктердің шетел валютасын сатып алу жүзеге асырылғаны туралы ақпараты негізінде есептелген бір валюталық шарт бойынша ұлттық валютаға қолма-қол ақшасыз шетел валютасын сатып алу сомасы осындай валюталық шарттың және шоттың не төлемге арналған өзге құжаттың сомасынан асып кетсе;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z161" w:id="81"/>
-[...15 lines deleted...]
-      резидент-заңды тұлғаның өтінімі және (немесе) басқа уәкілетті банктердің шетел валютасын сатып алу жүзеге асырылғаны туралы ақпараты негізінде есептелген бір валюталық шарт бойынша ұлттық валютаға қолма-қол ақшасыз шетел валютасын сатып алу сомасы осындай валюталық шарттың және шоттың не төлемге арналған өзге құжаттың сомасынан асып кетсе;</w:t>
+    <w:bookmarkStart w:name="z162" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір резидент-заңды тұлға бір уәкілетті банк арқылы резидент-заңды тұлғаның өтінімі негізінде есептелген шетел валютасындағы міндеттемелерді орындауға байланысты емес мақсаттарға бір жұмыс күніндегі ұлттық валютаға қолма-қол ақшасыз шетел валютасын сатып алу сомасы елу мың АҚШ доллары баламасынан асып кетсе, орындауға қабылдамайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z162" w:id="82"/>
-[...15 lines deleted...]
-      бір резидент-заңды тұлға бір уәкілетті банк арқылы резидент-заңды тұлғаның өтінімі негізінде есептелген шетел валютасындағы міндеттемелерді орындауға байланысты емес мақсаттарға бір жұмыс күніндегі ұлттық валютаға қолма-қол ақшасыз шетел валютасын сатып алу сомасы елу мың АҚШ доллары баламасынан асып кетсе, орындауға қабылдамайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 20.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 93</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Қолма-қол шетел валютасын алуға, есепке жатқызуға және пайдалануға байланысты уәкілетті банктегі банктік шот бойынша операцияларды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. Қолма-қол шетел валютасын алуға, есепке жатқызуға және пайдалануға байланысты уәкілетті банктегі банктік шот бойынша операцияларды жүргізу тәртібі</w:t>
+    <w:bookmarkStart w:name="z44" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Жеке тұлғалар уәкілетті банктердегі өздерінің банктік шоттарынан (өздерінің банктік шоттарына) қолма-қол шетел валютасын шектеусіз алады (салады).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z44" w:id="84"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="85"/>
+    <w:bookmarkStart w:name="z45" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Заңды тұлғаларға және шетелдік ұйымдардың филиалдарына (өкілдіктеріне) Валюталық реттеу және валюталық бақылау туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жағдайларда жеке тұлғалармен есеп айырысуларды жүзеге асыру үшін уәкілетті банктегі өздерінің банктік шоттарынан қолма-қол шетел валютасын алуына рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z46" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Заңды тұлға немесе шетелдік ұйымның филиалы (өкілдігі) жеке тұлғаға оның Қазақстан Республикасынан тыс жерлерге іссапарға баруына байланысты шығыстарды, оның ішінде өкілдік шығыстарды төлеу жөніндегі валюталық операцияны жүзеге асыру мақсаттары үшін өзінің банктік шотынан қолма-қол шетел валютасын алған кезде уәкілетті банкке жеке тұлғаларға жүзеге асырылатын төлемдерді растайтын және алынатын қолма-қол шетел валютасының сомасына нұсқауды қамтитын құжаттарды ұсынады. Осындай құжаттар ретінде бұйрықты, өкімді, шешімді, іссапар шығыстарының сметасын ұсынуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z46" w:id="86"/>
-[...15 lines deleted...]
-      26. Заңды тұлға немесе шетелдік ұйымның филиалы (өкілдігі) жеке тұлғаға оның Қазақстан Республикасынан тыс жерлерге іссапарға баруына байланысты шығыстарды, оның ішінде өкілдік шығыстарды төлеу жөніндегі валюталық операцияны жүзеге асыру мақсаттары үшін өзінің банктік шотынан қолма-қол шетел валютасын алған кезде уәкілетті банкке жеке тұлғаларға жүзеге асырылатын төлемдерді растайтын және алынатын қолма-қол шетел валютасының сомасына нұсқауды қамтитын құжаттарды ұсынады. Осындай құжаттар ретінде бұйрықты, өкімді, шешімді, іссапар шығыстарының сметасын ұсынуға жол беріледі.</w:t>
+    <w:bookmarkStart w:name="z163" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тұлғаға оның Қазақстан Республикасынан тыс жерлерге іссапарға баруына байланысты шығыстарды, оның ішінде өкілдік шығыстарды корпоративтік төлем карточкасын пайдалана отырып төлеу жөніндегі валюталық операцияны жүзеге асыру мақсаттары үшін қолма-қол шетел валютасы алынған жағдайда көрсетілген құжаттар осындай алынған күннен бастап отыз жұмыс күні ішінде уәкілетті банкке ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z163" w:id="87"/>
-[...15 lines deleted...]
-      Жеке тұлғаға оның Қазақстан Республикасынан тыс жерлерге іссапарға баруына байланысты шығыстарды, оның ішінде өкілдік шығыстарды корпоративтік төлем карточкасын пайдалана отырып төлеу жөніндегі валюталық операцияны жүзеге асыру мақсаттары үшін қолма-қол шетел валютасы алынған жағдайда көрсетілген құжаттар осындай алынған күннен бастап отыз жұмыс күні ішінде уәкілетті банкке ұсынылады.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Жеке тұлғаға оның Қазақстан Республикасынан тыс жерлерге іссапарға баруына байланысты шығыстарды, оның ішінде өкілдік шығыстарды төлеу жөніндегі валюталық операцияны жүзеге асыру мақсаттарына алынған қолма-қол шетел валютасы көрсетілген мақсатқа (толық немесе ішінара) пайдаланылмаса, пайдаланылмаған қолма-қол шетел валютасы қызметкерлердің іссапар мерзімі аяқталған соң он жұмыс күні ішінде заңды тұлғаның немесе шетелдік ұйым филиалының (өкілдігінің) уәкілетті банктегі банктік шотына міндетті түрде есепке жатқызылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z47" w:id="88"/>
-[...15 lines deleted...]
-      27. Жеке тұлғаға оның Қазақстан Республикасынан тыс жерлерге іссапарға баруына байланысты шығыстарды, оның ішінде өкілдік шығыстарды төлеу жөніндегі валюталық операцияны жүзеге асыру мақсаттарына алынған қолма-қол шетел валютасы көрсетілген мақсатқа (толық немесе ішінара) пайдаланылмаса, пайдаланылмаған қолма-қол шетел валютасы қызметкерлердің іссапар мерзімі аяқталған соң он жұмыс күні ішінде заңды тұлғаның немесе шетелдік ұйым филиалының (өкілдігінің) уәкілетті банктегі банктік шотына міндетті түрде есепке жатқызылады.</w:t>
+    <w:bookmarkStart w:name="z164" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлға немесе шетелдік ұйымның филиалы (өкілдігі) қолма-қол шетел валютасын уәкілетті банктегі өзінің банктік шотына есепке жатқызған кезде кассалық кіріс ордерінде өзінің қолма-қол шетел валютасын алу негізін көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z164" w:id="89"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="90"/>
+    <w:bookmarkStart w:name="z48" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Уәкілетті банк Қағидалардың 8-тармағына сәйкес Ұлттық Банкке Валюталық реттеу және валюталық бақылау туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қолма-қол шетел валютасын есепке жатқызуды қоспағанда, қолма-қол шетел валютасын заңды тұлғаның немесе шетелдік ұйым филиалының (өкілдігінің) банктік шотына есепке жатқызу фактісі туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z49" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Қағидалардың 25, 26, 27-тармақтары дипломатиялық және оған теңестірілген өкілдіктерге, Қазақстан Республикасында аккредиттелген шет мемлекеттердің консулдық мекемелеріне қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z49" w:id="91"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6040,275 +6278,391 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасында </w:t>
+              <w:t>Қазақстан Республикасында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">валюталық операцияларды </w:t>
+              <w:t>валюталық операцияларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жүзеге асыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.nationalbank.kz </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      интернет ресурсында орналастырылған</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="92"/>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: № _______ бұзушылық бойынша карточка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 22.08.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 48</w:t>
+        <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
-[...71 lines deleted...]
-      Әкімшілік деректер нысанының индексі: KN1</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: KN1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: ай сайын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Есепті кезең: ________ жылғы ________ ай</w:t>
-[...17 lines deleted...]
-      Ұсыну мерзімі: ай сайын, есепті айдан кейінгі айдың соңғы күніне дейінгі мерзімде</w:t>
+      Есепті кезеңі: ________ жылғы ________ ай</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тобы: уәкілетті банк</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      айдан кейінгі айдың соңғы күніне дейінгі мерзімде, ай сайын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСН: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электрондық түрде</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6323,51 +6677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Жол коды</w:t>
+Жол коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6926,69 +7280,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 клиент белгісі:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 - заңды тұлға, 2 - жеке тұлға,</w:t>
-[...17 lines deleted...]
-3 - заңды тұлғаның филиалы (өкілдігі)</w:t>
+1 – заңды тұлға, 2 – жеке тұлға,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 – заңды тұлғаның филиалы (өкілдігі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8523,253 +8877,267 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Атауы ________________________ Мекенжайы _________________________________</w:t>
-[...201 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Бұзушылық бойынша карточка" әкімшілік деректер нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады.</w:t>
+      Атауы __________________ Мекенжайы ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы______________________________________ ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (ол болған жағдайда) қолы, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас бухгалтер немесе есепке қол қоюға уәкілетті адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (ол болған жағдайда) қолы, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші басшы немесе есепке қол қоюға уәкілетті адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________ ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (ол болған жағдайда) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні 20___ жылғы "____" ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: нысан "Бұзушылық бойынша карточка" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8805,461 +9173,345 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>"Бұзушылық бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық Банкі Басқармасының</w:t>
+              <w:t>карточка" өтеусіз негізде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 жылғы 30 наурыздағы </w:t>
+              <w:t>әкімшілік деректерді жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 40 қаулысына </w:t>
-[...77 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t xml:space="preserve">арналған нысанына қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z166" w:id="93"/>
+    <w:bookmarkStart w:name="z181" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бұзушылық бойынша карточка (индексі - KN1, кезеңділігі - ай сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
+        <w:t xml:space="preserve"> Бұзушылық бойынша карточка  (индексі – KN1, кезеңділігі – ай сайын) әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын  толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z182" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z167" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірмеде "Бұзушылық бойынша карточка" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша талаптар айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы түсіндірмеде "Бұзушылық бойынша карточка" әкімшілік деректерді жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
-[...235 lines deleted...]
-      12. Коды 34, 35 және 36-жолдар валюталық заңнаманы бұза отырып жүргiзiлген валюталық операция бойынша валюталық шарт болған кезде толтырылады.</w:t>
+      2. Ақпарат Қағидалардың 8-тармағында көрсетілген жағдайларда ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коды 11-жолда жеке тұлғаның тегі, аты, әкесінің аты (ол болған жағдайда); заңды тұлғаның немесе заңды тұлға филиалының (өкілдігінің) атауы; ұйымдық-құқықтық нысаны (ол болған жағдайда) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Коды 16-жолда "Әкімшілік-аумақтық объектілердің жіктеуіші" ҚР ҰЖ 11 Қазақстан Республикасының ұлттық жіктеуішіне сәйкес облыс кодының алғашқы 2 цифры көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Коды 21, 22 және 23-жолдар құжаттарды немесе ақпаратты беру мерзімі бұзылған жағдайларда толтырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Коды 21-жолда валюталық заңнаманы бұза отырып жүргізілген валюталық операция күн көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Коды 22-жолда валюталық заңнаманы бұза отырып жүргiзiлген валюталық операцияның сомасы операция валютасының мың бiрлiгiмен көрсетiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Коды 23-жолда валюталық заңнаманы бұза отырып жүргiзiлген валюталық операция бойынша валюта кодының "Валюталарды және қорларды ұсынуға арналған кодтар" 07 ISO 4217 ҚР ҰЖ Қазақстан Республикасының ұлттық жіктеуішіне сәйкес әріппен берілген белгісі көрсетiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Коды 31-жолда мәтіндік және (немесе) сандық форматтағы бұзушылықтың түрi көрсетiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Коды 32-жолда бұзушылықтың қысқаша сипаты мәтiндiк форматта келтiрiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Коды 34, 35 және 36-жолдар валюталық заңнаманы бұза отырып жүргiзiлген валюталық операция бойынша валюталық шарт болған кезде толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9295,214 +9547,162 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасында </w:t>
+              <w:t>Қазақстан Республикасында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>валюталық операцияларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жүзеге асыру қағидаларына</w:t>
+              <w:t>жүзеге асыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="96"/>
+    <w:bookmarkStart w:name="z69" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Валюталық операция туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 22.08.2024 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 48</w:t>
+        <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті банктің коды _____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9513,50 +9713,82 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем құжатының нөмірі _____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9571,51 +9803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жолдың коды</w:t>
+ Жолдың коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12097,92 +12329,52 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Валюталық операция туралы мәліметтер" нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады.</w:t>
+        <w:t>
+      Ескертпе: нысан "Валюталық операция туралы мәліметтер" нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12218,409 +12410,280 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>"Валюталық операция туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық Банкі Басқармасының</w:t>
+              <w:t>мәліметтер" нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 жылғы 30 наурыздағы </w:t>
-[...90 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t xml:space="preserve">қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z170" w:id="97"/>
+    <w:bookmarkStart w:name="z185" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Валюталық операция туралы мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
+        <w:t xml:space="preserve"> "Валюталық операция туралы мәліметтер"  нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z186" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z171" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірмеде (бұдан әрі – Түсіндірме) "Валюталық операция туралы мәліметтер" нысанын (бұдан әрі – Нысан) толтыру бойынша талаптар айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысан тиісті төлем құжатына қосымша ретінде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы түсіндірмеде (бұдан әрі – Түсіндірме) "Валюталық операция туралы мәліметтер" нысанын (бұдан әрі – Нысан) толтыру бойынша талаптар айқындалады.</w:t>
+      3. Резидент-клиенттер мен бейрезиденттер 01, 02, 11 және 12-жолдарды толтырады. 21, 22, 23, 24, 31, 32, 33, 34, 35, 41, 42, 43, 44 және 45-жолдарды тек резиденттер толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 01-жол Түсіндірмеге қосымша болып табылатын валюталық операциялар кодының кестесіне сәйкес толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 11, 12, 35 және 45-жолдарда "Елдердің атауларын және олардың әкімшілік-аумақтық бөлімшелері бірліктерін белгілеуге арналған кодтар. 1-бөлім. Елдердің кодтары" ҚР ҰЖ ISO 3166-1 Қазақстан Республикасының ұлттық жіктеуішіне сәйкес резиденттік елінің екі таңбалы коды көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғаның, заңы тұлғаның құрылымдық бөлімшесінің тіркелу елі - резиденттік елі немесе жеке тұлғаның тұрақты тұратын елі (азаматтығы немесе Қазақтан Республикасының немесе шет мемлекеттің заңнамасына сәйкес ұсынылған құқық негізінде).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Нысан "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасының Заңы 5-бабының </w:t>
-[...165 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларына сәйкес толтырылады.</w:t>
+      6. 31, 34, 41 және 44-жолдар "Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 203 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14365 болып тіркелген) бекітілген Экономика секторларының және төлемдер белгілеу кодтарын қолдану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес толтырылады, ол Экономика секторларының ұлттық жіктеуішімен (ЭСЖ) келісімді болады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12719,66 +12782,68 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кесте</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z189" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Валюталық операциялардың кодтары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16935,51 +17000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1419-кодта көзделген операцияны қоспағанда, уәкілетті банктің клиенттен шетел валютасын сатып алуы, брокердің клиенттің тапсырмасы бойынша шетел валютасын "Қазақстан қор биржасы" АҚ-да ұлттық валютаға сатуы</w:t>
+1419-кодта көзделген операцияны қоспағанда, уәкілетті банктің клиенттен шетел валютасын сатып алуы, брокердің клиенттің тапсырмасы бойынша шетел валютасын ұлттық валютаға сатуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17012,51 +17077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-уәкілетті банктің клиентке шетел валютасын сатуы, брокердің клиенттің тапсырмасы бойынша "Қазақстан қор биржасы" АҚ-да шетел валютасын ұлттық валютаға сатып алуы</w:t>
+уәкілетті банктің клиентке шетел валютасын сатуы, брокердің клиенттің тапсырмасы бойынша шетел валютасын ұлттық валютаға сатып алуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17089,51 +17154,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-уәкілетті банктің клиенттен (клиентке) шетел валютасын сатып алуы (сатуы), брокердің клиенттің тапсырмасы бойынша шетел валютасын "Қазақстан қор биржасы" АҚ-да басқа шетел валютасына сатып алуы (сатуы)</w:t>
+уәкілетті банктің клиенттен (клиентке) шетел валютасын сатып алуы (сатуы), брокердің клиенттің тапсырмасы бойынша шетел валютасын басқа шетел валютасына сатып алуы (сатуы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18693,50 +18758,365 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасынан тыс жіберілген немесе шетелден алынған төлем және (немесе) ақша аударымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24. Бағалы қағаздар нарығының кәсіби қатысушысы болып табылатын уәкілетті банктің меншікті шоттары бойынша төлемдер және (немесе) ақша аударымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.1. меншік шоттар бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2415</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағалы қағаздар нарығының кәсіби қатысушысы болып табылатын уәкілетті банктің ұлттық валютаға өз мақсаттары бойынша шетел валютасын сатып алуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2416</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағалы қағаздар нарығының кәсіби қатысушысы болып табылатын уәкілетті банктің өз мақсаттары бойынша шетел валютасын ұлттық валютаға сатуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2417</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағалы қағаздар нарығының кәсіби қатысушысы болып табылатын уәкілетті банктің басқа шетел валютасына шетел валютасын сатып алуы (сатуы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>