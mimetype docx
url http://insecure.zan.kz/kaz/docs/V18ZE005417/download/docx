--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6c4fc32" w14:textId="6c4fc32">
+    <w:p w14:paraId="4aa7a34" w14:textId="4aa7a34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -750,51 +750,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімідерімен.</w:t>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімідерімен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 112 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
@@ -813,1484 +833,1496 @@
         <w:t>
       Орналасқан жері: Пятимар ауылы, Абай көшесі, 79, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары: Пятимар ауылы, Бисенбі Губашев, Мамен, Мұхтар Әуезов, Қайман Габдуллин, Борисов, Дина Нұрпейісова, Пятимарға 70 жыл, Тәуелсіздікке 10 жыл, Бейбітшілік, Астана, Құрманғазы, Абай көшелері және Бөгет қыстауы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
-[...15 lines deleted...]
-      № 113 сайлау учаскесі</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      № 113 сайлау учаскесі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жаңақала ауылы, Болашақ ықшам ауданы, 27, "Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "№ 3 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жаңақала ауылы, Жайық, Жиембет жырау, Береке, Нарын, Кенесары хан, Әлихан Бөкейхан, Жерұйық, Жанша Досмұхамедұлы, Аманат, Доспамбет жырау, Бейбарыс сұлтан, Серпер, Қыз Жібек, Қажымұқан, Әбу Насыр әл-Фараби, Алаш, Алпамыс батыр, Есен Орақбаев, Мәншүк Мәметова, Ұзақбай Рахматуллин, Кенжебек Мендәлиев, Аян Жантурин, Астана, Ізмұхамед Еділбаев, Ахмет Дауылбаев, Хамит Маданов, Мамен, Әбділхамит Нарымбетов, Тәуелсіздіктің 20 жылдығы, Бақтығали Уәлиев, Габдулла Чуланов, Ғұмар Салықов, Оқап Қабиғожин, Қазақстан, Дінмұхамед Қонаев, Қалимолла Халықов, Қадыр Мырза Әли, Мәңгілік ел, Хиуаз Доспанова, Жаңақоңыс, Әбіш Кекілбайұлы, Ахмет Жұбанов көшелері, Болашақ шағын ауданының барлық үйлері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 114 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
-[...15 lines deleted...]
-      Жаңақала ауылы, Болашақ ықшам ауданы, 27, "Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "№3 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Бірлік ауылы, Тәуелсіздік көшесі, 37, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
-[...15 lines deleted...]
-      Шекаралары: Жаңақала ауылы, №5,6,9,10,12,15,17,18,21,22,23,25,31,33,36,62,69 көшелері, Есен Орақбаев, Мәншүк Мәметова, Ұзақбай Рахматуллин, Кенжебек Мендәлиев, Аян Жантурин, Астана, Ізмұхамед Еділбаев, Ахмет Дауылбаев, Хамит Маданов, Мамен, Әбділхамит Нарымбетов, Тәуелсіздіктің 20 жылдығы, Бақтығали Уәлиев, Габдулла Чуланов, Ғұмар Салықов, Оқап Қабиғожин, Қазақстан, Дінмұхамед Қонаев, Қалимолла Халықов, Қадыр Мырза Әли, Мәңгілік ел, Хиуаз Доспанова, Жаңақоңыс, Әбіш Кекілбайұлы, Ахмет Жұбанов көшелері, Болашақ шағын ауданының барлық үйлері.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Бірлік ауылы, Мұхтар Мирманов, Тәуелсіздік, Дина Нүрпейісова, Қадем Жүсібалиев, Бірлік, Мұстахима Мұсағалиева, Исатай Тайманов, Махамбет Өтемісов, Достық, Астана, Атақоныс көшелері және Жаңаорын қыстауы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
-[...15 lines deleted...]
-      № 114 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 115 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
-[...15 lines deleted...]
-      Орналасқан жері: Бірлік ауылы, Тәуелсіздік көшесі, 37, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Ақбалшық ауылы, Ақбалшық көшесі, 5, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
-[...15 lines deleted...]
-      Шекаралары: Бірлік ауылы, Мұхтар Мирманов, Тәуелсіздік, Дина Нүрпейісова, Қадем Жүсібалиев, Бірлік, Мұстахима Мұсағалиева, Исатай Тайманов, Махамбет Өтемісов, Достық, Астана, Атақоныс көшелері және Жаңаорын қыстауы.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақбалшық ауылы, Тасоңғар, Шөпоңғар, Өзекбай, Пінайл, Ақтан, Қой Саралжын, Кіші Мортық, Шошақмола, Сиыр Саралжын, Сәңкібай, Дембей, Қоғалы - 1, Сиыркөл - 1, Сиыркөл - 2, Ефим, Қосмырза, Жалтыркөл қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
-[...15 lines deleted...]
-      № 115 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 116 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
-[...15 lines deleted...]
-      Орналасқан жері: Ақбалшық ауылы, Ақбалшық көшесі, 5, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Үшкемпір ауылы, Үшкемпір көшесі, 24, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының фельдшерлік пункті ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
-[...15 lines deleted...]
-      Шекаралары: Ақбалшық ауылы, Тасоңғар, Шөпоңғар, Өзекбай, Пінайл, Ақтан, Қой Саралжын, Кіші Мортық, Шошақмола, Сиыр Саралжын, Сәңкібай, Дембей, Қоғалы - 1, Сиыркөл - 1, Сиыркөл - 2, Ефим, Қосмырза, Жалтыркөл қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Үшкемпір ауылы, Қожақ, Иманбай Батық, Сапар Батық, Тулақбай, Сейтқызыл, Жолқызыл, Көңішке, Қаразагон, Қоғалы-2, Самен, Тасқұдық, Жыра-1, Жыра-2, Тұрдығұл, Өтеппай, Еділсор, Қоңырқұдық қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
-[...15 lines deleted...]
-      № 116 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 117 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үшкемпір ауылы, Үшкемпір көшесі, 24, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының фельдшерлік пункті ғимараты.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Жаңажол ауылы, Ғабдеш Шоқаев көшесі, 19/1, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
-[...15 lines deleted...]
-      Шекаралары: Үшкемпір ауылы, Қожақ, Иманбай Батық, Сапар Батық, Тулақбай, Сейтқызыл, Жолқызыл, Көңішке, Қаразагон, Қоғалы-2, Самен, Тасқұдық, Жыра-1, Жыра-2, Тұрдығұл, Өтеппай, Еділсор, Қоңырқұдық қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жаңажол ауылы, Бақтығали Кенжеғұлов, Дүйсенбай Суханов, Абай, Айдархан, Ғабдеш Шоқаев, Мектеп, Сұлтанғали Лұқпанов көшелері және Плантация, Қалша, Тоқсоба, Сәуеңке қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
-[...15 lines deleted...]
-      № 117 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 118 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
-[...15 lines deleted...]
-      Орналасқан жері: Жаңажол ауылы, Ғабдеш Шоқаев көшесі, 19/1, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Кіші Айдархан ауылы, Кіші Айдархан көшесі 5, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының Кіші Айдархан медициналық пункті ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
-[...15 lines deleted...]
-      Шекаралары: Жаңажол ауылы, Бақтығали Кенжеғұлов, Дүйсенбай Суханов, Абай, Айдархан, Ғабдеш Шоқаев, Мектеп, Сұлтанғали Лұқпанов көшелері және Плантация, Қалша, Тоқсоба, Сәуеңке қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Кіші Айдархан ауылы, Жаңаорын, Батыр, Терең Құдық, Қарасу, Қушығанақ, Фазыл Орны, Оңғар Орны, Теңдік, Жас Тұлпар қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
-[...15 lines deleted...]
-      № 118 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 119 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
-[...15 lines deleted...]
-      Орналасқан жері: Кіші Айдархан ауылы, Кіші Айдархан көшесі 5, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының Кіші Айдархан медициналық пункті ғимараты.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Сарыкөл ауылы, Сарыкөл көшесі 4, Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "Абай атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары: Кіші Айдархан ауылы, Жаңаорын, Батыр, Терең Құдық, Қарасу, Қушығанақ, Фазыл Орны, Оңғар Орны, Теңдік, Жас Тұлпар қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
-[...15 lines deleted...]
-      № 119 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 120 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
-[...15 lines deleted...]
-      Орналасқан жері: Сарыкөл ауылы, Сарыкөл көшесі 4, Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "Абай атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі ғимараты.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Саралжын ауылы, Саралжын көшесі 4/2, "Жаңақала аудандық орталықтандырылған кітапхана жүйесі" мемлекеттік мекемесі ауылдық кітапхана ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
-[...15 lines deleted...]
-      Шекаралары: Кіші Айдархан ауылы, Жаңаорын, Батыр, Терең Құдық, Қарасу, Қушығанақ, Фазыл Орны, Оңғар Орны, Теңдік, Жас Тұлпар қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Саралжын ауылы, Тоңаша, Шоқа, Қырғын, Балапан, Тасқұдық, Қоңырқұдық, Қақпанқызыл, Қартабай, Жолқызыл, Дүзгінтөбе, Жынғылды, Қияқты қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
-[...15 lines deleted...]
-      № 120 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 121 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
-[...15 lines deleted...]
-      Орналасқан жері: Саралжын ауылы, Саралжын көшесі 4/2, "Жаңақала аудандық орталықтандырылған кітапхана жүйесі" мемлекеттік мекемесі ауылдық кітапхана ғимараты.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Жаңақазан ауылы, Қ.Мырзағалиев көшесі, 2, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
-[...15 lines deleted...]
-      Шекаралары: Саралжын ауылы, Тоңаша, Шоқа, Қырғын, Балапан, Тасқұдық, Қоңырқұдық, Қақпанқызыл, Қартабай, Жолқызыл, Дүзгінтөбе, Жынғылды, Қияқты қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жаңақазан ауылы, Қадыр, Құрмаш, Шағала, Әли, Нұғыман, Қази, Батау, Қалмақшағыл, Қатия, Қайролла, Айтжан, Әтім, Құспан, Әйіпсай, Жүніс, Молдамұрат, Стан, Үмбет, Теміршаріп, Дөңгелек, Ақсерке, Захар, Жаңаорын, Төлеген, Балдырған, Бұзауой, Үшқұдық, Тленші, Майдан, Терек қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
-[...15 lines deleted...]
-      № 121 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 122 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
-[...15 lines deleted...]
-      Орналасқан жері: Жаңақазан ауылы, Қ.Мырзағалиев көшесі, 2, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Жуалыой ауылы, Жуалыой көшесі 10, Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "Х.Нұрымғалиев атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
-[...15 lines deleted...]
-      Шекаралары: Жаңақазан ауылы, Қадыр, Құрмаш, Шағала, Әли, Нұғыман, Қази, Батау, Қалмақшағыл, Қатия, Қайролла, Айтжан, Әтім, Құспан, Әйіпсай, Жүніс, Молдамұрат, Стан, Үмбет, Теміршаріп, Дөңгелек, Ақсерке, Захар, Жаңаорын, Төлеген, Балдырған, Бұзауой, Үшқұдық, Тленші, Майдан, Терек қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жуалыой ауылы, Сарыбай, Қойқұм, Мұқан, Дәулет, Құти, Байкенже, Қабыл, Ешкі, Әбіл, Тілекқабыл, Асабай, Мырзабай, Қабден, Аманғали қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
-[...15 lines deleted...]
-      № 122 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 123 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
-[...15 lines deleted...]
-      Орналасқан жері: Жуалыой ауылы, Жуалыой көшесі 10, Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "Х.Нұрымғалиев атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі ғимараты.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Борық ауылы, Борық көшесі, 42, "Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "Борық бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
-[...15 lines deleted...]
-      Шекаралары: Жуалыой ауылы, Сарыбай, Қойқұм, Мұқан, Дәулет, Құти, Байкенже, Қабыл, Ешкі, Әбіл, Тілекқабыл, Асабай, Мырзабай, Қабден, Аманғали қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Борық ауылы, Қожан, Беспай, Қособа, Қошпан, Бесоба, Қадырқұл, Сағатерек қыстаулары, Аққұс ауылы, Керей, Атау, Көмек қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z46" w:id="41"/>
-[...15 lines deleted...]
-      № 123 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 124 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
-[...15 lines deleted...]
-      Орналасқан жері: Борық ауылы, Борық көшесі, 42, "Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "Борық бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Плантация ауылы, Қазақ елі көшесі, 27, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының медициналық пункті ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
-[...15 lines deleted...]
-      Шекаралары: Борық ауылы, Қожан, Беспай, Қособа, Қошпан, Бесоба, Қадырқұл, Сағатерек қыстаулары, Аққұс ауылы, Керей, Атау, Көмек қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Плантация ауылы, Қызылоба, Зейнеп, Телятов, Қамыстыкөл, Байтал, Сарысығанақ, Жапақ, Мұхамбет, Қараоба қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
-[...15 lines deleted...]
-      № 124 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 125 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
-[...15 lines deleted...]
-      Орналасқан жері: Плантация ауылы, Қазақ елі көшесі, 27, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының медициналық пункті ғимараты.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Көпжасар ауылы, Б.Бисекенова көшесі, 6, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
-[...15 lines deleted...]
-      Шекаралары: Плантация ауылы, Қызылоба, Зейнеп, Телятов, Қамыстыкөл, Байтал, Сарысығанақ, Жапақ, Мұхамбет, Қараоба қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Көпжасар ауылы, Жаңақұрылыс, Бақ, Жаңылдық Баймұқанова, Көпжасар, Ғабит Бисенгалиев, Бауыржан Момышұлы, Фазыл Баймағанбетов, Қажымолда Қаздаев, Дина Нүрпейісова, Ишанғали Абуғалиев, Амангелді Иманов, Барша Бисекенова көшелері және Үштас, Қайыр, Қазыбай 1, Қазыбай 2, Қаттықұдық, Өгізқұдық, Түйеқұдық, Досан 1, Досан 2, Қосшыңырау 1, Шарап, Бозайғыр, Аққұдық, Қандыкөл, Қонақай, Базарқұдық, Мамен, Кенжебай, Жиекқұм қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
-[...15 lines deleted...]
-      № 125 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 126 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z53" w:id="48"/>
-[...15 lines deleted...]
-      Орналасқан жері: Көпжасар ауылы, Б.Бисекенова көшесі, 6, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйі ғимараты.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Салтанат ауылы, Салтанат көшесі 15/2, Батыс Қазақстан облысы әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының Салтанат медициналық пункті ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
-[...15 lines deleted...]
-      Шекаралары: Көпжасар ауылы, Жаңақұрылыс, Бақ, Жаңылдық Баймұқанова, Көпжасар, Ғабит Бисенгалиев, Бауыржан Момышұлы, Фазыл Баймағанбетов, Қажымолда Қаздаев, Дина Нүрпейісова, Ишанғали Абуғалиев, Амангелді Иманов, Барша Бисекенова көшелері және Үштас, Қайыр, Қазыбай 1, Қазыбай 2, Қаттықұдық, Өгізқұдық, Түйеқұдық, Досан 1, Досан 2, Қосшыңырау 1, Шарап, Бозайғыр, Аққұдық, Қандыкөл, Қонақай, Базарқұдық, Мамен, Кенжебай, Жиекқұм қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Салтанат ауылы, Кіші Салтанат, Қоңырқұдық, Көзбен, Айпара, Інгенөлген, Саздыбөлек, Ащықызыл қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
-[...15 lines deleted...]
-      № 126 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 127 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
-[...15 lines deleted...]
-      Орналасқан жері: Салтанат ауылы, Салтанат көшесі 15/2, Батыс Қазақстан облысы әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының Салтанат медициналық пункті ғимараты.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Жаңақала ауылы, Халықтар Достығы көшесі, 61, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
-[...15 lines deleted...]
-      Шекаралары: Салтанат ауылы, Кіші Салтанат, Қоңырқұдық, Көзбен, Айпара, Інгенөлген, Саздыбөлек, Ащықызыл қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жаңақала ауылы, Құрманғазы, Желтоқсан, Баймырза Карменов, Сырым Датұлы, Халила Нәжімғалиева, Алма Оразбаева көшелері, Халықтар Достығы көшесі 34, 36, 38, 46, 49, 50, 51, 52, 53, 54, 56, 58, 60, 62, 64, 66, 68, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 85, 87, 91, 93, 95, 97, 99, 101; 1-Мамыр көшесі 4, 6, 6/1, 8, 10, 12, 14, 16, 18, 19, 20, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 45, 46, 47, 48, 49, 50, 53, 54, 55/1, 56, 57, 59, 60, 61, 61А, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 79, 81, 83, 87, 91, 93, 95, 97, 99, 101, 103, 105; Сәлім Айтқұлов көшесі 22, 23, 24, 25, 28, 30, 31, 32, 33, 34, 35, 36, 38, 40;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
-[...15 lines deleted...]
-      № 127 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 128 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
-[...15 lines deleted...]
-      Орналасқан жері: Жаңақала ауылы, Халықтар Достығы көшесі, 61, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Жаңақала ауылы, С.Сапаров көшесі, 2, "Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "Жас туристер станциясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z60" w:id="55"/>
-[...15 lines deleted...]
-      Шекаралары: Жаңақала ауылы, Құрманғазы, Желтоқсан, Баймырза Карменов, Сырым Датұлы, Халила Нәжімғалиева, Алма Оразбаева көшелері, Халықтар Достығы көшесі 34, 36, 38, 46, 49, 50, 51, 52, 53, 54, 56, 58, 60, 62, 64, 66, 68, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 85, 87, 91, 93, 95, 97, 99, 101; 1-Мамыр көшесі 4, 6, 6/1, 8, 10, 12, 14, 16, 18, 19, 20, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 45, 46, 47, 48, 49, 50, 53, 54, 55/1, 56, 57, 59, 60, 61, 61А, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 79, 81, 83, 87, 91, 93, 95, 97, 99, 101, 103, 105; Сәлім Айтқұлов көшесі 22, 23, 24, 25, 28, 30, 31, 32, 33, 34, 35, 36, 38, 40;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жаңақала ауылы, Махамбет Өтемісов, Бейбітшілік, Сатқали Сапаров, Қали Жантілеуов, Бірлік, Лиза Губашева, Есет Тоқсанов, Мұхтар Мирманов, Қисыққамыс, Колхоз, Көшім көшелері, 1-Мамыр көшесі 1, 3, 5, 7, 9, 11, 17; Халықтар Достығы көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 29, 30, 31, 32, 33, 35, 39, 41, 43, 45, 47; Сәлім Айтқұлов көшесі 1, 2, 3, 4, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20 және Орысқопа, Бірқазан, Ақбай, Водозабор қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z61" w:id="56"/>
-[...15 lines deleted...]
-      № 128 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 129 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z62" w:id="57"/>
-[...15 lines deleted...]
-      Орналасқан жері: Жаңақала ауылы, С.Сапаров көшесі, 2, "Батыс Қазақстан облысы әкімдігі білім басқармасының Жаңақала ауданы білім беру бөлімінің "Жас туристер станциясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Қызылоба ауылы, Құрманғазы көшесі, 1, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z63" w:id="58"/>
-[...15 lines deleted...]
-      Шекаралары: Жаңақала ауылы, Махамбет Өтемісов, Бейбітшілік, Сатқали Сапаров, Қали Жантілеуов, Бірлік, Лиза Губашева, Есет Тоқсанов, Мұхтар Мирманов, Қисыққамыс, Колхоз, Көшім көшелері, 1-Мамыр көшесі 1, 3, 5, 7, 9, 11, 17; Халықтар Достығы көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 29, 30, 31, 32, 33, 35, 39, 41, 43, 45, 47; Сәлім Айтқұлов көшесі 1, 2, 3, 4, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20 және Орысқопа, Бірқазан, Ақбай, Водозабор қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Қызылоба ауылы, Өтемісов, Шәкір Жексенбаев, Абай, Сейтқали Меңдешев, Шәріп Майшин, Құрманғазы, Есен Орақбаев, Хамза Есенжанов, Қайырқұл Мералиев, Бисен Жанекешев, Жұбан Молдағалиев, Исатай Тайманов, Шамшырақ, Байтерек көшелері және Мырзағай 1, Мырзағай 2, Қарамола, Хафиз, Тоқтықұдық, Жантума 1, Жантума 2, Арыстанбек қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z64" w:id="59"/>
-[...15 lines deleted...]
-      № 129 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 130 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z65" w:id="60"/>
-[...15 lines deleted...]
-      Орналасқан жері: Қызылоба ауылы, Құрманғазы көшесі, 1, Жаңақала аудандық мәдениет бөлімінің "Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық мәдениет үйінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Жангелді ауылы, Жангелді көшесі 14/1, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының Жангелді медициналық пункті ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
-[...15 lines deleted...]
-      Шекаралары: Қызылоба ауылы, Өтемісов, Шәкір Жексенбаев, Абай, Сейтқали Меңдешев, Шәріп Майшин, Құрманғазы, Есен Орақбаев, Хамза Есенжанов, Қайырқұл Мералиев, Бисен Жанекешев, Жұбан Молдағалиев, Исатай Тайманов, Шамшырақ, Байтерек көшелері және Мырзағай 1, Мырзағай 2, Қарамола, Хафиз, Тоқтықұдық, Жантума 1, Жантума 2, Арыстанбек қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жангелді ауылы, Құлпытас, Бесапан, Сатыморын, Шымқұдық, Талсай-1, Талсай-2, Лагерь, Жаңаорын, Көшіморын, Тама, Құбаш, Бақша қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z67" w:id="62"/>
-[...15 lines deleted...]
-      № 130 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 131 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z68" w:id="63"/>
-[...15 lines deleted...]
-      Орналасқан жері: Жангелді ауылы, Жангелді көшесі 14/1, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының Жангелді медициналық пункті ғимараты.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Айтпай ауылы, Айтпай көшесі 8/1, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының Айтпай медициналық пункті ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z69" w:id="64"/>
-[...15 lines deleted...]
-      Шекаралары: Жангелді ауылы, Құлпытас, Бесапан, Сатыморын, Шымқұдық, Талсай-1, Талсай-2, Лагерь, Жаңаорын, Көшіморын, Тама, Құбаш, Бақша қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Айтпай ауылы, Бөгет, Құмырзақ, Шетен, Тайпақ, Өркен, Жасқайрат, Мақсот, Боз-Оба, Ибрайым, Малақай қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z70" w:id="65"/>
-[...15 lines deleted...]
-      № 131 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "№ 132 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z71" w:id="66"/>
-[...15 lines deleted...]
-      Орналасқан жері: Айтпай ауылы, Айтпай көшесі 8/1, Батыс Қазақстан облысының әкімдігі денсаулық сақтау басқармасының "Жаңақала аудандық орталық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының Айтпай медициналық пункті ғимараты.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Мәстексай ауылы, Б.Момышұлы көшесі 1/1, "Жаңақала аудандық мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімінің Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының Мәстексай ауылдық мәдениет үйінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z72" w:id="67"/>
-[...15 lines deleted...]
-      Шекаралары: Айтпай ауылы, Бөгет, Құмырзақ, Шетен, Тайпақ, Өркен, Жасқайрат, Мақсот, Боз-Оба, Ибрайым, Малақай қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Мәстексай ауылы, Шомбал, Бердібек, Неғмет, Шаекен, Жанке, Өтебай, Саралжын, Ащықұдық, Көккөз-1, Көккөз-2, Көккөз-3, Бостыбай, Жанту, Қоңырқұдық, Қисық қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z73" w:id="68"/>
-[...15 lines deleted...]
-      "№ 132 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 133 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z74" w:id="69"/>
-[...15 lines deleted...]
-      Орналасқан жері: Мәстексай ауылы, Б.Момышұлы көшесі 1/1, "Жаңақала аудандық мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімінің Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының Мәстексай ауылдық мәдениет үйінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Мұқыр ауылы, М.Сидеғалиев көшесі, 22, "Батыс Қазақстан облысы Жаңақала ауданы білім беру бөлімінің "Ә.Жангелдин атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z75" w:id="70"/>
-[...15 lines deleted...]
-      Шекаралары: Мәстексай ауылы, Шомбал, Бердібек, Неғмет, Шаекен, Жанке, Өтебай, Саралжын, Ащықұдық, Көккөз-1, Көккөз-2, Көккөз-3, Бостыбай, Жанту, Қоңырқұдық, Қисық қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Мұқыр ауылы, Жаңаорын, Шүңкелдек, Бөрдей, Кердері, Қарақоға, Көкмола, Саржан, Байсұлтан, Наз, Қоскөл-1, Қоскөл-2, Қойтоғыт, Жылқыбай, Шанбай, Шаншар, Қармақ-Атан, Құлынбет қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z76" w:id="71"/>
-[...15 lines deleted...]
-      № 133 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 134 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z77" w:id="72"/>
-[...15 lines deleted...]
-      Орналасқан жері: Мұқыр ауылы, М.Сидеғалиев көшесі, 22, "Батыс Қазақстан облысы Жаңақала ауданы білім беру бөлімінің "Ә.Жангелдин атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Қырқопа ауылы, Д.Нүрпейсова көшесі 1/3, "Жаңақала аудандық мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімінің Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының Қырқопа ауылдық мәдениет үйінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z78" w:id="73"/>
-[...15 lines deleted...]
-      Шекаралары: Мұқыр ауылы, Жаңаорын, Шүңкелдек, Бөрдей, Кердері, Қарақоға, Көкмола, Саржан, Байсұлтан, Наз, Қоскөл-1, Қоскөл-2, Қойтоғыт, Жылқыбай, Шанбай, Шаншар, Қармақ-Атан, Құлынбет қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Қырқопа ауылы, Ақ Үй, Қызылбас, Ақсай-1, Ақсай-2, Еңбек, Күйген, Жолқұдық, Сарыгөбен, Делгір, Қаразагон, Балғын, Қарабарақ, Байтоқ, Гүрілдеуік, Жетіқұдық, Орысқопа қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z79" w:id="74"/>
-[...15 lines deleted...]
-      № 134 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 135 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z80" w:id="75"/>
-[...15 lines deleted...]
-      Орналасқан жері: Қырқопа ауылы, Д.Нүрпейсова көшесі 1/3, "Жаңақала аудандық мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімінің Жаңақала аудандық мәдени-демалыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының Қырқопа ауылдық мәдениет үйінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жері: Жаңақала ауылы, Д.Нүрпейсова көшесі, 35, Батыс Қазақстан облысының әкімдігі білім басқармасының "Жаңақала колледжі" мемлекеттік қазыналық коммуналдық кәсіпорнының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z81" w:id="76"/>
-[...15 lines deleted...]
-      Шекаралары: Қырқопа ауылы, Ақ Үй, Қызылбас, Ақсай-1, Ақсай-2, Еңбек, Күйген, Жолқұдық, Сарыгөбен, Делгір, Қаразагон, Балғын, Қарабарақ, Байтоқ, Гүрілдеуік, Жетіқұдық, Орысқопа қыстаулары.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жаңақала ауылы, Дина Нүрпейісова, Жеңістің 30 жылдығы, Салық Бабажанов, Исатай Тайманов, 8-Наурыз, Жұмағали Сүлекешев, Мәжит Жүнісов, Сейтқали Меңдешев, Ишанғали Меңдіханов, Жұманияз Ілиясов, Тілекқабыл Суханкулов, Атп, Автодор көшелері және Сүгірәлі, Құмқұдық қыстаулары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z82" w:id="77"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2616,31 +2648,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>