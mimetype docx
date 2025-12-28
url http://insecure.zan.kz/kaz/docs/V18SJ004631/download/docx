--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="48308bf" w14:textId="48308bf">
+    <w:p w14:paraId="716abb8" w14:textId="716abb8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -708,14467 +708,1439 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Әдістеме жаңа редакцияда - Солтүстік Қазақстан облысы Мамлют ауданы мәслихатының 07.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45/5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z93" w:id="6"/>
-[...15 lines deleted...]
-      1. Осы "Солтүстік Қазақстан облысы Мамлют ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 33-бабының 5-тармағына, "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 бұйрығының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) және "Солтүстік Қазақстан облысы Мамлют ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің (бұдан әрі – мәслихат аппараты) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы "Солтүстік Қазақстан облысы Мамлют ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының 33-бабының 5-тармағына, "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 бұйрығының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) 2-қосымшасына сәйкес әзірленген және "Солтүстік Қазақстан облысы Мамлют ауданы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің (бұдан әрі – мәслихат аппараты) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z20" w:id="7"/>
-[...15 lines deleted...]
-      2. Мәслихат аппаратының "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін мәслихат Әдістеме негізінде мәслихат аппараты қызметінің ерекшелігін есепке ала отырып бекітеді.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z21" w:id="8"/>
-[...15 lines deleted...]
-      3. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам-Мамлют ауданы мәслихатының төрағасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z22" w:id="9"/>
-[...15 lines deleted...]
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам-Мамлют ауданы мәслихатының төрағасы;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мәслихат аппаратының басшысы – Е-2 санатының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z23" w:id="10"/>
-[...15 lines deleted...]
-      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам-мәслихат аппаратының басшысы;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z24" w:id="11"/>
-[...15 lines deleted...]
-      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z25" w:id="12"/>
-[...15 lines deleted...]
-      4) мәслихат аппаратының басшысы – Е-2 санатының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z26" w:id="13"/>
-[...15 lines deleted...]
-      5) "Б" корпусының қызметшісі – мәслихат аппаратының басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z27" w:id="14"/>
-[...15 lines deleted...]
-      6) бағаланатын адам – мәслихат аппаратының басшысы немесе "Б" корпусының қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z28" w:id="15"/>
-[...15 lines deleted...]
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – мәслихат аппаратының басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына және мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z29" w:id="16"/>
-[...15 lines deleted...]
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z30" w:id="17"/>
-[...15 lines deleted...]
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z31" w:id="18"/>
-[...15 lines deleted...]
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар осы мемлекеттік органның аппарат басшысымен бағалана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z32" w:id="19"/>
-[...15 lines deleted...]
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z33" w:id="20"/>
-[...15 lines deleted...]
-      12) жеке жұмыс жоспары – "Б" корпусы қызметшісінің бағалау кезеңіне НМИ қарастырылған және мәслихат аппаратының басшысымен бірлесіп құрылатын, Мамлют ауданы мәслихатының төрағасымен бекітілген құжат.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 4-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді мәслихат аппаратының лауазымдық міндетіне кадр жұмысын жүргізу енетін бас маманы (бұдан әрі – бас маман), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде мәслихат аппаратында бас маманда және ақпараттық жүйеде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен бас маман қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Бас маман мыналарға жауапты болады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...153 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Е-2 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісін-мәслихат аппаратының басшысын бағалау мәслихат төрағасымен Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау мәслихат аппаратының басшысымен осы Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзге "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау мәслихат аппаратының басшысымен Үлгілік әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бағалаушы адамға бағалау парағы бас маманмен ақпараттық жүйе арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...894 lines deleted...]
-      3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z64" w:id="52"/>
-[...15 lines deleted...]
-      20. Кадрлар жөніндегі бас маман мыналарға жауапты болады:</w:t>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің 10-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
-[...15 lines deleted...]
-      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды қабылдайды және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z66" w:id="54"/>
-[...15 lines deleted...]
-      2) НМИ уақтылы талдау мен келісу;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z67" w:id="55"/>
-[...15 lines deleted...]
-      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z68" w:id="56"/>
-[...15 lines deleted...]
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ бас маман не кадр жұмысын орындау жүктелген адам кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z69" w:id="57"/>
-[...15 lines deleted...]
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің 10-тармағында көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z70" w:id="58"/>
-[...15 lines deleted...]
-      21. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, кадрлар жөніндегі бас маманға және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Бас маман калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z71" w:id="59"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мәслихат аппаратының басшысын НМИ қол жеткізуі бойынша бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z73" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z72" w:id="60"/>
-[...15 lines deleted...]
-      22. Мәслихат аппаратының басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z73" w:id="61"/>
-[...15 lines deleted...]
-      23. НМИ-ды бағалаушы адаммен кадрлар жөніндегі бас маманның келісімімен Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын мәслихат аппараты басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
-[...15 lines deleted...]
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z75" w:id="63"/>
-[...15 lines deleted...]
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде кадрлар жөніндегі бас маманы жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Бас маман хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z76" w:id="64"/>
-[...15 lines deleted...]
-      Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z77" w:id="65"/>
-[...15 lines deleted...]
-      Мәслихат аппараты басшысының НМИ қол жеткізуін бағалауды бағалаушы адам 5-тармақта белгіленген мерзімдерде жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z78" w:id="66"/>
-[...15 lines deleted...]
-      Бұл ретте, мәліметтердің шынайылығын қамтамасыз ету мақсатында кадрлар жөніндегі бас маманы НМИ-дің нақты мәндеріне алдын ала есептеу жүргізеді және оны осы Әдістеменің 5-тармағына сәйкес бағалау мерзімінің соңғы күніне дейінгі бес жұмыс күннен кешіктірмейтін мерзімде ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) бағалаушы адамға жолдайды.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z79" w:id="67"/>
-[...15 lines deleted...]
-      24. НМИ үштен беске дейінгі мөлшерде белгіленеді және бағаланатын кезеңнің соңына дейін бағаланатын адам қызметінің күтілетін нақты нәтижелерін көрсетуі тиіс.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z80" w:id="68"/>
-[...15 lines deleted...]
-      25. НМИ мақсатқа қол жеткізу өлшемінің сандық және сапалық индикаторларынан тұруы тиіс және:</w:t>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z81" w:id="69"/>
-[...15 lines deleted...]
-      1) нақты (күтілетін оң өзгерістер көрсетіле отырып қол жеткізуге тиісті нәтиже анық белгіленеді);</w:t>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z82" w:id="70"/>
-[...12610 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -15494,31 +2466,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>