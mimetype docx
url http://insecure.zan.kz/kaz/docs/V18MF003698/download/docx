--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2786331" w14:textId="2786331">
+    <w:p w14:paraId="7dbe7cb" w14:textId="7dbe7cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -958,1546 +958,1604 @@
         </w:rPr>
         <w:t xml:space="preserve"> 3-1-тармағына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы регламентте қолданылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...15 lines deleted...]
-      1) жергілікті қоғамдастық – шекараларында жергілікті өзін-өзі басқару жүзеге асырылатын, оның органдары құрылатын және жұмыс істейтін Түпқараған ауданының әкімшілік-аумақтық бөлініс аумағында тұратын тұрғындардың (жергілікті қоғамдастық мүшелерінің) жиынтығы;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жергілікті қоғамдастық – шекараларында жергілікті өзін-өзі басқару жүзеге асырылатын, оның органдары құрылатын және жұмыс істейтін тиісті әкімшілік-аумақтық бөлініс аумағында тұратын тұрғындардың (жергілікті қоғамдастық мүшелерінің) жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жергілікті қоғамдастық жиналысы (бұдан әрі – жиналыс) – жергілікті қоғамдастық жиыны жіберген жергілікті қоғамдастық өкілдерінің Қазақстан Республикасының заңнамасында белгіленген шекте және тәртіппен жергілікті маңызы бар ағымдағы мәселелерді шешуге қатысуы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жергілікті маңызы бар мәселелер – реттелуі Заңға және Қазақстан Республикасының өзге де заңнамалық актілеріне сәйкес тиісті әкімшілік-аумақтық бөлініс тұрғындарының басым бөлігінің құқықтары мен заңды мүдделерін қамтамасыз етуге байланысты облыс, аудан, қала, қаладағы аудан, ауылдық округ, ауылдық округтің құрамына кірмейтін кент пен ауыл қызметінің мәселелері;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-[...15 lines deleted...]
-      3) жергілікті маңызы бар мәселелер – реттелуі Заңға және Қазақстан Республикасының өзге де заңнамалық актілеріне сәйкес тиісті әкімшілік-аумақтық бөлініс тұрғындарының басым бөлігінің құқықтары мен заңды мүдделерін қамтамасыз етуге байланысты облыс, аудан, қала, қаладағы аудан, ауылдық округ, ауылдық округтің құрамына кірмейтін кент пен ауыл қызметінің мәселелері;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жергілікті өзін-өзі басқару – халық тікелей жүзеге асыратын, сондай-ақ мәслихаттар және басқа да жергілікті өзін-өзі басқару органдары арқылы жүзеге асырылатын Заңда, өзге де нормативтік құқықтық актілерде айқындалған тәртіппен жергілікті маңызы бар мәселелерді өзінің жауапкершілігімен дербес шешуге бағытталған қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...15 lines deleted...]
-      4) жергілікті өзін-өзі басқару – халық тікелей жүзеге асыратын, сондай-ақ Түпқараған аудандық мәслихаты және басқа да жергілікті өзін-өзі басқару органдары арқылы жүзеге асырылатын Заңда, өзге де нормативтік құқықтық актілерде айқындалған тәртіппен жергілікті маңызы бар мәселелерді өзінің жауапкершілігімен дербес шешуге бағытталған қызмет;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жергілікті қоғамдастық жиналысының мүшесі – Қазақстан Республикасының заңнамасында белгіленген шекте және тәртіппен жергілікті маңызы бар ағымдағы мәселелерді шешуге жергілікті қоғамдастық жиыны жіберген жергілікті қоғамдастық өкілі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2 - тармаққа өзгеріс енгізілді - Маңғыстау облысы Түпқараған аудандық мәслихатының 17.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 26/131 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жиналыс регламентін аудандық мәслихат бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...15 lines deleted...]
-      5) жергілікті қоғамдастық жиналысының мүшесі – Қазақстан Республикасының заңнамасында белгіленген шекте және тәртіппен жергілікті маңызы бар ағымдағы мәселелерді шешуге жергілікті қоғамдастық жиыны жіберген жергілікті қоғамдастық өкілі.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Жергілікті қоғамдастық жиналысының құрамын жергілікті қоғамдастық жиыны төрт жыл мерзімге айқындайды және жергілікті қоғамдастық жиыны жіберген кандидаттар қатарынан құрылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
-[...15 lines deleted...]
-      3. Жиналыс регламентін аудандық мәслихат бекітеді.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, жергілікті қоғамдастық жиыны жіберген жергілікті қоғамдастық жиналысы мүшелерінің (бұдан әрі – жиналыс мүшелері) саны қаланың халқының жалпы санына байланысты айқындалады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
-[...15 lines deleted...]
-      3-1. Жергілікті қоғамдастық жиналысының құрамын жергілікті қоғамдастық жиыны төрт жыл мерзімге айқындайды және жергілікті қоғамдастық жиыны жіберген кандидаттар қатарынан құрылады.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 10 мың халыққа дейін – жиналыстың 5-10 мүшесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
-[...15 lines deleted...]
-      Бұл ретте, жергілікті қоғамдастық жиыны жіберген жергілікті қоғамдастық жиналысы мүшелерінің (бұдан әрі – жиналыс мүшелері) саны қаланың халқының жалпы санына байланысты айқындалады:</w:t>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 10-15 мың халық – жиналыстың 11-15 мүшесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
-[...15 lines deleted...]
-      1) 10 мың халыққа дейін – жиналыстың 5-10 мүшесі;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 15-20 мың халық – жиналыстың 16-20 мүшесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
-[...15 lines deleted...]
-      2) 10-15 мың халық – жиналыстың 11-15 мүшесі;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) 20 мыңнан астам халық – жиналыстың 21-25 мүшесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
-[...15 lines deleted...]
-      3) 15-20 мың халық – жиналыстың 16-20 мүшесі;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2. Жергілікті қоғамдастық жиналысының құрамын қалыптастыру кезінде бөлек жиындар өкілдерінің саны олардың халқының санына пара пар айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
-[...15 lines deleted...]
-      4) 20 мыңнан астам халық – жиналыстың 21-25 мүшесі.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-3. Бірнеше елді мекендерден тұратын әкімшілік-аумақтық бірлік үшін осы регламенттің 3-2-тармағының ережелерін ескере отырып, жергілікті қоғамдастықтың бөлек жиындары жіберген әрбір елді мекеннен кемінде бір өкіл қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
-[...15 lines deleted...]
-      3-2. Жергілікті қоғамдастық жиналысының құрамын қалыптастыру кезінде бөлек жиындар өкілдерінің саны олардың халқының санына пара пар айқындалады.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Жергілікті қоғамдастық жиналысына шақыруды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
-[...15 lines deleted...]
-      3-3. Бірнеше елді мекендерден тұратын әкімшілік-аумақтық бірлік үшін осы регламенттің 3-2-тармағының ережелерін ескере отырып, жергілікті қоғамдастықтың бөлек жиындары жіберген әрбір елді мекеннен кемінде бір өкіл қамтамасыз етіледі.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жиналыс жергілікті маңызы бар ағымдағы мәселелер бойынша өткізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағдарламалық құжаттардың, жергілікті қоғамдастықты дамыту бағдарламаларының жобаларын талқылау және қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қала бюджетінің жобасын және бюджеттің атқарылуы туралы есепті келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудандық (облыстық маңызы бар қаланың) бюджеттен берілетін нысаналы трансферттер есебінен қаржыландырылатын бюджеттік бағдарламаларды (кіші бағдарламаларды) қоспағанда, бекітілген (нақтыланған) бюджет бойынша ағымдағы қаржы жылына арналған бюджеттік бағдарлама шығыстары көлемінің жиырма пайызынан аспайтын көлемде қаражат бюджет шығыстарының құрылымын өзгертпей, бюджеттік мониторинг қорытындылары бойынша ағымдағы қаржы жылы ішінде бюджет қаражаты игерілмеген және (немесе) бюджеттік бағдарламалар тиімсіз орындалған кезде бюджеттік бағдарламалар арасында қайта бөлінген жағдайда, аудандық маңызы бар қала, ауыл, ауылдық округ бюджетін түзетуді келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаланың коммуналдық меншігін (жергілікті өзін-өзі басқарудың коммуналдық меншігін) басқару жөніндегі қала аппаратының шешімдерін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қала бюджетінің атқарылуын мониторингтеу мақсатында жиналысқа қатысушылар қатарынан жергілікті қоғамдастық комиссиясын құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қала бюджетінің атқарылуына жүргізілген мониторинг нәтижелері туралы есепті тыңдау және талқылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаланың коммуналдық мүлкін иеліктен шығаруды келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының ветеринария саласындағы заңнамасында көзделген жағдайларда тиісті аумақта карантиндік режимді енгізе отырып, карантиндік аймақты белгілеу (күшін жою) туралы, карантинді және (немесе) шектеу іс-шараларын белгілеу (алып тастау) туралы шешімдер қабылдауды, сондай-ақ табиғи және техногендік сипаттағы төтенше жағдайды жариялауды, сондай-ақ "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Құқықтық актілер туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңында көзделген мерзімдерде олар бойынша ұсынымдар беруді көздейтін атқарушы органдардың, сондай-ақ әкімдердің нормативтік құқықтық актілерінің жобаларын қоспағанда жергілікті қоғамдастықтың өзекті мәселелерін, азаматтардың құқықтарына, бостандықтары мен міндеттеріне қатысты нормативтік құқықтық актілердің жобаларын талқылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қала әкімін лауазымынан босату туралы мәселеге бастамашылық жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті бюджеттен қаржыландырылатын және Форт-Шевченко қаласында орналасқан мемлекеттік мекемелер мен ұйымдардың басшыларын тағайындау бойынша ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті қоғамдастықтың басқа да ағымдағы мәселелерін талқылау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...243 lines deleted...]
-      жергілікті бюджеттен қаржыландырылатын және Форт-Шевченко қаласында орналасқан мемлекеттік мекемелер мен ұйымдардың басшыларын тағайындау бойынша ұсыныстар енгізу;</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4 - тармаққа өзгеріс енгізілді - Маңғыстау облысы Түпқараған аудандық мәслихатының 28.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2/13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жиналысты қала әкімдері дербес не жиналыс мүшелерінің кемінде он пайызының бастамасы бойынша, бірақ тоқсанына кемінде бір рет шақырылады және өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
-[...15 lines deleted...]
-      жергілікті қоғамдастықтың басқа да ағымдағы мәселелерін талқылау.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналыстың бастамашылары күн тәртібін көрсете отырып, әкімге еркін нысанда жазбаша өтініш жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:p>
-[...77 lines deleted...]
-      5. Жиналысты қала әкімдері дербес не жиналыс мүшелерінің кемінде он пайызының бастамасы бойынша, бірақ тоқсанына кемінде бір рет шақырылады және өткізіледі.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкім үш жұмыс күні ішінде жазбаша өтінішті қарайды және шақырылымның орны мен уақытын көрсете отырып, жиналысты шақыру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-3-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тармағының 4-3) тармақшасында көзделген, жергілікті қоғамдастық жиналысының шақырылу уақыты, орны туралы жергілікті қоғамдастық жиналысының мүшелері жиналыс өткізілетін күнге дейін күнтізбелік үш күннен кешіктірілмей хабардар етілетін жағдайды қоспағанда, жиналыстың шақырылу уақыты, орны және талқыланатын мәселелер туралы жиналыстың мүшелері жиналыс өткізілетін күнге дейін күнтізбелік он күннен кешіктірілмей бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен хабардар етіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қала әкім аппараты жиналыстың қарауына енгізілетін мәселелер бойынша қажетті материалдарды жазбаша түрде, электрондық құжат нысанында (электрондық цифрлық қолтаңба арқылы куәландырылған) немесе құжаттардың электрондық көшірмесін жиналысқа шақырғанға дейін күнтізбелік бес күннен кешіктірмей жиналыстың мүшелеріне және әкімге ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жиналысты шақыру алдында Форт-Шевченко қаласы әкімі аппараты жиналысқа қатысушы мүшелерді тіркеуді өткізеді, оның нәтижесін әкім немесе жиналысты шақыру басталғаннан бұрын ол уәкілеттік берген адам жариялайды және жиналыстың хаттамасына шақыруды өткізу орны мен уақытын көрсете отырып енгізеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
-[...15 lines deleted...]
-      Қала әкім аппараты жиналыстың қарауына енгізілетін мәселелер бойынша қажетті материалдарды жазбаша түрде, электрондық құжат нысанында (электрондық цифрлық қолтаңба арқылы куәландырылған) немесе құжаттардың электрондық көшірмесін жиналысқа шақырғанға дейін күнтізбелік бес күннен кешіктірмей жиналыстың мүшелеріне және әкімге ұсынады.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналысты шақыру оған жиналыс мүшелерінің кемiнде жартысы қатысқан кезде өтті деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
-[...15 lines deleted...]
-      7. Жиналысты шақыру алдында Форт-Шевченко қаласы әкімі аппараты жиналысқа қатысушы мүшелерді тіркеуді өткізеді, оның нәтижесін әкім немесе жиналысты шақыру басталғаннан бұрын ол уәкілеттік берген адам жариялайды және жиналыстың хаттамасына шақыруды өткізу орны мен уақытын көрсете отырып енгізеді.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Жиналысты шақыруды әкім немесе ол уәкілеттік берген адам ашады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
-[...15 lines deleted...]
-      Жиналысты шақыру оған жиналыс мүшелерінің кемiнде жартысы қатысқан кезде өтті деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналысты шақыруды жүргізу үшін ашық дауыс беру арқылы жиналыстың төрағасы мен хатшысы сайланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
-[...15 lines deleted...]
-      8. Жиналысты шақыруды әкім немесе ол уәкілеттік берген адам ашады.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жиналыстың күн тәртібін қала әкімінің аппараты жиналыс мүшелері, Түпқараған ауданы әкімі енгізген ұсыныстар негізінде қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
-[...15 lines deleted...]
-      Жиналысты шақыруды жүргізу үшін ашық дауыс беру арқылы жиналыстың төрағасы мен хатшысы сайланады.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күн тәртібіне өткен жиналыстарды шақыруда қабылданған шешімдер барысы және (немесе) орындалуы туралы мәселелер қосылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
-[...15 lines deleted...]
-      9. Жиналыстың күн тәртібін қала әкімінің аппараты жиналыс мүшелері, Түпқараған ауданы әкімі енгізген ұсыныстар негізінде қалыптастырады.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналысты шақырудың күн тәртібі оны талқылау кезінде толықтырылуы және өзгертілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
-[...15 lines deleted...]
-      Күн тәртібіне өткен жиналыстарды шақыруда қабылданған шешімдер барысы және (немесе) орындалуы туралы мәселелер қосылады.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналысты шақырудың күн тәртібін жиналыс бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
-[...15 lines deleted...]
-      Жиналысты шақырудың күн тәртібі оны талқылау кезінде толықтырылуы және өзгертілуі мүмкін.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күн тәртібінің әрбір мәселесі бойынша дауыс беру жеке өткізіледі. Егер оған жиналыс мүшелерінің көпшілігі дауыс берсе, мәселе күн тәртібіне енгізілді деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
-[...15 lines deleted...]
-      Жиналысты шақырудың күн тәртібін жиналыс бекітеді.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жиналысқа аудан әкімі аппаратының, мемлекеттік мекемелер мен кәсіпорындардың, сондай-ақ мәселелері жиналысты шақыруда қаралатын жеке және заңды тұлғалардың өкілдері шақырылады. Сондай-ақ жиналыс шақырылымында аудандық мәслихаттың депутаттары, бұқаралық ақпарат құралдарының және қоғамдық бірлестіктердің өкілдері қатыса алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
-[...15 lines deleted...]
-      Күн тәртібінің әрбір мәселесі бойынша дауыс беру жеке өткізіледі. Егер оған жиналыс мүшелерінің көпшілігі дауыс берсе, мәселе күн тәртібіне енгізілді деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген шақырылған адамдар жиналыстың мүшелері болып табылмайды және шешімдер қабылдау кезінде дауыс беруге қатыспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
-[...15 lines deleted...]
-      10. Жиналысқа аудан әкімі аппаратының, мемлекеттік мекемелер мен кәсіпорындардың, сондай-ақ мәселелері жиналысты шақыруда қаралатын жеке және заңды тұлғалардың өкілдері шақырылады. Сондай-ақ жиналыс шақырылымында аудандық мәслихаттың депутаттары, бұқаралық ақпарат құралдарының және қоғамдық бірлестіктердің өкілдері қатыса алады.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Жиналысты шақыруларда баяндамалар, қосымша баяндамалар, жарыссөзде сөйлеу үшін және жиналысқа шақыруды өткізу тәртібі бойынша сөз сөйлеу регламентін төраға айқындайды. Баяндамашылар мен қосымша баяндамашыларға сұрақтарға жауап беру үшін уақыт бөлінеді. Егер сөз сөйлеуші бөлінген уақыттан асып кетсе, жиналыс төрағасы оның сөзін тоқтатады немесе шақырылымға қатысып отырған жиналыс мүшелерінің көпшілігінің келісімімен сөз сөйлеу уақытын ұзартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
-[...15 lines deleted...]
-      Осы тармақтың бірінші бөлігінде көрсетілген шақырылған адамдар жиналыстың мүшелері болып табылмайды және шешімдер қабылдау кезінде дауыс беруге қатыспайды.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналыс мүшесі бір мәселе бойынша екі реттен артық сөйлей алмайды. Жарыссөздердегі жиналыс мүшелерінің сауалдары, түсіндіру және сұрақтарға жауап беру үшін сөйлеулері сөз сөйлеу деп есептелмейді. Баяндамашыларға сұрақтар жазбаша немесе ауызша түрде қойылады. Жазбаша сұрақтар жиналыс төрағасына беріледі және жиналыс шақырылымында жарияланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
-[...15 lines deleted...]
-      11. Жиналысты шақыруларда баяндамалар, қосымша баяндамалар, жарыссөзде сөйлеу үшін және жиналысқа шақыруды өткізу тәртібі бойынша сөз сөйлеу регламентін төраға айқындайды. Баяндамашылар мен қосымша баяндамашыларға сұрақтарға жауап беру үшін уақыт бөлінеді. Егер сөз сөйлеуші бөлінген уақыттан асып кетсе, жиналыс төрағасы оның сөзін тоқтатады немесе шақырылымға қатысып отырған жиналыс мүшелерінің көпшілігінің келісімімен сөз сөйлеу уақытын ұзартады.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналыс төрағасы өз бастамасы бойынша немесе жиналыс мүшелерінің дәлелді ұсыныстары бойынша үзілістер жариялай алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
-[...15 lines deleted...]
-      Жиналыс мүшесі бір мәселе бойынша екі реттен артық сөйлей алмайды. Жарыссөздердегі жиналыс мүшелерінің сауалдары, түсіндіру және сұрақтарға жауап беру үшін сөйлеулері сөз сөйлеу деп есептелмейді. Баяндамашыларға сұрақтар жазбаша немесе ауызша түрде қойылады. Жазбаша сұрақтар жиналыс төрағасына беріледі және жиналыс шақырылымында жарияланады.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналыстың соңында жиналыстың мүшелеріне қысқа мәлімдемелер немесе хабарламалар жасау үшін уақыт беріледі, олар бойынша жарыссөз болмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
-[...15 lines deleted...]
-      Жиналыс төрағасы өз бастамасы бойынша немесе жиналыс мүшелерінің дәлелді ұсыныстары бойынша үзілістер жариялай алады.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Жергілікті қоғамдастық жиналысының шешімдер қабылдау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z62" w:id="58"/>
-[...15 lines deleted...]
-      Жиналыстың соңында жиналыстың мүшелеріне қысқа мәлімдемелер немесе хабарламалар жасау үшін уақыт беріледі, олар бойынша жарыссөз болмайды.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Жиналыс өз өкілеттігі шеңберінде шақырылымға қатысып отырған жиналыс мүшелерінің көпшілік даусымен шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z63" w:id="59"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Жергілікті қоғамдастық жиналысының шешімдер қабылдау тәртібі</w:t>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дауыстар тең болған жағдайда жиналыстың төрағасы шешуші дауыс құқығын пайдаланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z64" w:id="60"/>
-[...15 lines deleted...]
-      12. Жиналыс өз өкілеттігі шеңберінде шақырылымға қатысып отырған жиналыс мүшелерінің көпшілік даусымен шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналыстың шешімі хаттамамен ресімделеді, онда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z65" w:id="61"/>
-[...15 lines deleted...]
-      Дауыстар тең болған жағдайда жиналыстың төрағасы шешуші дауыс құқығын пайдаланады.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жиналыстың өткізілетін күні мен орны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z66" w:id="62"/>
-[...15 lines deleted...]
-      Жиналыстың шешімі хаттамамен ресімделеді, онда:</w:t>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жиналыс мүшелерінің саны және тізімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z67" w:id="63"/>
-[...15 lines deleted...]
-      1) жиналыстың өткізілетін күні мен орны;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзге де қатысушылардың саны және олардың аты, әкесінің аты (болған жағдайда), тегі көрсетілген тізімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z68" w:id="64"/>
-[...15 lines deleted...]
-      2) жиналыс мүшелерінің саны және тізімі;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жиналыс төрағасы мен хатшысының аты, әкесінің аты (болған жағдайда), тегі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z69" w:id="65"/>
-[...15 lines deleted...]
-      3) өзге де қатысушылардың саны және олардың аты, әкесінің аты (болған жағдайда), тегі көрсетілген тізімі;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) күн тәртібі, сөйлеген сөздердің қысқаша мазмұны және қабылданған шешімдер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z70" w:id="66"/>
-[...15 lines deleted...]
-      4) жиналыс төрағасы мен хатшысының аты, әкесінің аты (болған жағдайда), тегі;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хаттамаға жиналыстың төрағасы мен хатшысы қол қояды және хаттама қала әкімінің өкілеттігін тоқтату туралы мәселеге бастамашылық жасау туралы жергілікті қоғамдастық жиналысының шешімін қамтитын жағдайларды қоспағанда, жиналыс өткізілген күннен бастап екі жұмыс күні ішінде қала әкіміне беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z71" w:id="67"/>
-[...15 lines deleted...]
-      5) күн тәртібі, сөйлеген сөздердің қысқаша мазмұны және қабылданған шешімдер көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қала әкімінің өкілеттігін тоқтату туралы мәселеге бастамашылық жасау туралы шешімі бар жергілікті қоғамдастық жиналысының хаттамасына жиналыстың төрағасы мен хатшысы қол қояды және бес жұмыс күні ішінде Түпқараған аудандық мәслихатының қарауына беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z72" w:id="68"/>
-[...15 lines deleted...]
-      Хаттамаға жиналыстың төрағасы мен хатшысы қол қояды және хаттама қала әкімінің өкілеттігін тоқтату туралы мәселеге бастамашылық жасау туралы жергілікті қоғамдастық жиналысының шешімін қамтитын жағдайларды қоспағанда, жиналыс өткізілген күннен бастап екі жұмыс күні ішінде қала әкіміне беріледі.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Жиналыс қабылдаған шешімдерді қала әкімі қарайды және қала әкімінің аппараты бес жұмыс күнінен аспайтын мерзімде жиналыс мүшелеріне жеткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z73" w:id="69"/>
-[...15 lines deleted...]
-      Қала әкімінің өкілеттігін тоқтату туралы мәселеге бастамашылық жасау туралы шешімі бар жергілікті қоғамдастық жиналысының хаттамасына жиналыстың төрағасы мен хатшысы қол қояды және бес жұмыс күні ішінде Түпқараған аудандық мәслихатының қарауына беріледі.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Әкім жергілікті қоғамдастық жиналысының шешімімен келіспейтінін білдірген жағдайда, осы мәселелер осы регламенттің 2-тарауында көзделген тәртіппен қайта талқылау арқылы шешіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z74" w:id="70"/>
-[...15 lines deleted...]
-      13. Жиналыс қабылдаған шешімдерді қала әкімі қарайды және қала әкімінің аппараты бес жұмыс күнінен аспайтын мерзімде жиналыс мүшелеріне жеткізеді.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қала әкімінің келіспеушілігін тудырған мәселелерді шешу мүмкін болмаған жағдайда, мәселені жоғары тұрған әкім шешеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z75" w:id="71"/>
-[...15 lines deleted...]
-      14. Әкім жергілікті қоғамдастық жиналысының шешімімен келіспейтінін білдірген жағдайда, осы мәселелер осы регламенттің 2-тарауында көзделген тәртіппен қайта талқылау арқылы шешіледі.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қала әкімі екі жұмыс күні ішінде аудан әкіміне және аудандық мәслихат хатшысының атына жергілікті қоғамдастық жиналысының хаттамасын жергілікті қоғамдастық жиналысы келіспеушілік тудырған мәселелерді қайтадан талқылағаннан кейін жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z76" w:id="72"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="74"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бес жұмыс күні ішінде Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен аудандық мәслихаттың таяудағы отырысында алдын ала талқылаудан және оның шешімінен кейін жоғары тұрған әкім шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Жергілікті мемлекеттік басқару және өзін-өзі басқару органдары, лауазымды адамдар өкілеттіктері шегінде жиналысты шақыруда қабылданған және қала әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Жиналысты шақыруда қабылданған шешімдерді қала әкімінің аппараты бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен таратады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z79" w:id="75"/>
-[...15 lines deleted...]
-      15. Жергілікті мемлекеттік басқару және өзін-өзі басқару органдары, лауазымды адамдар өкілеттіктері шегінде жиналысты шақыруда қабылданған және қала әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Жергілікті қоғамдыстық жиналысы шешімдерінің орындалуын бақылау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z80" w:id="76"/>
-[...15 lines deleted...]
-      16. Жиналысты шақыруда қабылданған шешімдерді қала әкімінің аппараты бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен таратады.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Жиналыста жүйелі түрде жиналыстың шешімдерін орындауға жауапты адамдардың ақпараттары тыңдалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z81" w:id="77"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. Жергілікті қоғамдыстық жиналысы шешімдерінің орындалуын бақылау</w:t>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Шешімдерді орындамаған немесе сапасыз орындаған жағдайда, тиісті ақпарат хаттамаға енгізіледі, оны жиналыстың төрағасы Түпқараған аудан әкіміне немесе жиналыстың шешімін орындауға жауапты лауазымды адамның жоғары тұрған басшыларына жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z82" w:id="78"/>
-[...15 lines deleted...]
-      17. Жиналыста жүйелі түрде жиналыстың шешімдерін орындауға жауапты адамдардың ақпараттары тыңдалады.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылданған шешімдер қайта орындалмаған немесе сапасыз орындалған жағдайда, жиналыс Түпқараған аудан әкімі немесе тиісті лауазымды адамдардың жоғары тұрған басшылары алдында лауазымды адамдардың жауаптылығы туралы мәселеге бастамашылық жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z83" w:id="79"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2510,55 +2568,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>