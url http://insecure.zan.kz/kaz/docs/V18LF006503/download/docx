--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="48e1759" w14:textId="48e1759">
+    <w:p w14:paraId="25cb2fc" w14:textId="25cb2fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -461,87 +461,122 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалағаш аудандық сайлау</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>комиссиясының төрағасы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...15 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7 қараша 2018 жыл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________ С.Әлиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -674,668 +709,651 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымша жаңа редакцияда - Қызылорда облысы Жалағаш ауданы әкімінің 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгерістер енгізілді - Қызылорда облысы Жалағаш ауданы әкімінің 10.10. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сайлау учаскелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сайлау учаскелерінің шекаралары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...66 lines deleted...]
-Абай көшесінің тақ жағындағы №1-59, жұп жағындағы №2-58 үйлер;</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалағаш кенті, Желтоқсан көшесі № 7, "Жалағаш ауданының мәдениет және тілдерді дамыту бөлімінің "Қонысбек Қазантаев атындағы Мәдениет үйі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z13" w:id="3"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Абай көшесінің тақ жағындағы № 1-59, жұп жағындағы №2-58 үйлер;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="3"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әйтеке би көшесінің тақ жағындағы №13-55, жұп жағындағы №12-44 үйлер;</w:t>
+Әйтеке би көшесінің тақ жағындағы № 13-55, жұп жағындағы № 12-44 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аманкелді Иманов көшесінің тақ жағындағы № 1-13, жұп жағындағы № 2-26 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқарбай Естекбайұлы көшесінің тақ жағындағы № 1-105, жұп жағындағы № 2-124 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Желтоқсан көшесінің тақ жағындағы № 1-23, жұп жағындағы № 2-34 үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аманкелді Иманов көшесінің тақ жағындағы №1-13, жұп жағындағы №2-26 үйлер;</w:t>
+              <w:t>Қазыбек би көшесінің тақ жағындағы № 1-77, жұп жағындағы № 2-56 үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бұқарбай Естекбайұлы көшесінің тақ жағындағы №1-105, жұп жағындағы №2-124 үйлер;</w:t>
+              <w:t>Нысанбай жырау көшесінің тақ жағындағы № 49-93, жұп жағындағы № 46-96 үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Желтоқсан көшесінің тақ жағындағы №1-23, жұп жағындағы №2-34 үйлер;</w:t>
+              <w:t>Темірбек Жүргенов көшесінің тақ жағындағы № 39-75, жұп жағындағы № 50-102 үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазыбек би көшесінің тақ жағындағы №1-77, жұп жағындағы №2-56 үйлер;</w:t>
+              <w:t>Төле би көшесінің тақ жағындағы № 1-13, жұп жағындағы № 2-26 үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысанбай жырау көшесінің тақ жағындағы №49-93, жұп жағындағы №46-96 үйлер;</w:t>
+              <w:t>Төлеубай Үркімбаев көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жамбыл Жабаев көшесіндегі үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Темірбек Жүргенов көшесінің тақ жағындағы №39-75, жұп жағындағы №50-102 үйлер;</w:t>
-[...111 lines deleted...]
-              <w:t>Сәрке батыр көшесінің тақ жағындағы №1-5, жұп жағындағы №2-18 үйлер;</w:t>
+              <w:t>Сәрке батыр көшесінің тақ жағындағы № 1-5, жұп жағындағы № 2-18 үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -1376,159 +1394,160 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүбарак Тәйтіков көшесіндегі үйлер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш кенті, Жеңістің 50 жылдығы көшесі №20, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "№202 Зейнолла Жарқынбаев атындағы орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z33" w:id="4"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2189,174 +2208,175 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ыбырай Алтынсарин тұйық көшесіндегі үйлер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...86 lines deleted...]
-          <w:bookmarkStart w:name="z57" w:id="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалағаш кенті, Қазыбек би көшесі № 40, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "№ 31 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z26" w:id="5"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абдулла Нұрғалиев көшесіндегі үйлер;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="5"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2441,923 +2461,807 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Жұбатыр Тоқбосынов көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Махметхан Әбішев көшесіндегі үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Орынбай Сарманов көшесіндегі үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...93 lines deleted...]
-              <w:t>Нефтебаза көшесіндегі үйлер;</w:t>
+Өмірзақ Тұңғышбаев көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пірман Жылкелдиев көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауда Орманов көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нефтебаза көшесіндегі үйлер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПМК-9 көшесіндегі үйлер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...513 lines deleted...]
-Тоғанас батыр көшесінің тақ жағындағы №27-53, жұп жағындағы №16-38 үйлер.</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалағаш кенті, Мөрәлі Шәменов көшесі № 124, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "Әл-Фараби атындағы № 201 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айымкүл Ізтелеуова көшесінің тақ жағындағы № 55-95, жұп жағындағы № 52-106 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алдаберген Бисенов көшесінің тақ жағындағы № 13-39, жұп жағындағы № 18-20 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әбшекен Әбжаппаров көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байбол Соппеков көшесінің тақ жағындағы № 5-11, жұп жағындағы № 8-12 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ілияс Қабылов көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исатай Әбдікәрімов көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кенжебай Рахимов көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мөрәлі Шәменов көшесінің тақ жағындағы № 95-179, жұп жағындағы № 94-170 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нұрылда Әлмағанбетов көшесінің тақ жағындағы № 15-21, жұп жағындағы № 2-10 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нығмет Мырзалиев көшесінің тақ жағындағы № 57-85 үйлер, жұп жағындағы № 46-114 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысанбай жырау көшесінің тақ жағындағы № 95-175, жұп жағындағы № 98-186 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өмірбай шешен көшесінің тақ жағындағы № 25-51/2, жұп жағындағы № 20-30 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сақыбай Қалыбаев көшесінің тақ жағындағы № 9-87, жұп жағындағы № 2-82 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәрсенбай Ахметов көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сейтнәби Мұқашев тұйық көшесіндегі үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сырмағамбет Отарбаев көшесінің тақ жағындағы № 31-35, жұп жағындағы № 48-50 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темірбек Жүргенов көшесінің тақ жағындағы № 77-173, жұп жағындағы № 104-190 үйлер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тоғанас батыр көшесінің тақ жағындағы № 27-53, жұп жағындағы № 16-38 үйлер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш кенті, Абай көшесі №61, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "Шекер Ермағанбетова атындағы №246 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z82" w:id="7"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z82" w:id="6"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абай көшесінің тақ жағындағы №61-115, жұп жағындағы №60-152 үйлер;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="7"/>
+          <w:bookmarkEnd w:id="6"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3704,2428 +3608,2444 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлеген Қыстаубаев көшесінің тақ жағындағы №1-23, жұп жағындағы №2-22 үйлер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №133</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.Шәменов ауылдық округі, М.Шәменов ауылы, Бұқарбай батыр көшесі №6, "М.Шәменов ауылдық округі әкімі аппаратының "М.Шәменов ауылдық мәдениет Үйі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.Шәменов ауылы, №5 "Қараиірім" разъезі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаракеткен ауылдық округі, Қаракеткен ауылы, Абай Құнанбаев көшесі №26, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "№114 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаракеткен ауылы, Ақшал елді мекені.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаракеткен ауылдық округі, Далдабай ауылы, Далдабай Жалтынов көшесі № 49, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "№115 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Далдабай ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таң ауылдық округі, Таң ауылы, Орынбай жырау көшесі №12, "Таң ауылдық округі әкімі аппаратының "Таң ауылдық мәдениет Үйі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таң ауылы, Жаңақоныс елді мекені.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұқарбай батыр ауылдық округі, Бұқарбай батыр ауылы, Бұқарбай батыр көшесі №21, "Бұқарбай батыр ауылдық округі әкімі аппаратының "Бұқарбай батыр ауылдық мәдениет Үйі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шекарасы: Бұқарбай батыр ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №139</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу ауылдық округі, Ақсу ауылы, Тұршабек Елеусінов көшесі №14, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "№116 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу ауылы, Қорғанша, Бостай, Ахметбаза елді мекендері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аққыр ауылдық округі, Аққыр ауылы, Нұрылда Таспенов көшесі №4, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "№188 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аққыр ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңаталап ауылдық округі, Жаңаталап ауылы, Әбжәлел Қожабаев көшесі №21, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "№119 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңаталап ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мақпалкөл ауылдық округі, Темірбек Жүргенов ауылы, Мақсұт Нұрылдаев көшесі №38, "Мақпалкөл ауылдық округі әкімі аппаратының "Темірбек Жүргенов ауылдық мәдениет Үйі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темірбек Жүргенов ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №144</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет ауылдық округі, Мәдениет ауылы, Қалдан батыр көшесі №11 "А", "Мәдениет ауылдық округі әкімі аппаратының "Мәдениет ауылдық клубы" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №146</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мырзабай ахун ауылдық округі, Мырзабай ахун ауылы, Әбділда Жүргенбаев көшесі №28, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "№122 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мырзабай ахун ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №147</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аққұм ауылдық округі, Аққұм ауылы, Бейбітшілік көшесі №7 "А", "Аққұм ауылдық округі әкімі аппаратының "Аққұм ауылдық клубы" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аққұм ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еңбек ауылдық округі, Еңбек ауылы, Төлеген Дәуітбаев көшесі №5, "Еңбек ауылдық округі әкімі аппаратының "Аққошқар ауылдық мәдениет Үйі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еңбек ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №151</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аламесек ауылдық округі, Есет батыр ауылы, Кенесбай Әбішов көшесі №26, "Аламесек ауылдық округі әкімі аппаратының "Есет батыр ауылдық мәдениет Үйі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есет батыр ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №152</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңадария ауылдық округі, Жаңадария ауылы, Достық көшесі №20, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "№203 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңадария ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №153</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш кенті, Айымкүл Ізтелеуова көшесі №18, "Қызылорда облысының білім басқармасының Жалағаш ауданы бойынша білім бөлімінің "Темірбек Жүргенов атындағы №123 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z96" w:id="8"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z96" w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аманкелді Иманов көшесінің тақ жағындағы №15-61 үйлер, жұп жағындағы №28-70 үйлер;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="8"/>
+          <w:bookmarkEnd w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6472,308 +6392,310 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоңбай ақын көшесіндегі үйлер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №377</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш кенті, Нефтебаза көшесі №1 "А", "Қазақстан Республикасы Ішкі істер министрлігі Қызылорда облысының полиция департаменті Жалағаш ауданының полиция бөлімі" мемлекеттік мекемесінің уақытша ұстау изоляторының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Уақытша ұстау изоляторы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №378</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш кенті, Нығымет Мырзалиев көшесі №73, "Қызылорда облысының денсаулық сақтау басқармасының "Жалағаш аудандық ауруханасы" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорнының ғимараты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6821,55 +6743,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7195,31 +7117,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>